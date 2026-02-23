--- v0 (2025-10-11)
+++ v1 (2026-02-23)
@@ -1,110 +1,591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mailmissouri-my.sharepoint.com/personal/dskvnq_umsystem_edu/Documents/My things/2025/Farm record book updates/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{73895EDC-0131-4B45-9446-42AA523BCAC6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="92" documentId="8_{73895EDC-0131-4B45-9446-42AA523BCAC6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FAF64711-1F53-44FB-B584-05E623295917}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{BF28BDC4-818D-417B-B024-77A2DC8203F9}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BF28BDC4-818D-417B-B024-77A2DC8203F9}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="16" r:id="rId1"/>
     <sheet name="Drop-Down Lists Input" sheetId="10" r:id="rId2"/>
     <sheet name="Farm Receipts" sheetId="1" r:id="rId3"/>
     <sheet name="Farm Expenditures" sheetId="4" r:id="rId4"/>
     <sheet name="Cash Flow Summary" sheetId="7" r:id="rId5"/>
     <sheet name="Inventory" sheetId="15" r:id="rId6"/>
     <sheet name="Schedule F" sheetId="14" r:id="rId7"/>
     <sheet name=" Drop-Down Lists Summary" sheetId="11" r:id="rId8"/>
     <sheet name="Checking Account Balances" sheetId="13" r:id="rId9"/>
     <sheet name="Directions" sheetId="17" r:id="rId10"/>
+    <sheet name="Checks" sheetId="18" state="hidden" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Farm Expenditures'!$B$1:$BF$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Farm Receipts'!$B$1:$AQ$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L14" i="1" l="1"/>
+  <c r="D8" i="18" l="1"/>
+  <c r="B8" i="18"/>
+  <c r="D7" i="18"/>
+  <c r="C7" i="18"/>
+  <c r="B7" i="18"/>
+  <c r="F7" i="18" s="1"/>
+  <c r="C6" i="18"/>
+  <c r="E5" i="18"/>
+  <c r="C5" i="18"/>
+  <c r="C3" i="18"/>
+  <c r="D2" i="18"/>
+  <c r="B2" i="18"/>
+  <c r="F5" i="18"/>
+  <c r="K18" i="14"/>
+  <c r="K17" i="14"/>
+  <c r="K16" i="14"/>
+  <c r="K15" i="14"/>
+  <c r="K14" i="14"/>
+  <c r="K13" i="14"/>
+  <c r="K12" i="14"/>
+  <c r="K11" i="14"/>
+  <c r="K10" i="14"/>
+  <c r="K9" i="14"/>
+  <c r="K8" i="14"/>
+  <c r="A12" i="11"/>
+  <c r="B12" i="11"/>
+  <c r="D12" i="11"/>
+  <c r="E12" i="11"/>
+  <c r="A13" i="11"/>
+  <c r="B13" i="11"/>
+  <c r="D13" i="11"/>
+  <c r="E13" i="11"/>
+  <c r="A14" i="11"/>
+  <c r="B14" i="11"/>
+  <c r="D14" i="11"/>
+  <c r="E14" i="11"/>
+  <c r="A15" i="11"/>
+  <c r="B15" i="11"/>
+  <c r="D15" i="11"/>
+  <c r="E15" i="11"/>
+  <c r="A16" i="11"/>
+  <c r="B16" i="11"/>
+  <c r="D16" i="11"/>
+  <c r="E16" i="11"/>
+  <c r="A17" i="11"/>
+  <c r="B17" i="11"/>
+  <c r="D17" i="11"/>
+  <c r="E17" i="11"/>
+  <c r="A18" i="11"/>
+  <c r="B18" i="11"/>
+  <c r="D18" i="11"/>
+  <c r="E18" i="11"/>
+  <c r="A19" i="11"/>
+  <c r="B19" i="11"/>
+  <c r="D19" i="11"/>
+  <c r="E19" i="11"/>
+  <c r="A20" i="11"/>
+  <c r="B20" i="11"/>
+  <c r="D20" i="11"/>
+  <c r="E20" i="11"/>
+  <c r="A21" i="11"/>
+  <c r="B21" i="11"/>
+  <c r="D21" i="11"/>
+  <c r="E21" i="11"/>
+  <c r="A22" i="11"/>
+  <c r="B22" i="11"/>
+  <c r="D22" i="11"/>
+  <c r="E22" i="11"/>
+  <c r="A23" i="11"/>
+  <c r="B23" i="11"/>
+  <c r="D23" i="11"/>
+  <c r="E23" i="11"/>
+  <c r="A24" i="11"/>
+  <c r="B24" i="11"/>
+  <c r="D24" i="11"/>
+  <c r="E24" i="11"/>
+  <c r="A25" i="11"/>
+  <c r="B25" i="11"/>
+  <c r="D25" i="11"/>
+  <c r="E25" i="11"/>
+  <c r="A26" i="11"/>
+  <c r="B26" i="11"/>
+  <c r="D26" i="11"/>
+  <c r="E26" i="11"/>
+  <c r="A27" i="11"/>
+  <c r="B27" i="11"/>
+  <c r="D27" i="11"/>
+  <c r="E27" i="11"/>
+  <c r="A28" i="11"/>
+  <c r="B28" i="11"/>
+  <c r="D28" i="11"/>
+  <c r="E28" i="11"/>
+  <c r="A29" i="11"/>
+  <c r="B29" i="11"/>
+  <c r="D29" i="11"/>
+  <c r="E29" i="11"/>
+  <c r="A30" i="11"/>
+  <c r="B30" i="11"/>
+  <c r="D30" i="11"/>
+  <c r="E30" i="11"/>
+  <c r="A31" i="11"/>
+  <c r="B31" i="11"/>
+  <c r="D31" i="11"/>
+  <c r="E31" i="11"/>
+  <c r="A32" i="11"/>
+  <c r="B32" i="11"/>
+  <c r="D32" i="11"/>
+  <c r="E32" i="11"/>
+  <c r="A33" i="11"/>
+  <c r="B33" i="11"/>
+  <c r="D33" i="11"/>
+  <c r="E33" i="11"/>
+  <c r="A34" i="11"/>
+  <c r="B34" i="11"/>
+  <c r="D34" i="11"/>
+  <c r="E34" i="11"/>
+  <c r="A35" i="11"/>
+  <c r="B35" i="11"/>
+  <c r="D35" i="11"/>
+  <c r="E35" i="11"/>
+  <c r="A36" i="11"/>
+  <c r="B36" i="11"/>
+  <c r="D36" i="11"/>
+  <c r="E36" i="11"/>
+  <c r="A37" i="11"/>
+  <c r="B37" i="11"/>
+  <c r="D37" i="11"/>
+  <c r="E37" i="11"/>
+  <c r="A38" i="11"/>
+  <c r="B38" i="11"/>
+  <c r="D38" i="11"/>
+  <c r="E38" i="11"/>
+  <c r="A39" i="11"/>
+  <c r="B39" i="11"/>
+  <c r="D39" i="11"/>
+  <c r="E39" i="11"/>
+  <c r="A40" i="11"/>
+  <c r="B40" i="11"/>
+  <c r="D40" i="11"/>
+  <c r="E40" i="11"/>
+  <c r="A41" i="11"/>
+  <c r="B41" i="11"/>
+  <c r="D41" i="11"/>
+  <c r="E41" i="11"/>
+  <c r="A42" i="11"/>
+  <c r="B42" i="11"/>
+  <c r="D42" i="11"/>
+  <c r="E42" i="11"/>
+  <c r="A43" i="11"/>
+  <c r="B43" i="11"/>
+  <c r="D43" i="11"/>
+  <c r="E43" i="11"/>
+  <c r="A44" i="11"/>
+  <c r="B44" i="11"/>
+  <c r="D44" i="11"/>
+  <c r="E44" i="11"/>
+  <c r="A45" i="11"/>
+  <c r="B45" i="11"/>
+  <c r="D45" i="11"/>
+  <c r="E45" i="11"/>
+  <c r="A46" i="11"/>
+  <c r="B46" i="11"/>
+  <c r="D46" i="11"/>
+  <c r="E46" i="11"/>
+  <c r="A47" i="11"/>
+  <c r="B47" i="11"/>
+  <c r="D47" i="11"/>
+  <c r="E47" i="11"/>
+  <c r="A48" i="11"/>
+  <c r="B48" i="11"/>
+  <c r="D48" i="11"/>
+  <c r="E48" i="11"/>
+  <c r="A49" i="11"/>
+  <c r="B49" i="11"/>
+  <c r="D49" i="11"/>
+  <c r="E49" i="11"/>
+  <c r="A50" i="11"/>
+  <c r="B50" i="11"/>
+  <c r="D50" i="11"/>
+  <c r="E50" i="11"/>
+  <c r="A51" i="11"/>
+  <c r="B51" i="11"/>
+  <c r="D51" i="11"/>
+  <c r="E51" i="11"/>
+  <c r="A52" i="11"/>
+  <c r="B52" i="11"/>
+  <c r="D52" i="11"/>
+  <c r="E52" i="11"/>
+  <c r="A53" i="11"/>
+  <c r="B53" i="11"/>
+  <c r="D53" i="11"/>
+  <c r="E53" i="11"/>
+  <c r="A54" i="11"/>
+  <c r="B54" i="11"/>
+  <c r="D54" i="11"/>
+  <c r="E54" i="11"/>
+  <c r="A55" i="11"/>
+  <c r="B55" i="11"/>
+  <c r="D55" i="11"/>
+  <c r="E55" i="11"/>
+  <c r="A56" i="11"/>
+  <c r="B56" i="11"/>
+  <c r="D56" i="11"/>
+  <c r="E56" i="11"/>
+  <c r="A57" i="11"/>
+  <c r="B57" i="11"/>
+  <c r="D57" i="11"/>
+  <c r="E57" i="11"/>
+  <c r="A58" i="11"/>
+  <c r="B58" i="11"/>
+  <c r="D58" i="11"/>
+  <c r="E58" i="11"/>
+  <c r="A59" i="11"/>
+  <c r="B59" i="11"/>
+  <c r="D59" i="11"/>
+  <c r="E59" i="11"/>
+  <c r="A60" i="11"/>
+  <c r="B60" i="11"/>
+  <c r="D60" i="11"/>
+  <c r="E60" i="11"/>
+  <c r="A61" i="11"/>
+  <c r="B61" i="11"/>
+  <c r="D61" i="11"/>
+  <c r="E61" i="11"/>
+  <c r="A62" i="11"/>
+  <c r="B62" i="11"/>
+  <c r="D62" i="11"/>
+  <c r="E62" i="11"/>
+  <c r="A63" i="11"/>
+  <c r="B63" i="11"/>
+  <c r="D63" i="11"/>
+  <c r="E63" i="11"/>
+  <c r="A64" i="11"/>
+  <c r="B64" i="11"/>
+  <c r="D64" i="11"/>
+  <c r="E64" i="11"/>
+  <c r="A65" i="11"/>
+  <c r="B65" i="11"/>
+  <c r="D65" i="11"/>
+  <c r="E65" i="11"/>
+  <c r="A66" i="11"/>
+  <c r="B66" i="11"/>
+  <c r="D66" i="11"/>
+  <c r="E66" i="11"/>
+  <c r="A67" i="11"/>
+  <c r="B67" i="11"/>
+  <c r="D67" i="11"/>
+  <c r="E67" i="11"/>
+  <c r="A68" i="11"/>
+  <c r="B68" i="11"/>
+  <c r="D68" i="11"/>
+  <c r="E68" i="11"/>
+  <c r="A69" i="11"/>
+  <c r="B69" i="11"/>
+  <c r="D69" i="11"/>
+  <c r="E69" i="11"/>
+  <c r="A70" i="11"/>
+  <c r="B70" i="11"/>
+  <c r="D70" i="11"/>
+  <c r="E70" i="11"/>
+  <c r="A71" i="11"/>
+  <c r="B71" i="11"/>
+  <c r="D71" i="11"/>
+  <c r="E71" i="11"/>
+  <c r="A72" i="11"/>
+  <c r="B72" i="11"/>
+  <c r="D72" i="11"/>
+  <c r="E72" i="11"/>
+  <c r="A73" i="11"/>
+  <c r="B73" i="11"/>
+  <c r="D73" i="11"/>
+  <c r="E73" i="11"/>
+  <c r="A74" i="11"/>
+  <c r="B74" i="11"/>
+  <c r="D74" i="11"/>
+  <c r="E74" i="11"/>
+  <c r="A75" i="11"/>
+  <c r="B75" i="11"/>
+  <c r="D75" i="11"/>
+  <c r="E75" i="11"/>
+  <c r="A76" i="11"/>
+  <c r="B76" i="11"/>
+  <c r="D76" i="11"/>
+  <c r="E76" i="11"/>
+  <c r="A77" i="11"/>
+  <c r="B77" i="11"/>
+  <c r="D77" i="11"/>
+  <c r="E77" i="11"/>
+  <c r="A78" i="11"/>
+  <c r="B78" i="11"/>
+  <c r="D78" i="11"/>
+  <c r="E78" i="11"/>
+  <c r="A79" i="11"/>
+  <c r="B79" i="11"/>
+  <c r="D79" i="11"/>
+  <c r="E79" i="11"/>
+  <c r="A80" i="11"/>
+  <c r="B80" i="11"/>
+  <c r="D80" i="11"/>
+  <c r="E80" i="11"/>
+  <c r="A81" i="11"/>
+  <c r="B81" i="11"/>
+  <c r="D81" i="11"/>
+  <c r="E81" i="11"/>
+  <c r="A82" i="11"/>
+  <c r="B82" i="11"/>
+  <c r="D82" i="11"/>
+  <c r="E82" i="11"/>
+  <c r="A83" i="11"/>
+  <c r="B83" i="11"/>
+  <c r="D83" i="11"/>
+  <c r="E83" i="11"/>
+  <c r="A84" i="11"/>
+  <c r="B84" i="11"/>
+  <c r="D84" i="11"/>
+  <c r="E84" i="11"/>
+  <c r="A85" i="11"/>
+  <c r="B85" i="11"/>
+  <c r="D85" i="11"/>
+  <c r="E85" i="11"/>
+  <c r="A86" i="11"/>
+  <c r="B86" i="11"/>
+  <c r="D86" i="11"/>
+  <c r="E86" i="11"/>
+  <c r="A87" i="11"/>
+  <c r="B87" i="11"/>
+  <c r="D87" i="11"/>
+  <c r="E87" i="11"/>
+  <c r="A88" i="11"/>
+  <c r="B88" i="11"/>
+  <c r="D88" i="11"/>
+  <c r="E88" i="11"/>
+  <c r="A89" i="11"/>
+  <c r="B89" i="11"/>
+  <c r="D89" i="11"/>
+  <c r="E89" i="11"/>
+  <c r="A90" i="11"/>
+  <c r="B90" i="11"/>
+  <c r="D90" i="11"/>
+  <c r="E90" i="11"/>
+  <c r="A91" i="11"/>
+  <c r="B91" i="11"/>
+  <c r="D91" i="11"/>
+  <c r="E91" i="11"/>
+  <c r="A92" i="11"/>
+  <c r="B92" i="11"/>
+  <c r="D92" i="11"/>
+  <c r="E92" i="11"/>
+  <c r="A93" i="11"/>
+  <c r="B93" i="11"/>
+  <c r="D93" i="11"/>
+  <c r="E93" i="11"/>
+  <c r="A94" i="11"/>
+  <c r="B94" i="11"/>
+  <c r="D94" i="11"/>
+  <c r="E94" i="11"/>
+  <c r="A95" i="11"/>
+  <c r="B95" i="11"/>
+  <c r="D95" i="11"/>
+  <c r="E95" i="11"/>
+  <c r="A96" i="11"/>
+  <c r="B96" i="11"/>
+  <c r="D96" i="11"/>
+  <c r="E96" i="11"/>
+  <c r="A97" i="11"/>
+  <c r="B97" i="11"/>
+  <c r="D97" i="11"/>
+  <c r="E97" i="11"/>
+  <c r="A98" i="11"/>
+  <c r="B98" i="11"/>
+  <c r="D98" i="11"/>
+  <c r="E98" i="11"/>
+  <c r="A99" i="11"/>
+  <c r="B99" i="11"/>
+  <c r="D99" i="11"/>
+  <c r="E99" i="11"/>
+  <c r="A100" i="11"/>
+  <c r="B100" i="11"/>
+  <c r="D100" i="11"/>
+  <c r="E100" i="11"/>
+  <c r="A101" i="11"/>
+  <c r="B101" i="11"/>
+  <c r="D101" i="11"/>
+  <c r="E101" i="11"/>
+  <c r="M13" i="7"/>
+  <c r="L13" i="7"/>
+  <c r="K13" i="7"/>
+  <c r="J13" i="7"/>
+  <c r="I13" i="7"/>
+  <c r="H13" i="7"/>
+  <c r="G13" i="7"/>
+  <c r="F13" i="7"/>
+  <c r="E13" i="7"/>
+  <c r="D13" i="7"/>
+  <c r="C13" i="7"/>
+  <c r="D6" i="11"/>
+  <c r="D7" i="11"/>
+  <c r="D8" i="11"/>
+  <c r="D9" i="11"/>
+  <c r="D10" i="11"/>
+  <c r="D11" i="11"/>
+  <c r="J18" i="14"/>
+  <c r="J17" i="14"/>
+  <c r="J16" i="14"/>
+  <c r="J15" i="14"/>
+  <c r="J14" i="14"/>
+  <c r="J13" i="14"/>
+  <c r="M50" i="4"/>
+  <c r="M49" i="4"/>
+  <c r="M48" i="4"/>
+  <c r="M46" i="4"/>
+  <c r="M45" i="4"/>
+  <c r="M44" i="4"/>
+  <c r="M42" i="4"/>
+  <c r="M41" i="4"/>
+  <c r="M40" i="4"/>
+  <c r="M38" i="4"/>
+  <c r="M37" i="4"/>
+  <c r="M36" i="4"/>
+  <c r="M34" i="4"/>
+  <c r="M33" i="4"/>
+  <c r="M32" i="4"/>
+  <c r="M30" i="4"/>
+  <c r="M29" i="4"/>
+  <c r="M28" i="4"/>
+  <c r="M26" i="4"/>
+  <c r="M25" i="4"/>
+  <c r="M24" i="4"/>
+  <c r="M22" i="4"/>
+  <c r="M21" i="4"/>
+  <c r="M20" i="4"/>
+  <c r="M18" i="4"/>
+  <c r="M17" i="4"/>
+  <c r="M16" i="4"/>
+  <c r="M14" i="4"/>
+  <c r="M13" i="4"/>
+  <c r="M12" i="4"/>
+  <c r="M10" i="4"/>
+  <c r="M9" i="4"/>
+  <c r="M8" i="4"/>
+  <c r="M6" i="4"/>
+  <c r="M5" i="4"/>
+  <c r="M4" i="4"/>
+  <c r="U50" i="1"/>
+  <c r="U49" i="1"/>
+  <c r="U48" i="1"/>
+  <c r="U46" i="1"/>
+  <c r="U45" i="1"/>
+  <c r="U44" i="1"/>
+  <c r="U42" i="1"/>
+  <c r="U41" i="1"/>
+  <c r="U40" i="1"/>
+  <c r="U38" i="1"/>
+  <c r="U37" i="1"/>
+  <c r="U36" i="1"/>
+  <c r="U34" i="1"/>
+  <c r="U33" i="1"/>
+  <c r="U32" i="1"/>
+  <c r="U30" i="1"/>
+  <c r="U29" i="1"/>
+  <c r="U28" i="1"/>
+  <c r="U26" i="1"/>
+  <c r="U25" i="1"/>
+  <c r="U24" i="1"/>
+  <c r="U22" i="1"/>
+  <c r="U21" i="1"/>
+  <c r="U20" i="1"/>
+  <c r="U18" i="1"/>
+  <c r="U17" i="1"/>
+  <c r="U16" i="1"/>
+  <c r="U14" i="1"/>
+  <c r="U13" i="1"/>
+  <c r="U12" i="1"/>
+  <c r="U10" i="1"/>
+  <c r="U9" i="1"/>
+  <c r="U8" i="1"/>
+  <c r="U6" i="1"/>
+  <c r="U5" i="1"/>
+  <c r="U4" i="1"/>
+  <c r="L14" i="1"/>
   <c r="X39" i="4"/>
   <c r="BF11" i="4"/>
   <c r="BC11" i="4"/>
   <c r="BC9" i="4"/>
   <c r="AX9" i="4"/>
   <c r="AX11" i="4" s="1"/>
   <c r="Q11" i="4"/>
   <c r="R11" i="4"/>
   <c r="S11" i="4"/>
   <c r="T11" i="4"/>
   <c r="U11" i="4"/>
   <c r="V11" i="4"/>
   <c r="W11" i="4"/>
   <c r="X11" i="4"/>
   <c r="Y11" i="4"/>
   <c r="Z11" i="4"/>
   <c r="AA11" i="4"/>
   <c r="AB11" i="4"/>
   <c r="AC11" i="4"/>
   <c r="AD11" i="4"/>
   <c r="AE11" i="4"/>
   <c r="AF11" i="4"/>
   <c r="AG11" i="4"/>
   <c r="AH11" i="4"/>
   <c r="AI11" i="4"/>
@@ -129,61 +610,50 @@
   <c r="I11" i="7"/>
   <c r="H11" i="7"/>
   <c r="G11" i="7"/>
   <c r="D11" i="7"/>
   <c r="C11" i="7"/>
   <c r="N12" i="7"/>
   <c r="M12" i="7"/>
   <c r="L12" i="7"/>
   <c r="K12" i="7"/>
   <c r="J12" i="7"/>
   <c r="I12" i="7"/>
   <c r="H12" i="7"/>
   <c r="F12" i="7"/>
   <c r="D12" i="7"/>
   <c r="C12" i="7"/>
   <c r="N14" i="7"/>
   <c r="M14" i="7"/>
   <c r="K14" i="7"/>
   <c r="J14" i="7"/>
   <c r="I14" i="7"/>
   <c r="H14" i="7"/>
   <c r="G14" i="7"/>
   <c r="F14" i="7"/>
   <c r="D14" i="7"/>
   <c r="C14" i="7"/>
-  <c r="M13" i="7"/>
-[...9 lines deleted...]
-  <c r="C13" i="7"/>
   <c r="B24" i="7"/>
   <c r="B23" i="7"/>
   <c r="B22" i="7"/>
   <c r="B21" i="7"/>
   <c r="N10" i="7"/>
   <c r="M10" i="7"/>
   <c r="L10" i="7"/>
   <c r="K10" i="7"/>
   <c r="J10" i="7"/>
   <c r="I10" i="7"/>
   <c r="H10" i="7"/>
   <c r="G10" i="7"/>
   <c r="F10" i="7"/>
   <c r="D10" i="7"/>
   <c r="C10" i="7"/>
   <c r="BF51" i="4"/>
   <c r="BE51" i="4"/>
   <c r="BD51" i="4"/>
   <c r="BF47" i="4"/>
   <c r="BE47" i="4"/>
   <c r="BD47" i="4"/>
   <c r="BF43" i="4"/>
   <c r="BE43" i="4"/>
   <c r="BD43" i="4"/>
   <c r="BF39" i="4"/>
@@ -323,144 +793,63 @@
   <c r="F143" i="4"/>
   <c r="F144" i="4"/>
   <c r="F145" i="4"/>
   <c r="F146" i="4"/>
   <c r="F147" i="4"/>
   <c r="F148" i="4"/>
   <c r="F149" i="4"/>
   <c r="F150" i="4"/>
   <c r="F151" i="4"/>
   <c r="F152" i="4"/>
   <c r="F153" i="4"/>
   <c r="F154" i="4"/>
   <c r="F155" i="4"/>
   <c r="L51" i="4"/>
   <c r="L47" i="4"/>
   <c r="L43" i="4"/>
   <c r="L39" i="4"/>
   <c r="L35" i="4"/>
   <c r="L31" i="4"/>
   <c r="L27" i="4"/>
   <c r="L23" i="4"/>
   <c r="L19" i="4"/>
   <c r="L15" i="4"/>
   <c r="L11" i="4"/>
   <c r="L7" i="4"/>
-  <c r="B52" i="11"/>
-[...39 lines deleted...]
-  <c r="B12" i="11"/>
   <c r="B11" i="11"/>
   <c r="B10" i="11"/>
   <c r="B9" i="11"/>
   <c r="B8" i="11"/>
   <c r="B7" i="11"/>
   <c r="B6" i="11"/>
   <c r="B5" i="11"/>
   <c r="B4" i="11"/>
   <c r="B3" i="11"/>
   <c r="A2" i="11"/>
-  <c r="D11" i="11"/>
-[...41 lines deleted...]
-  <c r="L50" i="1" l="1"/>
+  <c r="E6" i="18" l="1"/>
+  <c r="F6" i="18"/>
+  <c r="L50" i="1"/>
   <c r="R50" i="1"/>
   <c r="AE50" i="1"/>
   <c r="L46" i="1"/>
   <c r="R46" i="1"/>
   <c r="AE46" i="1"/>
   <c r="L42" i="1"/>
   <c r="R42" i="1"/>
   <c r="AE42" i="1"/>
   <c r="L38" i="1"/>
   <c r="R38" i="1"/>
   <c r="AE38" i="1"/>
   <c r="L34" i="1"/>
   <c r="R34" i="1"/>
   <c r="AE34" i="1"/>
   <c r="L30" i="1"/>
   <c r="R30" i="1"/>
   <c r="AE30" i="1"/>
   <c r="L26" i="1"/>
   <c r="R26" i="1"/>
   <c r="AE26" i="1"/>
   <c r="L22" i="1"/>
   <c r="R22" i="1"/>
   <c r="AE22" i="1"/>
   <c r="L18" i="1"/>
   <c r="R18" i="1"/>
@@ -664,62 +1053,51 @@
   <c r="D134" i="1"/>
   <c r="D135" i="1"/>
   <c r="D136" i="1"/>
   <c r="D137" i="1"/>
   <c r="D138" i="1"/>
   <c r="D139" i="1"/>
   <c r="D140" i="1"/>
   <c r="D141" i="1"/>
   <c r="D142" i="1"/>
   <c r="D143" i="1"/>
   <c r="D144" i="1"/>
   <c r="D145" i="1"/>
   <c r="D146" i="1"/>
   <c r="D147" i="1"/>
   <c r="D148" i="1"/>
   <c r="D149" i="1"/>
   <c r="D150" i="1"/>
   <c r="D151" i="1"/>
   <c r="D152" i="1"/>
   <c r="D153" i="1"/>
   <c r="D154" i="1"/>
   <c r="D155" i="1"/>
   <c r="D54" i="1"/>
   <c r="B8" i="7" a="1"/>
   <c r="B8" i="7" s="1"/>
-  <c r="U50" i="1" l="1"/>
-[...10 lines deleted...]
-  <c r="E15" i="7"/>
+  <c r="E15" i="7" l="1"/>
   <c r="AQ51" i="1"/>
   <c r="AP51" i="1"/>
   <c r="AO51" i="1"/>
   <c r="AN51" i="1"/>
   <c r="AM51" i="1"/>
   <c r="AL51" i="1"/>
   <c r="AK51" i="1"/>
   <c r="AI51" i="1"/>
   <c r="AH51" i="1"/>
   <c r="AG51" i="1"/>
   <c r="AF51" i="1"/>
   <c r="AD51" i="1"/>
   <c r="AC51" i="1"/>
   <c r="AB51" i="1"/>
   <c r="AA51" i="1"/>
   <c r="Z51" i="1"/>
   <c r="Y51" i="1"/>
   <c r="X51" i="1"/>
   <c r="W51" i="1"/>
   <c r="AQ47" i="1"/>
   <c r="AP47" i="1"/>
   <c r="AO47" i="1"/>
   <c r="AN47" i="1"/>
   <c r="AM47" i="1"/>
   <c r="AL47" i="1"/>
@@ -1371,52 +1749,51 @@
   <c r="K8" i="15"/>
   <c r="K9" i="15"/>
   <c r="K10" i="15"/>
   <c r="K11" i="15"/>
   <c r="K12" i="15"/>
   <c r="K4" i="15"/>
   <c r="B11" i="15"/>
   <c r="B12" i="15"/>
   <c r="B13" i="15"/>
   <c r="B5" i="15"/>
   <c r="B6" i="15"/>
   <c r="B7" i="15"/>
   <c r="B8" i="15"/>
   <c r="B9" i="15"/>
   <c r="B10" i="15"/>
   <c r="B4" i="15"/>
   <c r="I14" i="15" l="1"/>
   <c r="T14" i="15"/>
   <c r="D40" i="14" s="1"/>
   <c r="P14" i="15"/>
   <c r="D37" i="14" s="1"/>
   <c r="AP53" i="1"/>
   <c r="D12" i="14" l="1"/>
   <c r="D31" i="14"/>
   <c r="D3" i="14"/>
-  <c r="M9" i="4" l="1"/>
-  <c r="N76" i="7"/>
+  <c r="N76" i="7" l="1"/>
   <c r="M76" i="7"/>
   <c r="L76" i="7"/>
   <c r="K76" i="7"/>
   <c r="J76" i="7"/>
   <c r="I76" i="7"/>
   <c r="H76" i="7"/>
   <c r="G76" i="7"/>
   <c r="F76" i="7"/>
   <c r="E76" i="7"/>
   <c r="D76" i="7"/>
   <c r="C76" i="7"/>
   <c r="N75" i="7"/>
   <c r="M75" i="7"/>
   <c r="L75" i="7"/>
   <c r="K75" i="7"/>
   <c r="J75" i="7"/>
   <c r="I75" i="7"/>
   <c r="H75" i="7"/>
   <c r="G75" i="7"/>
   <c r="F75" i="7"/>
   <c r="E75" i="7"/>
   <c r="D75" i="7"/>
   <c r="C75" i="7"/>
   <c r="B76" i="7"/>
   <c r="B75" i="7"/>
@@ -1732,290 +2109,180 @@
   <c r="I3" i="7"/>
   <c r="H3" i="7"/>
   <c r="G3" i="7"/>
   <c r="F3" i="7"/>
   <c r="E3" i="7"/>
   <c r="D3" i="7"/>
   <c r="B4" i="7"/>
   <c r="B5" i="7"/>
   <c r="B6" i="7"/>
   <c r="B3" i="7"/>
   <c r="BC27" i="4" l="1"/>
   <c r="BC43" i="4"/>
   <c r="BC19" i="4"/>
   <c r="BC35" i="4"/>
   <c r="BC15" i="4"/>
   <c r="BC31" i="4"/>
   <c r="BC47" i="4"/>
   <c r="BC51" i="4"/>
   <c r="BC23" i="4"/>
   <c r="BC39" i="4"/>
   <c r="BC7" i="4"/>
   <c r="O69" i="7"/>
   <c r="O17" i="7"/>
   <c r="O18" i="7"/>
   <c r="AX50" i="4" l="1"/>
-  <c r="M50" i="4" s="1"/>
   <c r="AX49" i="4"/>
-  <c r="M49" i="4" s="1"/>
   <c r="AX48" i="4"/>
   <c r="AX46" i="4"/>
-  <c r="M46" i="4" s="1"/>
   <c r="AX45" i="4"/>
-  <c r="M45" i="4" s="1"/>
   <c r="AX44" i="4"/>
   <c r="AX42" i="4"/>
-  <c r="M42" i="4" s="1"/>
   <c r="AX41" i="4"/>
-  <c r="M41" i="4" s="1"/>
   <c r="AX40" i="4"/>
   <c r="AX38" i="4"/>
-  <c r="M38" i="4" s="1"/>
   <c r="AX37" i="4"/>
-  <c r="M37" i="4" s="1"/>
   <c r="AX36" i="4"/>
   <c r="AX34" i="4"/>
-  <c r="M34" i="4" s="1"/>
   <c r="AX33" i="4"/>
-  <c r="M33" i="4" s="1"/>
   <c r="AX32" i="4"/>
   <c r="AX30" i="4"/>
-  <c r="M30" i="4" s="1"/>
   <c r="AX29" i="4"/>
-  <c r="M29" i="4" s="1"/>
   <c r="AX28" i="4"/>
   <c r="AX26" i="4"/>
-  <c r="M26" i="4" s="1"/>
   <c r="AX25" i="4"/>
-  <c r="M25" i="4" s="1"/>
   <c r="AX24" i="4"/>
   <c r="AX22" i="4"/>
-  <c r="M22" i="4" s="1"/>
   <c r="AX21" i="4"/>
-  <c r="M21" i="4" s="1"/>
   <c r="AX20" i="4"/>
-  <c r="M18" i="4"/>
-[...6 lines deleted...]
-  <c r="M8" i="4"/>
   <c r="AX6" i="4"/>
-  <c r="M6" i="4" s="1"/>
   <c r="AX5" i="4"/>
-  <c r="M5" i="4" s="1"/>
   <c r="AX4" i="4"/>
-  <c r="J18" i="14"/>
-[...4 lines deleted...]
-  <c r="J13" i="14"/>
   <c r="N67" i="7"/>
   <c r="N66" i="7"/>
   <c r="N65" i="7"/>
   <c r="M67" i="7"/>
   <c r="M66" i="7"/>
   <c r="M65" i="7"/>
   <c r="L67" i="7"/>
   <c r="L66" i="7"/>
   <c r="L65" i="7"/>
   <c r="K67" i="7"/>
   <c r="K66" i="7"/>
   <c r="K65" i="7"/>
   <c r="J67" i="7"/>
   <c r="J66" i="7"/>
   <c r="J65" i="7"/>
   <c r="I67" i="7"/>
   <c r="I66" i="7"/>
   <c r="I65" i="7"/>
   <c r="H67" i="7"/>
   <c r="H66" i="7"/>
   <c r="H65" i="7"/>
   <c r="G67" i="7"/>
   <c r="G66" i="7"/>
   <c r="G65" i="7"/>
   <c r="F67" i="7"/>
   <c r="F66" i="7"/>
   <c r="F65" i="7"/>
   <c r="E67" i="7"/>
   <c r="E66" i="7"/>
   <c r="E65" i="7"/>
   <c r="D67" i="7"/>
   <c r="D66" i="7"/>
   <c r="D65" i="7"/>
   <c r="C67" i="7"/>
   <c r="C66" i="7"/>
   <c r="C65" i="7"/>
   <c r="L49" i="1"/>
-  <c r="U49" i="1" s="1"/>
   <c r="L48" i="1"/>
-  <c r="U48" i="1" s="1"/>
   <c r="L45" i="1"/>
-  <c r="U45" i="1" s="1"/>
   <c r="L44" i="1"/>
-  <c r="U44" i="1" s="1"/>
   <c r="L41" i="1"/>
   <c r="L40" i="1"/>
   <c r="L37" i="1"/>
-  <c r="U37" i="1" s="1"/>
   <c r="L36" i="1"/>
   <c r="L33" i="1"/>
-  <c r="U33" i="1" s="1"/>
   <c r="L32" i="1"/>
-  <c r="U32" i="1" s="1"/>
   <c r="L29" i="1"/>
-  <c r="U29" i="1" s="1"/>
   <c r="L28" i="1"/>
-  <c r="U28" i="1" s="1"/>
   <c r="L25" i="1"/>
-  <c r="U25" i="1" s="1"/>
   <c r="L24" i="1"/>
-  <c r="U24" i="1" s="1"/>
   <c r="L21" i="1"/>
-  <c r="U21" i="1" s="1"/>
   <c r="L20" i="1"/>
-  <c r="U20" i="1" s="1"/>
   <c r="L17" i="1"/>
-  <c r="U17" i="1" s="1"/>
   <c r="L16" i="1"/>
-  <c r="U16" i="1" s="1"/>
   <c r="L13" i="1"/>
-  <c r="U13" i="1" s="1"/>
   <c r="L12" i="1"/>
-  <c r="U12" i="1" s="1"/>
   <c r="L9" i="1"/>
-  <c r="U9" i="1" s="1"/>
   <c r="L8" i="1"/>
-  <c r="U8" i="1" s="1"/>
   <c r="L6" i="1"/>
-  <c r="U6" i="1" s="1"/>
   <c r="L5" i="1"/>
-  <c r="U5" i="1" s="1"/>
   <c r="L4" i="1"/>
-  <c r="U4" i="1" s="1"/>
   <c r="B2" i="11" s="1"/>
   <c r="J61" i="1"/>
   <c r="J62" i="1"/>
   <c r="G3" i="11"/>
   <c r="AX7" i="4" l="1"/>
-  <c r="U40" i="1"/>
   <c r="L3" i="7"/>
-  <c r="U41" i="1"/>
   <c r="L4" i="7"/>
-  <c r="U36" i="1"/>
   <c r="K4" i="7"/>
   <c r="C3" i="7"/>
   <c r="C4" i="7"/>
-  <c r="M20" i="4"/>
-  <c r="E5" i="11" s="1"/>
+  <c r="E5" i="11"/>
   <c r="AX23" i="4"/>
-  <c r="M36" i="4"/>
   <c r="AX39" i="4"/>
-  <c r="M40" i="4"/>
   <c r="AX43" i="4"/>
-  <c r="M28" i="4"/>
-  <c r="E4" i="11" s="1"/>
+  <c r="E4" i="11"/>
   <c r="AX31" i="4"/>
-  <c r="M44" i="4"/>
   <c r="AX47" i="4"/>
-  <c r="M32" i="4"/>
   <c r="AX35" i="4"/>
-  <c r="M48" i="4"/>
   <c r="AX51" i="4"/>
-  <c r="M24" i="4"/>
   <c r="AX27" i="4"/>
-  <c r="M4" i="4"/>
   <c r="E64" i="7"/>
   <c r="H64" i="7"/>
   <c r="K64" i="7"/>
   <c r="N64" i="7"/>
   <c r="C64" i="7"/>
   <c r="F64" i="7"/>
   <c r="I64" i="7"/>
   <c r="L64" i="7"/>
   <c r="D64" i="7"/>
   <c r="G64" i="7"/>
   <c r="J64" i="7"/>
   <c r="M64" i="7"/>
   <c r="O65" i="7"/>
-  <c r="K16" i="14" s="1"/>
   <c r="O66" i="7"/>
-  <c r="K17" i="14" s="1"/>
   <c r="O67" i="7"/>
-  <c r="K18" i="14" s="1"/>
   <c r="H7" i="11"/>
   <c r="A5" i="11"/>
   <c r="A6" i="11"/>
   <c r="A7" i="11"/>
   <c r="A8" i="11"/>
   <c r="A9" i="11"/>
   <c r="A10" i="11"/>
   <c r="A11" i="11"/>
-  <c r="A12" i="11"/>
-[...39 lines deleted...]
-  <c r="A52" i="11"/>
   <c r="D8" i="13"/>
   <c r="C6" i="13"/>
   <c r="D4" i="13"/>
   <c r="D5" i="13"/>
   <c r="D6" i="13"/>
   <c r="D7" i="13"/>
   <c r="D9" i="13"/>
   <c r="D10" i="13"/>
   <c r="D11" i="13"/>
   <c r="D12" i="13"/>
   <c r="D13" i="13"/>
   <c r="D14" i="13"/>
   <c r="D15" i="13"/>
   <c r="D16" i="13"/>
   <c r="D17" i="13"/>
   <c r="D18" i="13"/>
   <c r="D19" i="13"/>
   <c r="D20" i="13"/>
   <c r="D21" i="13"/>
   <c r="C3" i="13"/>
   <c r="C4" i="13"/>
   <c r="C5" i="13"/>
   <c r="C7" i="13"/>
   <c r="C8" i="13"/>
   <c r="C9" i="13"/>
@@ -2161,151 +2428,104 @@
   <c r="G6" i="11"/>
   <c r="G7" i="11"/>
   <c r="G8" i="11"/>
   <c r="G9" i="11"/>
   <c r="G10" i="11"/>
   <c r="G11" i="11"/>
   <c r="G12" i="11"/>
   <c r="G13" i="11"/>
   <c r="G14" i="11"/>
   <c r="G15" i="11"/>
   <c r="G16" i="11"/>
   <c r="G17" i="11"/>
   <c r="G18" i="11"/>
   <c r="G19" i="11"/>
   <c r="G20" i="11"/>
   <c r="G21" i="11"/>
   <c r="G2" i="11"/>
   <c r="G1" i="11"/>
   <c r="E3" i="11"/>
   <c r="E6" i="11"/>
   <c r="E7" i="11"/>
   <c r="E8" i="11"/>
   <c r="E9" i="11"/>
   <c r="E10" i="11"/>
   <c r="E11" i="11"/>
-  <c r="E12" i="11"/>
-[...39 lines deleted...]
-  <c r="E52" i="11"/>
   <c r="E2" i="11"/>
   <c r="D3" i="11"/>
   <c r="D4" i="11"/>
   <c r="D5" i="11"/>
-  <c r="D6" i="11"/>
-[...3 lines deleted...]
-  <c r="D10" i="11"/>
   <c r="D2" i="11"/>
   <c r="D1" i="11"/>
   <c r="A1" i="11"/>
   <c r="A3" i="11"/>
   <c r="A4" i="11"/>
   <c r="M4" i="11" l="1"/>
   <c r="M2" i="11"/>
   <c r="I2" i="11"/>
   <c r="N4" i="11"/>
   <c r="N2" i="11"/>
   <c r="D3" i="13"/>
   <c r="E3" i="13" s="1"/>
   <c r="M3" i="11"/>
   <c r="O3" i="11" s="1"/>
   <c r="H6" i="11"/>
   <c r="J6" i="11" s="1"/>
   <c r="H21" i="11"/>
   <c r="J21" i="11" s="1"/>
   <c r="H5" i="11"/>
   <c r="J5" i="11" s="1"/>
   <c r="H9" i="11"/>
   <c r="J9" i="11" s="1"/>
   <c r="H20" i="11"/>
   <c r="J20" i="11" s="1"/>
   <c r="H4" i="11"/>
   <c r="J4" i="11" s="1"/>
   <c r="H18" i="11"/>
   <c r="J18" i="11" s="1"/>
   <c r="H17" i="11"/>
   <c r="J17" i="11" s="1"/>
   <c r="C2" i="13"/>
   <c r="H19" i="11"/>
   <c r="J19" i="11" s="1"/>
   <c r="H15" i="11"/>
   <c r="J15" i="11" s="1"/>
   <c r="H16" i="11"/>
   <c r="J16" i="11" s="1"/>
   <c r="H14" i="11"/>
   <c r="J14" i="11" s="1"/>
   <c r="H13" i="11"/>
   <c r="J13" i="11" s="1"/>
   <c r="H12" i="11"/>
   <c r="J12" i="11" s="1"/>
   <c r="H11" i="11"/>
   <c r="J11" i="11" s="1"/>
   <c r="H10" i="11"/>
   <c r="J10" i="11" s="1"/>
   <c r="H8" i="11"/>
   <c r="J8" i="11" s="1"/>
   <c r="O64" i="7"/>
-  <c r="K15" i="14" s="1"/>
   <c r="O15" i="11"/>
   <c r="O8" i="11"/>
   <c r="O13" i="11"/>
   <c r="O9" i="11"/>
   <c r="O7" i="11"/>
   <c r="O14" i="11"/>
   <c r="J7" i="11"/>
   <c r="O10" i="11"/>
   <c r="O12" i="11"/>
   <c r="O20" i="11"/>
   <c r="O19" i="11"/>
   <c r="O11" i="11"/>
   <c r="O18" i="11"/>
   <c r="O6" i="11"/>
   <c r="J3" i="11"/>
   <c r="O16" i="11"/>
   <c r="E6" i="13"/>
   <c r="O17" i="11"/>
   <c r="O5" i="11"/>
   <c r="O21" i="11"/>
   <c r="E20" i="13"/>
   <c r="E18" i="13"/>
   <c r="E16" i="13"/>
   <c r="E14" i="13"/>
   <c r="E12" i="13"/>
@@ -2900,88 +3120,83 @@
   <c r="AN53" i="1"/>
   <c r="G7" i="7"/>
   <c r="U23" i="1"/>
   <c r="D7" i="7"/>
   <c r="U11" i="1"/>
   <c r="M7" i="7"/>
   <c r="U47" i="1"/>
   <c r="J7" i="7"/>
   <c r="U35" i="1"/>
   <c r="K7" i="7"/>
   <c r="U39" i="1"/>
   <c r="H7" i="7"/>
   <c r="U27" i="1"/>
   <c r="E7" i="7"/>
   <c r="U15" i="1"/>
   <c r="C7" i="7"/>
   <c r="U7" i="1"/>
   <c r="L7" i="7"/>
   <c r="U43" i="1"/>
   <c r="I7" i="7"/>
   <c r="U31" i="1"/>
   <c r="F7" i="7"/>
   <c r="U19" i="1"/>
   <c r="C19" i="7"/>
   <c r="O62" i="7"/>
-  <c r="K13" i="14" s="1"/>
   <c r="C39" i="7"/>
   <c r="M7" i="4"/>
   <c r="N39" i="7"/>
   <c r="M51" i="4"/>
   <c r="M39" i="7"/>
   <c r="M47" i="4"/>
   <c r="L39" i="7"/>
   <c r="L74" i="7" s="1"/>
   <c r="M43" i="4"/>
   <c r="K39" i="7"/>
   <c r="M39" i="4"/>
   <c r="J39" i="7"/>
   <c r="J74" i="7" s="1"/>
   <c r="M35" i="4"/>
   <c r="I39" i="7"/>
   <c r="M31" i="4"/>
   <c r="H39" i="7"/>
   <c r="H74" i="7" s="1"/>
   <c r="M27" i="4"/>
   <c r="G39" i="7"/>
   <c r="M23" i="4"/>
   <c r="F39" i="7"/>
   <c r="M19" i="4"/>
   <c r="E39" i="7"/>
   <c r="E74" i="7" s="1"/>
   <c r="M15" i="4"/>
   <c r="D39" i="7"/>
   <c r="M11" i="4"/>
   <c r="O68" i="7"/>
   <c r="O61" i="7"/>
-  <c r="K12" i="14" s="1"/>
   <c r="O60" i="7"/>
-  <c r="K11" i="14" s="1"/>
   <c r="O59" i="7"/>
-  <c r="K10" i="14" s="1"/>
   <c r="O63" i="7"/>
-  <c r="K14" i="14" s="1"/>
   <c r="O70" i="7"/>
   <c r="U51" i="1"/>
   <c r="O46" i="7"/>
   <c r="H11" i="14" s="1"/>
   <c r="J53" i="1"/>
   <c r="K53" i="1" s="1"/>
   <c r="O53" i="1"/>
   <c r="AC53" i="1"/>
   <c r="AD53" i="1" s="1"/>
   <c r="AL53" i="1"/>
   <c r="AV53" i="4"/>
   <c r="P53" i="1"/>
   <c r="Q53" i="1" s="1"/>
   <c r="AK53" i="1"/>
   <c r="AU53" i="4"/>
   <c r="BA53" i="4"/>
   <c r="BB53" i="4"/>
   <c r="O15" i="7"/>
   <c r="O45" i="7"/>
   <c r="H10" i="14" s="1"/>
   <c r="O72" i="7"/>
   <c r="O27" i="7"/>
   <c r="O28" i="7"/>
   <c r="N31" i="7"/>
   <c r="M31" i="7"/>
@@ -2989,89 +3204,87 @@
   <c r="K31" i="7"/>
   <c r="J31" i="7"/>
   <c r="I31" i="7"/>
   <c r="H31" i="7"/>
   <c r="G31" i="7"/>
   <c r="F31" i="7"/>
   <c r="E31" i="7"/>
   <c r="D31" i="7"/>
   <c r="O16" i="7"/>
   <c r="C80" i="7"/>
   <c r="F80" i="7"/>
   <c r="H80" i="7"/>
   <c r="J80" i="7"/>
   <c r="L80" i="7"/>
   <c r="N80" i="7"/>
   <c r="E80" i="7"/>
   <c r="G80" i="7"/>
   <c r="I80" i="7"/>
   <c r="K80" i="7"/>
   <c r="M80" i="7"/>
   <c r="O48" i="7"/>
   <c r="H13" i="14" s="1"/>
   <c r="O56" i="7"/>
   <c r="O57" i="7"/>
   <c r="O58" i="7"/>
-  <c r="K9" i="14" s="1"/>
   <c r="O78" i="7"/>
   <c r="O79" i="7"/>
   <c r="O52" i="7"/>
   <c r="K3" i="14" s="1"/>
   <c r="O51" i="7"/>
   <c r="H16" i="14" s="1"/>
   <c r="O54" i="7"/>
   <c r="K5" i="14" s="1"/>
   <c r="O75" i="7"/>
   <c r="D80" i="7"/>
   <c r="O49" i="7"/>
   <c r="H14" i="14" s="1"/>
   <c r="O73" i="7"/>
   <c r="O76" i="7"/>
   <c r="O55" i="7"/>
   <c r="O42" i="7"/>
   <c r="H7" i="14" s="1"/>
   <c r="O47" i="7"/>
   <c r="H12" i="14" s="1"/>
   <c r="O50" i="7"/>
   <c r="H15" i="14" s="1"/>
   <c r="O53" i="7"/>
   <c r="K4" i="14" s="1"/>
   <c r="O41" i="7"/>
   <c r="H6" i="14" s="1"/>
   <c r="O44" i="7"/>
   <c r="H9" i="14" s="1"/>
   <c r="O40" i="7"/>
   <c r="H5" i="14" s="1"/>
   <c r="O5" i="7"/>
   <c r="K6" i="14" l="1"/>
   <c r="D29" i="14"/>
   <c r="D28" i="14"/>
   <c r="D11" i="14"/>
   <c r="D13" i="14" s="1"/>
   <c r="D30" i="14"/>
   <c r="D32" i="14" s="1"/>
-  <c r="K8" i="14"/>
   <c r="K7" i="14"/>
   <c r="D8" i="14"/>
   <c r="D7" i="14"/>
   <c r="C31" i="7"/>
   <c r="D34" i="14"/>
   <c r="D18" i="14"/>
   <c r="N25" i="7"/>
   <c r="N32" i="7" s="1"/>
   <c r="N34" i="7" s="1"/>
   <c r="D15" i="14"/>
   <c r="D14" i="14"/>
   <c r="D33" i="14" s="1"/>
   <c r="O30" i="7"/>
   <c r="J25" i="7"/>
   <c r="J32" i="7" s="1"/>
   <c r="J34" i="7" s="1"/>
   <c r="G25" i="7"/>
   <c r="G32" i="7" s="1"/>
   <c r="G34" i="7" s="1"/>
   <c r="E25" i="7"/>
   <c r="E32" i="7" s="1"/>
   <c r="E34" i="7" s="1"/>
   <c r="O7" i="7"/>
   <c r="F25" i="7"/>
   <c r="F32" i="7" s="1"/>
@@ -3140,72 +3353,85 @@
   <c r="J83" i="7" s="1"/>
   <c r="O20" i="7"/>
   <c r="O4" i="7"/>
   <c r="E81" i="7"/>
   <c r="E83" i="7" s="1"/>
   <c r="O80" i="7"/>
   <c r="O3" i="7"/>
   <c r="D6" i="14" l="1"/>
   <c r="D25" i="14"/>
   <c r="D35" i="14"/>
   <c r="D19" i="14"/>
   <c r="K19" i="14"/>
   <c r="D38" i="14"/>
   <c r="D39" i="14" s="1"/>
   <c r="D41" i="14" s="1"/>
   <c r="O31" i="7"/>
   <c r="C32" i="7"/>
   <c r="C34" i="7" s="1"/>
   <c r="O33" i="7" s="1"/>
   <c r="C81" i="7"/>
   <c r="C83" i="7" s="1"/>
   <c r="O82" i="7" s="1"/>
   <c r="O74" i="7"/>
   <c r="O81" i="7" s="1"/>
   <c r="O25" i="7"/>
+  <c r="C4" i="18" s="1"/>
   <c r="K85" i="7"/>
   <c r="E85" i="7"/>
   <c r="G85" i="7"/>
   <c r="H85" i="7"/>
   <c r="F85" i="7"/>
   <c r="L85" i="7"/>
   <c r="N85" i="7"/>
   <c r="J85" i="7"/>
   <c r="I85" i="7"/>
   <c r="M85" i="7"/>
   <c r="D85" i="7"/>
   <c r="D20" i="14" l="1"/>
-  <c r="K20" i="14" s="1"/>
   <c r="D36" i="14"/>
   <c r="D42" i="14" s="1"/>
   <c r="K21" i="14" s="1"/>
   <c r="O32" i="7"/>
-  <c r="O34" i="7" s="1"/>
   <c r="O86" i="7"/>
   <c r="C85" i="7"/>
   <c r="O83" i="7"/>
-  <c r="O85" i="7" l="1"/>
+  <c r="K20" i="14" l="1"/>
+  <c r="E9" i="18" s="1"/>
+  <c r="E4" i="18"/>
+  <c r="O34" i="7"/>
+  <c r="O85" i="7" s="1"/>
+  <c r="C2" i="18"/>
+  <c r="C9" i="18" l="1"/>
+  <c r="C8" i="18"/>
+  <c r="F2" i="18" l="1"/>
+  <c r="F4" i="18"/>
+  <c r="E3" i="18"/>
+  <c r="F9" i="18" l="1"/>
+  <c r="F3" i="18"/>
+  <c r="E8" i="18"/>
+  <c r="F8" i="18" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={AB4B80A9-DD6D-4FD5-BD43-7E9EB3E34ED2}</author>
     <author>tc={452151C1-E50F-45F7-BCFD-526B41EC7A07}</author>
     <author>tc={06931A52-FA3C-4387-8274-4E8401E16D2A}</author>
     <author>tc={3AC4F00A-FFCD-4631-8F05-5D3A039F7536}</author>
     <author>tc={6D544A69-46CF-43DA-B772-D9FAA82B3ACB}</author>
     <author>tc={3027FC96-37FD-4936-B884-0D80E93D006B}</author>
     <author>tc={43214009-2043-4AF0-A8D8-8EDC89B446D0}</author>
     <author>tc={40A42075-498D-4603-806F-957854080B92}</author>
   </authors>
   <commentList>
     <comment ref="A1" authorId="0" shapeId="0" xr:uid="{AB4B80A9-DD6D-4FD5-BD43-7E9EB3E34ED2}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Enter list of buyers of your farm products. If a customer is not included in this list, you will not be able to record their purchase on the “Farm Receipts” tab.</t>
       </text>
     </comment>
     <comment ref="C1" authorId="1" shapeId="0" xr:uid="{452151C1-E50F-45F7-BCFD-526B41EC7A07}">
@@ -3316,51 +3542,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="470" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="483" uniqueCount="356">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Head</t>
   </si>
   <si>
     <t>Lbs.</t>
   </si>
   <si>
     <t>$ Amount</t>
   </si>
   <si>
     <t>Bought</t>
   </si>
   <si>
     <t>Raised</t>
   </si>
   <si>
@@ -4103,53 +4329,50 @@
     <t>Purpose: See summaries of your receipts and expenditures sorted by the categories you entered into the Drop-Down Lists.</t>
   </si>
   <si>
     <t>Return to Drop-Down Lists Summary</t>
   </si>
   <si>
     <t>Purpose: Automatically track account balances based on income and expense classification.</t>
   </si>
   <si>
     <t xml:space="preserve">How to use: View your approximate account balances at any given time based on the account you depositied income into or used to pay bills. This sheet does not reconcile with actual bank balances, and should be periodically reconciled. </t>
   </si>
   <si>
     <t>Return to Checking Account Balances</t>
   </si>
   <si>
     <t xml:space="preserve">Purpose: Analyze a summary of income and expenses earned by your farm throughout the year. </t>
   </si>
   <si>
     <t>Purpose: Record all assets and liabilities related to the farm's business organization. This sheet will provide insights about the farm's liquidity, solvency, and net worth. Compare balance sheets across years to understand the impact of profitability on wealth generation.</t>
   </si>
   <si>
     <t>Purpose: Benchmark your farm against other farms and businesses using these pre-caculated ratios. The ratio's are calculated using data from the income statement and balance sheet.</t>
   </si>
   <si>
     <t xml:space="preserve">Non-pension employee benefits </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Land, livestock, or building rent</t>
   </si>
   <si>
     <t>Vendor/Company/ Payee</t>
   </si>
   <si>
     <t>Receipts</t>
   </si>
   <si>
     <t>Farm name</t>
   </si>
   <si>
     <t>Crop sales</t>
   </si>
   <si>
     <t>Non-breeding livestock</t>
   </si>
   <si>
     <t>Buyer/customer</t>
   </si>
   <si>
     <t>Quick dollar amount</t>
   </si>
   <si>
     <t>Crop insurance proceeds</t>
   </si>
@@ -4622,53 +4845,50 @@
       <t xml:space="preserve">5. The </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Inventory </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>sheet must be completed to if your operation uses accrual accounting.</t>
     </r>
   </si>
   <si>
-    <t>Updated: 10/2025</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">1. There are 3 different cell types and ways to </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>enter your farm records in the Yellow tabs</t>
     </r>
   </si>
   <si>
     <t>You will not be able to enter data in this tab if you have a drop down opened in another tab. Try returning to your previous tab, click in a white cell and then return.</t>
   </si>
   <si>
     <t>How to use: Starting at the leftmost side of the sheet, enter basic information about the transaction at hand. Several columns will use drop down selections to catagorize the income entry. The "Quick Income Input" columns will automatically place an entry in the column it belongs without scrolling to find the corresponding column to the right. The most frequently used income categories like crop sales are conveniently located near the basic information columns.</t>
   </si>
   <si>
     <t>Total $ amount</t>
   </si>
   <si>
@@ -4693,50 +4913,112 @@
     <t>Enter customers for farm products or services</t>
   </si>
   <si>
     <t>Enter vendors of farm inputs or services</t>
   </si>
   <si>
     <t>List accounts used for farm</t>
   </si>
   <si>
     <t>List farm business units</t>
   </si>
   <si>
     <t>List farm names</t>
   </si>
   <si>
     <t>List crops grown</t>
   </si>
   <si>
     <t>List market livestock raised</t>
   </si>
   <si>
     <t>List breeding livestock raised</t>
   </si>
   <si>
     <t>Missouri Farm Record Book</t>
+  </si>
+  <si>
+    <t>Rent paid on land or buildings</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>If you experience issues with this record book, contact Drew Kientzy by email with your record book attached at</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> dkientzy@missouri.edu. </t>
+    </r>
+  </si>
+  <si>
+    <t>R/E</t>
+  </si>
+  <si>
+    <t>Cash flow</t>
+  </si>
+  <si>
+    <t>Drop down summary</t>
+  </si>
+  <si>
+    <t>Sch F</t>
+  </si>
+  <si>
+    <t>Total revenue</t>
+  </si>
+  <si>
+    <t>Cap gains income</t>
+  </si>
+  <si>
+    <t>Taxed income</t>
+  </si>
+  <si>
+    <t>Deductible expenses</t>
+  </si>
+  <si>
+    <t>Capital expenses</t>
+  </si>
+  <si>
+    <t>GNI</t>
+  </si>
+  <si>
+    <t>Taxable income</t>
+  </si>
+  <si>
+    <t>Updated: 1/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="_([$$-409]* #,##0.00_);_([$$-409]* \(#,##0.00\);_([$$-409]* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="35" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -6371,51 +6653,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thick">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="11" borderId="100" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="438">
+  <cellXfs count="439">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
@@ -6966,51 +7248,50 @@
     <xf numFmtId="164" fontId="13" fillId="8" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="13" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="78" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="6" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="26" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="6" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="26" fillId="0" borderId="49" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="26" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="6" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="26" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="164" fontId="26" fillId="6" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="26" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="26" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="26" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -7077,63 +7358,67 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="33" fillId="6" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="33" fillId="0" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="6" borderId="27" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="79" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="17" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="17" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="80" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="75" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="77" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="16" fontId="10" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="16" fontId="10" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="11" borderId="101" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="11" borderId="102" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="11" borderId="103" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="6" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="32" fillId="6" borderId="98" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
@@ -7376,51 +7661,58 @@
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="4" builtinId="3"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="6" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="3" xr:uid="{988EA31D-EF58-4CBE-B000-2F27B44C9983}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{A6579EA1-CADB-4BD5-B578-45004BD4EEF9}"/>
     <cellStyle name="Output" xfId="5" builtinId="21"/>
   </cellStyles>
-  <dxfs count="7">
+  <dxfs count="8">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF00B050"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFD2F2F"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFD5E4D"/>
@@ -7460,51 +7752,51 @@
     <mruColors>
       <color rgb="FFFFE029"/>
       <color rgb="FFFFED01"/>
       <color rgb="FFFFE83F"/>
       <color rgb="FFFD5E4D"/>
       <color rgb="FFFFFF99"/>
       <color rgb="FFE1AAA9"/>
       <color rgb="FFB7CF87"/>
       <color rgb="FFFFFF66"/>
       <color rgb="FFFFF41D"/>
       <color rgb="FFFD2F2F"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>3838575</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>121000</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>130175</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>38675</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3" descr="MU Extension Logo.">
           <a:extLst>
@@ -7843,255 +8135,263 @@
   <threadedComment ref="C1" dT="2025-08-22T17:42:51.64" personId="{EAC2EAF4-6FD9-4AB4-BD07-260872153FC9}" id="{452151C1-E50F-45F7-BCFD-526B41EC7A07}">
     <text>Enter supplier names. The suppliers available for recording your purchases will be limited to the names on this list.</text>
   </threadedComment>
   <threadedComment ref="E1" dT="2025-08-22T17:43:21.03" personId="{EAC2EAF4-6FD9-4AB4-BD07-260872153FC9}" id="{06931A52-FA3C-4387-8274-4E8401E16D2A}">
     <text xml:space="preserve">Enter the accounts regularly used for your business transactions. </text>
   </threadedComment>
   <threadedComment ref="G1" dT="2025-08-22T17:44:15.82" personId="{EAC2EAF4-6FD9-4AB4-BD07-260872153FC9}" id="{3AC4F00A-FFCD-4631-8F05-5D3A039F7536}">
     <text>Enter the names of the various enterprises within your farm business that you would like to analyze separately.</text>
   </threadedComment>
   <threadedComment ref="I1" dT="2025-08-22T17:45:15.31" personId="{EAC2EAF4-6FD9-4AB4-BD07-260872153FC9}" id="{6D544A69-46CF-43DA-B772-D9FAA82B3ACB}">
     <text>Enter the names of various farms, fields, or facilities within your operation to allocate income and expenses to these units.</text>
   </threadedComment>
   <threadedComment ref="K1" dT="2025-08-22T17:45:59.76" personId="{EAC2EAF4-6FD9-4AB4-BD07-260872153FC9}" id="{3027FC96-37FD-4936-B884-0D80E93D006B}">
     <text>List the crops grown on your operation. The crop sales recorded must be attributed to one of the entries in this list.</text>
   </threadedComment>
   <threadedComment ref="M1" dT="2025-08-22T17:46:59.76" personId="{EAC2EAF4-6FD9-4AB4-BD07-260872153FC9}" id="{43214009-2043-4AF0-A8D8-8EDC89B446D0}">
     <text>Enter all market livestock bought or sold without the intention of using that stock for breeding purposes. Livestock for market or resale purposes will be chosen from this list.</text>
   </threadedComment>
   <threadedComment ref="M12" dT="2025-08-22T17:56:17.62" personId="{EAC2EAF4-6FD9-4AB4-BD07-260872153FC9}" id="{40A42075-498D-4603-806F-957854080B92}">
     <text xml:space="preserve">Enter the types of breeding livestock regularly bought or sold. </text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkientzy@missouri.edu?subject=Missouri%20Farm%20Record%20Book%20support%20needed" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/f1040sf.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irs.gov/pub/irs-pdf/i1040sf.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{759E19E0-D91E-415F-BC14-97D1F5872FD9}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:E89"/>
+  <dimension ref="A1:E90"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B4" sqref="B4"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="71.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="3.28515625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:4" ht="15.75" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:4" ht="21" x14ac:dyDescent="0.35">
-      <c r="B2" s="362" t="s">
-[...3 lines deleted...]
-      <c r="D2" s="362"/>
+      <c r="B2" s="363" t="s">
+        <v>341</v>
+      </c>
+      <c r="C2" s="363"/>
+      <c r="D2" s="363"/>
     </row>
     <row r="3" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B3" s="168"/>
       <c r="C3" s="168"/>
       <c r="D3" s="168" t="s">
-        <v>324</v>
+        <v>355</v>
       </c>
     </row>
     <row r="4" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
     </row>
     <row r="5" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B5" s="169" t="s">
         <v>228</v>
       </c>
       <c r="C5"/>
       <c r="D5"/>
     </row>
     <row r="6" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="170" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
     </row>
     <row r="7" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B7" s="170" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
     </row>
     <row r="8" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B8" s="170"/>
       <c r="C8"/>
       <c r="D8"/>
     </row>
     <row r="9" spans="2:4" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="357" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="C9" s="357"/>
       <c r="D9" s="357"/>
     </row>
     <row r="10" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B10" s="333"/>
-[...1 lines deleted...]
-      <c r="D10" s="333"/>
+      <c r="B10" s="332"/>
+      <c r="C10" s="332"/>
+      <c r="D10" s="332"/>
     </row>
     <row r="11" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B11" s="363" t="s">
-[...3 lines deleted...]
-      <c r="D11" s="363"/>
+      <c r="B11" s="364" t="s">
+        <v>316</v>
+      </c>
+      <c r="C11" s="364"/>
+      <c r="D11" s="364"/>
     </row>
     <row r="12" spans="2:4" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="357" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C12" s="357"/>
       <c r="D12" s="357"/>
     </row>
     <row r="13" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="171"/>
       <c r="C13" s="51" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D13" s="171"/>
     </row>
     <row r="14" spans="2:4" ht="31.5" x14ac:dyDescent="0.25">
       <c r="B14" s="171"/>
-      <c r="C14" s="321" t="s">
-        <v>287</v>
+      <c r="C14" s="320" t="s">
+        <v>286</v>
       </c>
       <c r="D14" s="171"/>
     </row>
     <row r="15" spans="2:4" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B15" s="171"/>
-      <c r="C15" s="322" t="s">
-        <v>288</v>
+      <c r="C15" s="321" t="s">
+        <v>287</v>
       </c>
       <c r="D15" s="171"/>
     </row>
     <row r="16" spans="2:4" ht="47.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="357" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="C16" s="357"/>
       <c r="D16" s="357"/>
     </row>
     <row r="17" spans="2:4" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="357" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C17" s="357"/>
       <c r="D17" s="357"/>
     </row>
     <row r="18" spans="2:4" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="357" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C18" s="357"/>
       <c r="D18" s="357"/>
     </row>
     <row r="19" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="357" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C19" s="357"/>
       <c r="D19" s="357"/>
     </row>
     <row r="20" spans="2:4" ht="32.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="358" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C20" s="358"/>
       <c r="D20" s="358"/>
     </row>
     <row r="21" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="166"/>
       <c r="C21" s="166"/>
       <c r="D21" s="166"/>
     </row>
-    <row r="22" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-    <row r="27" spans="2:4" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="22" spans="2:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="362" t="s">
+        <v>343</v>
+      </c>
+      <c r="C22" s="362"/>
+      <c r="D22" s="362"/>
+    </row>
+    <row r="23" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="167"/>
+      <c r="C23" s="167"/>
+      <c r="D23" s="167"/>
+    </row>
+    <row r="24" spans="2:4" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="359" t="s">
+        <v>320</v>
+      </c>
+      <c r="C24" s="360"/>
+      <c r="D24" s="361"/>
+    </row>
+    <row r="25" spans="2:4" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="165"/>
+      <c r="C25" s="165"/>
+      <c r="D25" s="165"/>
+    </row>
+    <row r="26" spans="2:4" ht="21" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="160"/>
+      <c r="C26" s="161"/>
+      <c r="D26" s="161"/>
+    </row>
+    <row r="27" spans="2:4" ht="15.75" x14ac:dyDescent="0.25"/>
     <row r="28" spans="2:4" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="29" spans="2:4" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="30" spans="2:4" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="31" spans="2:4" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="2:4" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="33" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="34" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="35" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="36" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="37" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="38" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="39" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="40" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="41" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="42" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="43" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="44" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="45" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="46" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="47" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="48" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="49" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="50" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="51" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="52" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
@@ -8110,127 +8410,130 @@
     <row r="65" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="66" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="67" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="68" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="69" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="70" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="71" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="72" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="73" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="74" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="75" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="76" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="77" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="78" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="79" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="80" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="81" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="82" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="83" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="84" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="85" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="86" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="87" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="88" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="89" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="90" ht="15.75" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="10">
+  <mergeCells count="11">
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="B18:D18"/>
     <mergeCell ref="B20:D20"/>
-    <mergeCell ref="B23:D23"/>
+    <mergeCell ref="B24:D24"/>
     <mergeCell ref="B19:D19"/>
+    <mergeCell ref="B22:D22"/>
   </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="B22:D22" r:id="rId1" display="If you experience issues with this record book, contact Drew Kientzy by email with your record book attached at dkientzy@missouri.edu. " xr:uid="{26034B52-76CD-4588-9DB7-946D9FFFE7E7}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup orientation="portrait" r:id="rId2"/>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E795559C-22E6-41A1-B87E-6882929C38A2}">
   <sheetPr codeName="Sheet10"/>
   <dimension ref="A1:C548"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A59" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="85.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="3.28515625" style="1" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:2" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B2" s="176" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="3" spans="2:2" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="174" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="4" spans="2:2" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="174" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
     </row>
     <row r="5" spans="2:2" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="174" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="6" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B6" s="319" t="s">
         <v>284</v>
-      </c>
-[...3 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="7" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B7" s="174"/>
     </row>
     <row r="8" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B8" s="174" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="9" spans="2:2" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="174"/>
     </row>
     <row r="10" spans="2:2" ht="31.5" x14ac:dyDescent="0.25">
       <c r="B10" s="174" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
     </row>
     <row r="11" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B11" s="174"/>
     </row>
     <row r="12" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B12" s="175" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="13" spans="2:2" x14ac:dyDescent="0.25"/>
     <row r="14" spans="2:2" x14ac:dyDescent="0.25"/>
     <row r="15" spans="2:2" x14ac:dyDescent="0.25"/>
     <row r="16" spans="2:2" x14ac:dyDescent="0.25"/>
     <row r="17" x14ac:dyDescent="0.25"/>
     <row r="18" x14ac:dyDescent="0.25"/>
     <row r="19" x14ac:dyDescent="0.25"/>
     <row r="20" x14ac:dyDescent="0.25"/>
     <row r="21" x14ac:dyDescent="0.25"/>
     <row r="22" x14ac:dyDescent="0.25"/>
     <row r="23" x14ac:dyDescent="0.25"/>
     <row r="24" x14ac:dyDescent="0.25"/>
     <row r="25" x14ac:dyDescent="0.25"/>
     <row r="26" x14ac:dyDescent="0.25"/>
     <row r="27" x14ac:dyDescent="0.25"/>
@@ -8239,625 +8542,625 @@
     <row r="30" x14ac:dyDescent="0.25"/>
     <row r="31" x14ac:dyDescent="0.25"/>
     <row r="32" x14ac:dyDescent="0.25"/>
     <row r="33" x14ac:dyDescent="0.25"/>
     <row r="34" x14ac:dyDescent="0.25"/>
     <row r="35" x14ac:dyDescent="0.25"/>
     <row r="36" x14ac:dyDescent="0.25"/>
     <row r="37" x14ac:dyDescent="0.25"/>
     <row r="38" x14ac:dyDescent="0.25"/>
     <row r="39" x14ac:dyDescent="0.25"/>
     <row r="40" x14ac:dyDescent="0.25"/>
     <row r="41" x14ac:dyDescent="0.25"/>
     <row r="42" x14ac:dyDescent="0.25"/>
     <row r="43" x14ac:dyDescent="0.25"/>
     <row r="44" x14ac:dyDescent="0.25"/>
     <row r="45" x14ac:dyDescent="0.25"/>
     <row r="46" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="47" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="48" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="54" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A54" s="437"/>
+      <c r="A54" s="438"/>
       <c r="B54" s="176" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="55" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A55" s="437"/>
+      <c r="A55" s="438"/>
       <c r="B55" s="172" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A56" s="437"/>
+      <c r="A56" s="438"/>
       <c r="B56" s="173"/>
     </row>
     <row r="57" spans="1:2" ht="94.5" x14ac:dyDescent="0.25">
-      <c r="A57" s="437"/>
+      <c r="A57" s="438"/>
       <c r="B57" s="172" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
     </row>
     <row r="58" spans="1:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="437"/>
+      <c r="A58" s="438"/>
       <c r="B58" s="172"/>
     </row>
     <row r="59" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A59" s="437"/>
+      <c r="A59" s="438"/>
       <c r="B59" s="174" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
     </row>
     <row r="60" spans="1:2" ht="126" x14ac:dyDescent="0.25">
-      <c r="A60" s="437"/>
+      <c r="A60" s="438"/>
       <c r="B60" s="172" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A61" s="437"/>
+      <c r="A61" s="438"/>
       <c r="B61" s="172"/>
     </row>
     <row r="62" spans="1:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="437"/>
+      <c r="A62" s="438"/>
       <c r="B62" s="172" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A63" s="438"/>
+      <c r="B63" s="51" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="63" spans="1:2" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    </row>
     <row r="64" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A64" s="437"/>
-      <c r="B64" s="321" t="s">
+      <c r="A64" s="438"/>
+      <c r="B64" s="320" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A65" s="438"/>
+      <c r="B65" s="321" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="65" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A66" s="437"/>
+      <c r="A66" s="438"/>
       <c r="B66" s="173"/>
     </row>
     <row r="67" spans="1:2" ht="78.75" x14ac:dyDescent="0.25">
-      <c r="A67" s="437"/>
+      <c r="A67" s="438"/>
       <c r="B67" s="172" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A68" s="437"/>
+      <c r="A68" s="438"/>
       <c r="B68" s="172"/>
     </row>
     <row r="69" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="437"/>
+      <c r="A69" s="438"/>
       <c r="B69" s="175" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="71" spans="1:2" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="81" x14ac:dyDescent="0.25"/>
     <row r="82" x14ac:dyDescent="0.25"/>
     <row r="83" x14ac:dyDescent="0.25"/>
     <row r="84" x14ac:dyDescent="0.25"/>
     <row r="85" x14ac:dyDescent="0.25"/>
     <row r="86" x14ac:dyDescent="0.25"/>
     <row r="87" x14ac:dyDescent="0.25"/>
     <row r="88" x14ac:dyDescent="0.25"/>
     <row r="89" x14ac:dyDescent="0.25"/>
     <row r="90" x14ac:dyDescent="0.25"/>
     <row r="91" x14ac:dyDescent="0.25"/>
     <row r="92" x14ac:dyDescent="0.25"/>
     <row r="93" x14ac:dyDescent="0.25"/>
     <row r="94" x14ac:dyDescent="0.25"/>
     <row r="95" x14ac:dyDescent="0.25"/>
     <row r="96" x14ac:dyDescent="0.25"/>
     <row r="97" x14ac:dyDescent="0.25"/>
     <row r="98" x14ac:dyDescent="0.25"/>
     <row r="99" x14ac:dyDescent="0.25"/>
     <row r="100" x14ac:dyDescent="0.25"/>
     <row r="101" x14ac:dyDescent="0.25"/>
     <row r="102" x14ac:dyDescent="0.25"/>
     <row r="103" x14ac:dyDescent="0.25"/>
     <row r="104" x14ac:dyDescent="0.25"/>
     <row r="105" x14ac:dyDescent="0.25"/>
     <row r="106" x14ac:dyDescent="0.25"/>
     <row r="107" x14ac:dyDescent="0.25"/>
     <row r="108" x14ac:dyDescent="0.25"/>
     <row r="109" x14ac:dyDescent="0.25"/>
     <row r="110" x14ac:dyDescent="0.25"/>
     <row r="111" x14ac:dyDescent="0.25"/>
     <row r="112" x14ac:dyDescent="0.25"/>
     <row r="113" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A113" s="437"/>
+      <c r="A113" s="438"/>
       <c r="B113" s="176" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="114" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A114" s="437"/>
+      <c r="A114" s="438"/>
       <c r="B114" s="172" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="115" spans="1:2" ht="9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="437"/>
+      <c r="A115" s="438"/>
       <c r="B115" s="173"/>
     </row>
     <row r="116" spans="1:2" ht="94.5" x14ac:dyDescent="0.25">
-      <c r="A116" s="437"/>
+      <c r="A116" s="438"/>
       <c r="B116" s="172" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A117" s="438"/>
+      <c r="B117" s="172"/>
+    </row>
+    <row r="118" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A118" s="438"/>
+      <c r="B118" s="174" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" ht="126" x14ac:dyDescent="0.25">
+      <c r="A119" s="438"/>
+      <c r="B119" s="172" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A120" s="438"/>
+      <c r="B120" s="172"/>
+    </row>
+    <row r="121" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A121" s="438"/>
+      <c r="B121" s="172" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A122" s="438"/>
+      <c r="B122" s="51" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A123" s="438"/>
+      <c r="B123" s="320" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A124" s="438"/>
+      <c r="B124" s="321" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A125" s="438"/>
+      <c r="B125" s="173"/>
+    </row>
+    <row r="126" spans="1:2" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A126" s="438"/>
+      <c r="B126" s="172" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="117" spans="1:2" x14ac:dyDescent="0.25">
-[...52 lines deleted...]
-    </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A127" s="437"/>
+      <c r="A127" s="438"/>
       <c r="B127" s="172"/>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A128" s="437"/>
+      <c r="A128" s="438"/>
       <c r="B128" s="175" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="129" x14ac:dyDescent="0.25"/>
     <row r="130" x14ac:dyDescent="0.25"/>
     <row r="131" x14ac:dyDescent="0.25"/>
     <row r="132" x14ac:dyDescent="0.25"/>
     <row r="133" x14ac:dyDescent="0.25"/>
     <row r="134" x14ac:dyDescent="0.25"/>
     <row r="135" x14ac:dyDescent="0.25"/>
     <row r="136" x14ac:dyDescent="0.25"/>
     <row r="137" x14ac:dyDescent="0.25"/>
     <row r="138" x14ac:dyDescent="0.25"/>
     <row r="139" x14ac:dyDescent="0.25"/>
     <row r="140" x14ac:dyDescent="0.25"/>
     <row r="141" x14ac:dyDescent="0.25"/>
     <row r="142" x14ac:dyDescent="0.25"/>
     <row r="143" x14ac:dyDescent="0.25"/>
     <row r="144" x14ac:dyDescent="0.25"/>
     <row r="145" x14ac:dyDescent="0.25"/>
     <row r="146" x14ac:dyDescent="0.25"/>
     <row r="147" x14ac:dyDescent="0.25"/>
     <row r="148" x14ac:dyDescent="0.25"/>
     <row r="149" x14ac:dyDescent="0.25"/>
     <row r="150" x14ac:dyDescent="0.25"/>
     <row r="151" x14ac:dyDescent="0.25"/>
     <row r="152" x14ac:dyDescent="0.25"/>
     <row r="153" x14ac:dyDescent="0.25"/>
     <row r="154" x14ac:dyDescent="0.25"/>
     <row r="155" x14ac:dyDescent="0.25"/>
     <row r="156" x14ac:dyDescent="0.25"/>
     <row r="157" x14ac:dyDescent="0.25"/>
     <row r="158" x14ac:dyDescent="0.25"/>
     <row r="159" x14ac:dyDescent="0.25"/>
     <row r="160" x14ac:dyDescent="0.25"/>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="165" spans="1:2" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="167" spans="1:2" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="172" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A172" s="437"/>
+      <c r="A172" s="438"/>
       <c r="B172" s="176" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="173" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A173" s="437"/>
+      <c r="A173" s="438"/>
       <c r="B173" s="172" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A174" s="437"/>
+      <c r="A174" s="438"/>
       <c r="B174" s="173"/>
     </row>
     <row r="175" spans="1:2" ht="78.75" x14ac:dyDescent="0.25">
-      <c r="A175" s="437"/>
+      <c r="A175" s="438"/>
       <c r="B175" s="172" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A176" s="438"/>
+      <c r="B176" s="173"/>
+    </row>
+    <row r="177" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A177" s="438"/>
+      <c r="B177" s="172" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="176" spans="1:2" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-    </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A178" s="437"/>
+      <c r="A178" s="438"/>
       <c r="B178" s="172"/>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A179" s="437"/>
+      <c r="A179" s="438"/>
       <c r="B179" s="175" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="193" x14ac:dyDescent="0.25"/>
     <row r="194" x14ac:dyDescent="0.25"/>
     <row r="195" x14ac:dyDescent="0.25"/>
     <row r="196" x14ac:dyDescent="0.25"/>
     <row r="197" x14ac:dyDescent="0.25"/>
     <row r="198" x14ac:dyDescent="0.25"/>
     <row r="199" x14ac:dyDescent="0.25"/>
     <row r="200" x14ac:dyDescent="0.25"/>
     <row r="201" x14ac:dyDescent="0.25"/>
     <row r="202" x14ac:dyDescent="0.25"/>
     <row r="203" x14ac:dyDescent="0.25"/>
     <row r="204" x14ac:dyDescent="0.25"/>
     <row r="205" x14ac:dyDescent="0.25"/>
     <row r="206" x14ac:dyDescent="0.25"/>
     <row r="207" x14ac:dyDescent="0.25"/>
     <row r="208" x14ac:dyDescent="0.25"/>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="223" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A223" s="437"/>
+      <c r="A223" s="438"/>
       <c r="B223" s="176" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A224" s="437"/>
+      <c r="A224" s="438"/>
       <c r="B224" s="172" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A225" s="437"/>
+      <c r="A225" s="438"/>
       <c r="B225" s="173"/>
     </row>
     <row r="226" spans="1:2" ht="78.75" x14ac:dyDescent="0.25">
-      <c r="A226" s="437"/>
+      <c r="A226" s="438"/>
       <c r="B226" s="172" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A227" s="437"/>
+      <c r="A227" s="438"/>
       <c r="B227" s="172"/>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A228" s="437"/>
+      <c r="A228" s="438"/>
       <c r="B228" s="172" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A229" s="437"/>
+      <c r="A229" s="438"/>
       <c r="B229" s="51" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="230" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A230" s="438"/>
+      <c r="B230" s="320" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="230" spans="1:2" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B230" s="321" t="s">
+    <row r="231" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A231" s="438"/>
+      <c r="B231" s="172"/>
+    </row>
+    <row r="232" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A232" s="438"/>
+      <c r="B232" s="172" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="231" spans="1:2" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-    </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A233" s="437"/>
+      <c r="A233" s="438"/>
       <c r="B233" s="172"/>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A234" s="437"/>
+      <c r="A234" s="438"/>
       <c r="B234" s="175" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="241" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="242" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="243" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="244" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="245" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="246" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="247" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="248" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="249" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="250" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="251" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="252" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="253" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="254" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="255" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="256" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="257" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="258" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="259" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="260" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="261" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="262" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="263" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="264" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="265" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="266" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="267" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="268" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="269" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="270" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="271" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="272" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="278" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A278" s="437"/>
+      <c r="A278" s="438"/>
       <c r="B278" s="176" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="279" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A279" s="437"/>
+      <c r="A279" s="438"/>
       <c r="B279" s="172" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A280" s="437"/>
+      <c r="A280" s="438"/>
       <c r="B280" s="173"/>
     </row>
     <row r="281" spans="1:2" ht="78.75" x14ac:dyDescent="0.25">
-      <c r="A281" s="437"/>
+      <c r="A281" s="438"/>
       <c r="B281" s="172" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A282" s="437"/>
+      <c r="A282" s="438"/>
       <c r="B282" s="173"/>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A283" s="437"/>
+      <c r="A283" s="438"/>
       <c r="B283" s="172" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A284" s="437"/>
+      <c r="A284" s="438"/>
       <c r="B284" s="51" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="285" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A285" s="438"/>
+      <c r="B285" s="320" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="285" spans="1:2" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A286" s="437"/>
+      <c r="A286" s="438"/>
       <c r="B286" s="173"/>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A287" s="437"/>
+      <c r="A287" s="438"/>
       <c r="B287" s="175" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="289" x14ac:dyDescent="0.25"/>
     <row r="290" x14ac:dyDescent="0.25"/>
     <row r="291" x14ac:dyDescent="0.25"/>
     <row r="292" x14ac:dyDescent="0.25"/>
     <row r="293" x14ac:dyDescent="0.25"/>
     <row r="294" x14ac:dyDescent="0.25"/>
     <row r="295" x14ac:dyDescent="0.25"/>
     <row r="296" x14ac:dyDescent="0.25"/>
     <row r="297" x14ac:dyDescent="0.25"/>
     <row r="298" x14ac:dyDescent="0.25"/>
     <row r="299" x14ac:dyDescent="0.25"/>
     <row r="300" x14ac:dyDescent="0.25"/>
     <row r="301" x14ac:dyDescent="0.25"/>
     <row r="302" x14ac:dyDescent="0.25"/>
     <row r="303" x14ac:dyDescent="0.25"/>
     <row r="304" x14ac:dyDescent="0.25"/>
     <row r="305" x14ac:dyDescent="0.25"/>
     <row r="306" x14ac:dyDescent="0.25"/>
     <row r="307" x14ac:dyDescent="0.25"/>
     <row r="308" x14ac:dyDescent="0.25"/>
     <row r="309" x14ac:dyDescent="0.25"/>
     <row r="310" x14ac:dyDescent="0.25"/>
     <row r="311" x14ac:dyDescent="0.25"/>
     <row r="312" x14ac:dyDescent="0.25"/>
     <row r="313" x14ac:dyDescent="0.25"/>
     <row r="314" x14ac:dyDescent="0.25"/>
     <row r="315" x14ac:dyDescent="0.25"/>
     <row r="316" x14ac:dyDescent="0.25"/>
     <row r="317" x14ac:dyDescent="0.25"/>
     <row r="318" x14ac:dyDescent="0.25"/>
     <row r="319" x14ac:dyDescent="0.25"/>
     <row r="320" x14ac:dyDescent="0.25"/>
     <row r="321" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="322" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="323" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="324" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="325" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="326" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="327" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="328" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="329" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="330" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="331" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="332" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A332" s="437"/>
+      <c r="A332" s="438"/>
       <c r="B332" s="176" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="333" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A333" s="437"/>
+      <c r="A333" s="438"/>
       <c r="B333" s="172" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A334" s="437"/>
+      <c r="A334" s="438"/>
       <c r="B334" s="173"/>
     </row>
     <row r="335" spans="1:2" ht="78.75" x14ac:dyDescent="0.25">
-      <c r="A335" s="437"/>
+      <c r="A335" s="438"/>
       <c r="B335" s="172" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A336" s="437"/>
+      <c r="A336" s="438"/>
       <c r="B336" s="172"/>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A337" s="437"/>
+      <c r="A337" s="438"/>
       <c r="B337" s="177" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B338" s="172"/>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="340" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="341" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="342" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="343" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="344" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="345" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="346" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="347" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="348" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="349" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="350" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="351" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="352" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="353" x14ac:dyDescent="0.25"/>
     <row r="354" x14ac:dyDescent="0.25"/>
     <row r="355" x14ac:dyDescent="0.25"/>
     <row r="356" x14ac:dyDescent="0.25"/>
@@ -8866,95 +9169,95 @@
     <row r="359" x14ac:dyDescent="0.25"/>
     <row r="360" x14ac:dyDescent="0.25"/>
     <row r="361" x14ac:dyDescent="0.25"/>
     <row r="362" x14ac:dyDescent="0.25"/>
     <row r="363" x14ac:dyDescent="0.25"/>
     <row r="364" x14ac:dyDescent="0.25"/>
     <row r="365" x14ac:dyDescent="0.25"/>
     <row r="366" x14ac:dyDescent="0.25"/>
     <row r="367" x14ac:dyDescent="0.25"/>
     <row r="368" x14ac:dyDescent="0.25"/>
     <row r="369" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="370" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="371" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="372" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="373" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="374" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="375" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="376" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="377" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="378" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="379" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="380" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="381" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="382" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="383" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A383" s="437"/>
+      <c r="A383" s="438"/>
       <c r="B383" s="176" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="384" spans="1:2" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A384" s="437"/>
+      <c r="A384" s="438"/>
       <c r="B384" s="172" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="385" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A385" s="437"/>
+      <c r="A385" s="438"/>
       <c r="B385" s="173"/>
     </row>
     <row r="386" spans="1:2" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A386" s="437"/>
+      <c r="A386" s="438"/>
       <c r="B386" s="172" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="387" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A387" s="437"/>
+      <c r="A387" s="438"/>
       <c r="B387" s="172" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="388" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A388" s="437"/>
+      <c r="A388" s="438"/>
       <c r="B388" s="51" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="389" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A389" s="438"/>
+      <c r="B389" s="320" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="389" spans="1:2" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-    </row>
     <row r="390" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A390" s="437"/>
+      <c r="A390" s="438"/>
       <c r="B390" s="172"/>
     </row>
     <row r="391" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A391" s="437"/>
+      <c r="A391" s="438"/>
       <c r="B391" s="177" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="B392" s="172"/>
     </row>
     <row r="393" spans="1:2" x14ac:dyDescent="0.25"/>
     <row r="401" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="402" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="403" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="404" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="405" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="406" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="407" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="408" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="409" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="410" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="411" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="412" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="413" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="414" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="415" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="416" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="417" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
@@ -9120,50 +9423,253 @@
     <row r="545" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="546" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="547" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
     <row r="548" s="1" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="7">
     <mergeCell ref="A383:A391"/>
     <mergeCell ref="A54:A69"/>
     <mergeCell ref="A113:A128"/>
     <mergeCell ref="A172:A179"/>
     <mergeCell ref="A223:A234"/>
     <mergeCell ref="A278:A287"/>
     <mergeCell ref="A332:A337"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B12" location="'Drop-Down Lists Input'!A1" display="Return to Drop-Down Lists Input" xr:uid="{9A9ECE33-30B9-45FA-9BCB-0A06EEF072A3}"/>
     <hyperlink ref="B69" location="'Farm Receipts'!A1" display="Return to Farm Receipts" xr:uid="{6D22A76A-383A-4B49-B1FC-25F8BA9BD8F3}"/>
     <hyperlink ref="B128" location="'Farm Expenditures'!A1" display="Click here to return to Farm Expenditures" xr:uid="{9C36E68A-D9AD-4348-8256-B1397EEECAFF}"/>
     <hyperlink ref="B179" location="'Cash Flow Summary'!A1" display="Return to Cash Flow Summary" xr:uid="{EA374FDF-CDBD-4613-9C32-0DC5F5CA778D}"/>
     <hyperlink ref="B234" location="Inventory!A1" display="Return to Inventory" xr:uid="{056853C8-0A98-4A61-9EFE-042E31EA3B81}"/>
     <hyperlink ref="B287" location="'Schedule F'!A1" display="Return to Schedule F" xr:uid="{65C8D9C4-6996-4D78-B5D4-E5C4793BFB9A}"/>
     <hyperlink ref="B337" location="' Drop-Down Lists Summary'!A1" display="Return to Drop-Down Lists Summary" xr:uid="{CA583580-4371-4D00-99C3-F249F493B1C0}"/>
     <hyperlink ref="B391" location="'Checking Account Balances'!A1" display="Return to Checking Account Balances" xr:uid="{3C3D0B09-3269-42CC-B172-1894713C88C3}"/>
   </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{786E8CF0-F0DA-4995-A048-C697209B0318}">
+  <dimension ref="A1:F9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G16" sqref="G16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="19.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="19.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D1" t="s">
+        <v>346</v>
+      </c>
+      <c r="E1" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B2" s="356">
+        <f>SUM('Farm Receipts'!U23,'Farm Receipts'!U27,'Farm Receipts'!U31,'Farm Receipts'!U35,'Farm Receipts'!U39,'Farm Receipts'!U43,'Farm Receipts'!U47,'Farm Receipts'!U51,'Farm Receipts'!U19,'Farm Receipts'!U15,'Farm Receipts'!U11,'Farm Receipts'!U7)</f>
+        <v>0</v>
+      </c>
+      <c r="C2" s="356">
+        <f ca="1">'Cash Flow Summary'!O32</f>
+        <v>0</v>
+      </c>
+      <c r="D2" s="356">
+        <f>SUM(' Drop-Down Lists Summary'!H2:H21)</f>
+        <v>0</v>
+      </c>
+      <c r="E2" s="356"/>
+      <c r="F2" t="str">
+        <f ca="1">IF(AVERAGE(B2:E2)=C2,"PASS", "FAIL")</f>
+        <v>PASS</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B3" s="356"/>
+      <c r="C3" s="356">
+        <f>'Cash Flow Summary'!O31</f>
+        <v>0</v>
+      </c>
+      <c r="D3" s="356"/>
+      <c r="E3" s="356">
+        <f ca="1">D2-C4</f>
+        <v>0</v>
+      </c>
+      <c r="F3" t="str">
+        <f t="shared" ref="F3:F9" ca="1" si="0">IF(AVERAGE(B3:E3)=C3,"PASS", "FAIL")</f>
+        <v>PASS</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B4" s="356"/>
+      <c r="C4" s="356">
+        <f ca="1">'Cash Flow Summary'!O25</f>
+        <v>0</v>
+      </c>
+      <c r="D4" s="356"/>
+      <c r="E4" s="356">
+        <f ca="1">'Schedule F'!D20</f>
+        <v>0</v>
+      </c>
+      <c r="F4" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>PASS</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>351</v>
+      </c>
+      <c r="B5" s="356"/>
+      <c r="C5" s="356">
+        <f>'Cash Flow Summary'!O74</f>
+        <v>0</v>
+      </c>
+      <c r="D5" s="356"/>
+      <c r="E5" s="356">
+        <f>'Schedule F'!K19</f>
+        <v>0</v>
+      </c>
+      <c r="F5" t="str">
+        <f t="shared" si="0"/>
+        <v>PASS</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>352</v>
+      </c>
+      <c r="B6" s="356"/>
+      <c r="C6" s="356">
+        <f>'Cash Flow Summary'!O82+'Cash Flow Summary'!O80</f>
+        <v>0</v>
+      </c>
+      <c r="D6" s="356"/>
+      <c r="E6" s="356">
+        <f>B7-'Schedule F'!K19</f>
+        <v>0</v>
+      </c>
+      <c r="F6" t="str">
+        <f t="shared" si="0"/>
+        <v>PASS</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>149</v>
+      </c>
+      <c r="B7" s="356">
+        <f>SUM('Farm Expenditures'!M7,'Farm Expenditures'!M11,'Farm Expenditures'!M15,'Farm Expenditures'!M19,'Farm Expenditures'!M23,'Farm Expenditures'!M27,'Farm Expenditures'!M31,'Farm Expenditures'!M35,'Farm Expenditures'!M39,'Farm Expenditures'!M43,'Farm Expenditures'!M47,'Farm Expenditures'!M51)</f>
+        <v>0</v>
+      </c>
+      <c r="C7" s="356">
+        <f>'Cash Flow Summary'!O83</f>
+        <v>0</v>
+      </c>
+      <c r="D7" s="356">
+        <f>SUM(' Drop-Down Lists Summary'!I2:I21)</f>
+        <v>0</v>
+      </c>
+      <c r="E7" s="356"/>
+      <c r="F7" t="str">
+        <f t="shared" si="0"/>
+        <v>PASS</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>353</v>
+      </c>
+      <c r="B8" s="356">
+        <f>B2-B7</f>
+        <v>0</v>
+      </c>
+      <c r="C8" s="356">
+        <f ca="1">C2-C7</f>
+        <v>0</v>
+      </c>
+      <c r="D8" s="356">
+        <f>D2-D7</f>
+        <v>0</v>
+      </c>
+      <c r="E8" s="356">
+        <f ca="1">E4-E5+E3-E6</f>
+        <v>0</v>
+      </c>
+      <c r="F8" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>PASS</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>354</v>
+      </c>
+      <c r="C9" s="356">
+        <f ca="1">C2-C3-C5</f>
+        <v>0</v>
+      </c>
+      <c r="E9">
+        <f ca="1">'Schedule F'!K20</f>
+        <v>0</v>
+      </c>
+      <c r="F9" t="str">
+        <f t="shared" ca="1" si="0"/>
+        <v>PASS</v>
+      </c>
+    </row>
+  </sheetData>
+  <conditionalFormatting sqref="F2:F9">
+    <cfRule type="expression" dxfId="0" priority="1">
+      <formula>"IF(SUM(B2:E2)/COUNT(B2:E2)=C2"</formula>
+    </cfRule>
+  </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFFE83F"/>
   </sheetPr>
   <dimension ref="A1:N108"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="K25" sqref="K25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="43.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5.7109375" style="4" customWidth="1"/>
     <col min="3" max="3" width="45.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5.7109375" style="4" customWidth="1"/>
     <col min="5" max="5" width="29.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="5.7109375" style="4" customWidth="1"/>
     <col min="7" max="7" width="23.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="5.7109375" style="4" customWidth="1"/>
@@ -9184,75 +9690,75 @@
       <c r="B1" s="2"/>
       <c r="C1" s="162" t="s">
         <v>67</v>
       </c>
       <c r="D1" s="3"/>
       <c r="E1" s="162" t="s">
         <v>73</v>
       </c>
       <c r="F1" s="3"/>
       <c r="G1" s="162" t="s">
         <v>64</v>
       </c>
       <c r="H1" s="3"/>
       <c r="I1" s="162" t="s">
         <v>65</v>
       </c>
       <c r="K1" s="162" t="s">
         <v>164</v>
       </c>
       <c r="M1" s="162" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="2" spans="1:14" s="10" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="7" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D2" s="8"/>
       <c r="E2" s="7" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="F2" s="8"/>
       <c r="G2" s="7" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="H2" s="8"/>
       <c r="I2" s="7" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J2" s="9"/>
       <c r="K2" s="7" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="L2" s="9"/>
       <c r="M2" s="7" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="N2" s="9"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" s="11"/>
       <c r="B3" s="12"/>
       <c r="C3" s="13"/>
       <c r="D3" s="14"/>
       <c r="E3" s="13"/>
       <c r="F3" s="14"/>
       <c r="G3" s="15"/>
       <c r="H3" s="14"/>
       <c r="I3" s="13"/>
       <c r="K3" s="13"/>
       <c r="M3" s="13"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4" s="11"/>
       <c r="B4" s="12"/>
       <c r="C4" s="13"/>
       <c r="D4" s="14"/>
       <c r="E4" s="13"/>
       <c r="F4" s="14"/>
       <c r="G4" s="13"/>
       <c r="H4" s="14"/>
@@ -9355,51 +9861,51 @@
       <c r="B12" s="12"/>
       <c r="C12" s="13"/>
       <c r="D12" s="14"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="13"/>
       <c r="H12" s="14"/>
       <c r="I12" s="13"/>
       <c r="K12" s="16"/>
       <c r="M12" s="163" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="11"/>
       <c r="B13" s="12"/>
       <c r="C13" s="13"/>
       <c r="D13" s="14"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="13"/>
       <c r="H13" s="14"/>
       <c r="I13" s="13"/>
       <c r="K13" s="16"/>
       <c r="M13" s="17" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" s="11"/>
       <c r="B14" s="12"/>
       <c r="C14" s="13"/>
       <c r="D14" s="14"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="13"/>
       <c r="H14" s="14"/>
       <c r="I14" s="13"/>
       <c r="K14" s="16"/>
       <c r="M14" s="13"/>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A15" s="11"/>
       <c r="B15" s="12"/>
       <c r="C15" s="13"/>
       <c r="D15" s="14"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="13"/>
       <c r="H15" s="14"/>
       <c r="I15" s="13"/>
@@ -9486,154 +9992,154 @@
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A22" s="11"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="E22" s="4"/>
       <c r="G22" s="4"/>
       <c r="I22" s="4"/>
       <c r="K22" s="4"/>
       <c r="M22" s="16"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A23" s="11"/>
       <c r="B23" s="12"/>
       <c r="C23" s="13"/>
       <c r="E23" s="4"/>
       <c r="G23" s="4"/>
       <c r="I23" s="4"/>
       <c r="K23" s="4"/>
       <c r="M23" s="16"/>
     </row>
     <row r="24" spans="1:13" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="11"/>
       <c r="B24" s="12"/>
       <c r="C24" s="13"/>
-      <c r="E24" s="365" t="s">
-[...3 lines deleted...]
-      <c r="G24" s="365"/>
+      <c r="E24" s="366" t="s">
+        <v>289</v>
+      </c>
+      <c r="F24" s="366"/>
+      <c r="G24" s="366"/>
       <c r="H24" s="172"/>
       <c r="I24" s="4"/>
       <c r="K24" s="4"/>
       <c r="M24" s="4"/>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A25" s="11"/>
       <c r="B25" s="12"/>
       <c r="C25" s="13"/>
       <c r="E25" s="172"/>
       <c r="F25" s="172"/>
       <c r="G25" s="172"/>
       <c r="H25" s="172"/>
       <c r="I25" s="4"/>
       <c r="K25" s="4"/>
       <c r="M25" s="4"/>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A26" s="11"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
-      <c r="E26" s="364" t="s">
-[...4 lines deleted...]
-      <c r="H26" s="364"/>
+      <c r="E26" s="365" t="s">
+        <v>288</v>
+      </c>
+      <c r="F26" s="365"/>
+      <c r="G26" s="365"/>
+      <c r="H26" s="365"/>
       <c r="I26" s="4"/>
       <c r="K26" s="4"/>
       <c r="M26" s="4"/>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A27" s="11"/>
       <c r="B27" s="12"/>
       <c r="C27" s="13"/>
-      <c r="E27" s="364"/>
-[...2 lines deleted...]
-      <c r="H27" s="364"/>
+      <c r="E27" s="365"/>
+      <c r="F27" s="365"/>
+      <c r="G27" s="365"/>
+      <c r="H27" s="365"/>
       <c r="I27" s="4"/>
       <c r="K27" s="4"/>
       <c r="M27" s="4"/>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A28" s="11"/>
       <c r="B28" s="12"/>
       <c r="C28" s="13"/>
-      <c r="E28" s="364"/>
-[...2 lines deleted...]
-      <c r="H28" s="364"/>
+      <c r="E28" s="365"/>
+      <c r="F28" s="365"/>
+      <c r="G28" s="365"/>
+      <c r="H28" s="365"/>
       <c r="I28" s="4"/>
       <c r="K28" s="4"/>
       <c r="M28" s="4"/>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A29" s="11"/>
       <c r="B29" s="12"/>
       <c r="C29" s="13"/>
-      <c r="E29" s="364"/>
-[...2 lines deleted...]
-      <c r="H29" s="364"/>
+      <c r="E29" s="365"/>
+      <c r="F29" s="365"/>
+      <c r="G29" s="365"/>
+      <c r="H29" s="365"/>
       <c r="I29" s="4"/>
       <c r="K29" s="4"/>
       <c r="M29" s="4"/>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A30" s="11"/>
       <c r="B30" s="12"/>
       <c r="C30" s="13"/>
-      <c r="E30" s="364"/>
-[...2 lines deleted...]
-      <c r="H30" s="364"/>
+      <c r="E30" s="365"/>
+      <c r="F30" s="365"/>
+      <c r="G30" s="365"/>
+      <c r="H30" s="365"/>
       <c r="I30" s="4"/>
       <c r="K30" s="4"/>
       <c r="M30" s="4"/>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A31" s="11"/>
       <c r="B31" s="12"/>
       <c r="C31" s="13"/>
-      <c r="E31" s="364"/>
-[...2 lines deleted...]
-      <c r="H31" s="364"/>
+      <c r="E31" s="365"/>
+      <c r="F31" s="365"/>
+      <c r="G31" s="365"/>
+      <c r="H31" s="365"/>
       <c r="I31" s="4"/>
       <c r="K31" s="4"/>
       <c r="M31" s="4"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A32" s="11"/>
       <c r="B32" s="12"/>
       <c r="C32" s="13"/>
-      <c r="E32" s="364"/>
-[...2 lines deleted...]
-      <c r="H32" s="364"/>
+      <c r="E32" s="365"/>
+      <c r="F32" s="365"/>
+      <c r="G32" s="365"/>
+      <c r="H32" s="365"/>
       <c r="I32" s="4"/>
       <c r="K32" s="4"/>
       <c r="M32" s="4"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A33" s="11"/>
       <c r="B33" s="12"/>
       <c r="C33" s="13"/>
       <c r="E33" s="4"/>
       <c r="G33" s="4"/>
       <c r="I33" s="4"/>
       <c r="K33" s="4"/>
       <c r="M33" s="4"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A34" s="11"/>
       <c r="B34" s="12"/>
       <c r="C34" s="13"/>
       <c r="E34" s="4"/>
       <c r="G34" s="4"/>
       <c r="I34" s="4"/>
       <c r="K34" s="4"/>
       <c r="M34" s="4"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.25">
@@ -10364,441 +10870,441 @@
     <protectedRange sqref="A2:A102 C2:C102 E2:E21 G2:G21 I2:I21 K2:K11 M2:M11 M13:M21" name="Edit cells"/>
   </protectedRanges>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="I2:I6">
     <sortCondition ref="I2"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="E26:H32"/>
     <mergeCell ref="E24:G24"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E24:G24" location="Directions!A1" display="Directions!A1" xr:uid="{A4A9F29E-B72F-476C-B4A4-321408819CB3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFFED01"/>
   </sheetPr>
   <dimension ref="A1:AS155"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane xSplit="7" ySplit="3" topLeftCell="H4" activePane="bottomRight" state="frozen"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane xSplit="7" ySplit="3" topLeftCell="T4" activePane="bottomRight" state="frozen"/>
       <selection activeCell="D1" sqref="D1"/>
       <selection pane="topRight" activeCell="H1" sqref="H1"/>
       <selection pane="bottomLeft" activeCell="D4" sqref="D4"/>
-      <selection pane="bottomRight" activeCell="E16" sqref="E16"/>
+      <selection pane="bottomRight" activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.28515625" style="268" customWidth="1"/>
     <col min="2" max="2" width="17.7109375" style="51" customWidth="1"/>
     <col min="3" max="4" width="30.7109375" style="51" customWidth="1"/>
     <col min="5" max="5" width="23.85546875" style="51" customWidth="1"/>
     <col min="6" max="7" width="20.7109375" style="51" customWidth="1"/>
     <col min="8" max="8" width="3.28515625" style="14" customWidth="1"/>
     <col min="9" max="9" width="17.28515625" style="51" customWidth="1"/>
     <col min="10" max="11" width="10.140625" style="51" customWidth="1"/>
     <col min="12" max="12" width="16.140625" style="52" customWidth="1"/>
     <col min="13" max="13" width="16.7109375" style="52" customWidth="1"/>
     <col min="14" max="14" width="10.140625" style="52" customWidth="1"/>
     <col min="15" max="21" width="16.7109375" style="52" customWidth="1"/>
     <col min="22" max="22" width="32.140625" style="14" customWidth="1"/>
     <col min="23" max="28" width="16.7109375" style="52" customWidth="1"/>
     <col min="29" max="39" width="16.7109375" style="51" customWidth="1"/>
     <col min="40" max="43" width="16.7109375" style="52" customWidth="1"/>
     <col min="44" max="44" width="3.28515625" style="271" customWidth="1"/>
     <col min="45" max="45" width="9.140625" style="57" customWidth="1"/>
     <col min="46" max="16384" width="9.140625" style="51"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:45" s="343" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="E1" s="337" t="s">
+    <row r="1" spans="1:45" s="342" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="335"/>
+      <c r="B1" s="387" t="s">
+        <v>295</v>
+      </c>
+      <c r="C1" s="388"/>
+      <c r="D1" s="336"/>
+      <c r="E1" s="336" t="s">
         <v>213</v>
       </c>
-      <c r="F1" s="337"/>
-[...2 lines deleted...]
-      <c r="I1" s="371" t="s">
+      <c r="F1" s="336"/>
+      <c r="G1" s="337"/>
+      <c r="H1" s="338"/>
+      <c r="I1" s="372" t="s">
         <v>224</v>
       </c>
-      <c r="J1" s="372"/>
-[...12 lines deleted...]
-      <c r="W1" s="368" t="s">
+      <c r="J1" s="373"/>
+      <c r="K1" s="373"/>
+      <c r="L1" s="373"/>
+      <c r="M1" s="373"/>
+      <c r="N1" s="373"/>
+      <c r="O1" s="373"/>
+      <c r="P1" s="373"/>
+      <c r="Q1" s="373"/>
+      <c r="R1" s="373"/>
+      <c r="S1" s="373"/>
+      <c r="T1" s="374"/>
+      <c r="U1" s="339"/>
+      <c r="V1" s="338"/>
+      <c r="W1" s="369" t="s">
         <v>223</v>
       </c>
-      <c r="X1" s="369"/>
-[...20 lines deleted...]
-      <c r="AS1" s="342"/>
+      <c r="X1" s="370"/>
+      <c r="Y1" s="370"/>
+      <c r="Z1" s="370"/>
+      <c r="AA1" s="370"/>
+      <c r="AB1" s="370"/>
+      <c r="AC1" s="370"/>
+      <c r="AD1" s="370"/>
+      <c r="AE1" s="370"/>
+      <c r="AF1" s="370"/>
+      <c r="AG1" s="370"/>
+      <c r="AH1" s="370"/>
+      <c r="AI1" s="370"/>
+      <c r="AJ1" s="370"/>
+      <c r="AK1" s="370"/>
+      <c r="AL1" s="370"/>
+      <c r="AM1" s="370"/>
+      <c r="AN1" s="370"/>
+      <c r="AO1" s="370"/>
+      <c r="AP1" s="370"/>
+      <c r="AQ1" s="371"/>
+      <c r="AR1" s="340"/>
+      <c r="AS1" s="341"/>
     </row>
     <row r="2" spans="1:45" s="201" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="266"/>
-      <c r="B2" s="382" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="382" t="s">
+      <c r="B2" s="383" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="383" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="384" t="s">
+      <c r="D2" s="385" t="s">
+        <v>267</v>
+      </c>
+      <c r="E2" s="377" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" s="377" t="s">
+        <v>47</v>
+      </c>
+      <c r="G2" s="377" t="s">
+        <v>264</v>
+      </c>
+      <c r="H2" s="197"/>
+      <c r="I2" s="378" t="s">
+        <v>265</v>
+      </c>
+      <c r="J2" s="379"/>
+      <c r="K2" s="379"/>
+      <c r="L2" s="380"/>
+      <c r="M2" s="392" t="s">
+        <v>266</v>
+      </c>
+      <c r="N2" s="393"/>
+      <c r="O2" s="393"/>
+      <c r="P2" s="393"/>
+      <c r="Q2" s="393"/>
+      <c r="R2" s="394"/>
+      <c r="S2" s="375" t="s">
+        <v>225</v>
+      </c>
+      <c r="T2" s="375" t="s">
         <v>268</v>
       </c>
-      <c r="E2" s="376" t="s">
-[...26 lines deleted...]
-      <c r="T2" s="374" t="s">
+      <c r="U2" s="377" t="s">
+        <v>326</v>
+      </c>
+      <c r="V2" s="377" t="s">
+        <v>226</v>
+      </c>
+      <c r="W2" s="377" t="s">
         <v>269</v>
       </c>
-      <c r="U2" s="376" t="s">
+      <c r="X2" s="377" t="s">
+        <v>270</v>
+      </c>
+      <c r="Y2" s="377" t="s">
+        <v>271</v>
+      </c>
+      <c r="Z2" s="367" t="s">
         <v>328</v>
       </c>
-      <c r="V2" s="376" t="s">
-[...8 lines deleted...]
-      <c r="Y2" s="376" t="s">
+      <c r="AA2" s="367" t="s">
         <v>272</v>
       </c>
-      <c r="Z2" s="366" t="s">
-[...2 lines deleted...]
-      <c r="AA2" s="366" t="s">
+      <c r="AB2" s="367" t="s">
         <v>273</v>
       </c>
-      <c r="AB2" s="366" t="s">
+      <c r="AC2" s="389" t="s">
         <v>274</v>
       </c>
-      <c r="AC2" s="388" t="s">
+      <c r="AD2" s="390"/>
+      <c r="AE2" s="391"/>
+      <c r="AF2" s="367" t="s">
+        <v>183</v>
+      </c>
+      <c r="AG2" s="367" t="s">
+        <v>183</v>
+      </c>
+      <c r="AH2" s="367" t="s">
+        <v>183</v>
+      </c>
+      <c r="AI2" s="367" t="s">
+        <v>183</v>
+      </c>
+      <c r="AJ2" s="389" t="s">
         <v>275</v>
       </c>
-      <c r="AD2" s="389"/>
-[...13 lines deleted...]
-      <c r="AJ2" s="388" t="s">
+      <c r="AK2" s="390"/>
+      <c r="AL2" s="390"/>
+      <c r="AM2" s="391"/>
+      <c r="AN2" s="367" t="s">
         <v>276</v>
       </c>
-      <c r="AK2" s="389"/>
-[...2 lines deleted...]
-      <c r="AN2" s="366" t="s">
+      <c r="AO2" s="367" t="s">
         <v>277</v>
       </c>
-      <c r="AO2" s="366" t="s">
+      <c r="AP2" s="367" t="s">
+        <v>126</v>
+      </c>
+      <c r="AQ2" s="367" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
       <c r="AR2" s="269"/>
       <c r="AS2" s="200"/>
     </row>
     <row r="3" spans="1:45" s="205" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="266"/>
-      <c r="B3" s="383"/>
-[...4 lines deleted...]
-      <c r="G3" s="375"/>
+      <c r="B3" s="384"/>
+      <c r="C3" s="384"/>
+      <c r="D3" s="386"/>
+      <c r="E3" s="376"/>
+      <c r="F3" s="376"/>
+      <c r="G3" s="376"/>
       <c r="H3" s="202"/>
       <c r="I3" s="198" t="s">
         <v>163</v>
       </c>
       <c r="J3" s="178" t="s">
         <v>61</v>
       </c>
       <c r="K3" s="178" t="s">
         <v>81</v>
       </c>
       <c r="L3" s="203" t="s">
         <v>60</v>
       </c>
       <c r="M3" s="199" t="s">
         <v>166</v>
       </c>
       <c r="N3" s="199" t="s">
         <v>192</v>
       </c>
       <c r="O3" s="178" t="s">
         <v>3</v>
       </c>
       <c r="P3" s="178" t="s">
         <v>4</v>
       </c>
       <c r="Q3" s="178" t="s">
         <v>83</v>
       </c>
       <c r="R3" s="204" t="s">
         <v>5</v>
       </c>
-      <c r="S3" s="375"/>
-[...8 lines deleted...]
-      <c r="AB3" s="367"/>
+      <c r="S3" s="376"/>
+      <c r="T3" s="376"/>
+      <c r="U3" s="376"/>
+      <c r="V3" s="376"/>
+      <c r="W3" s="376"/>
+      <c r="X3" s="376"/>
+      <c r="Y3" s="376"/>
+      <c r="Z3" s="368"/>
+      <c r="AA3" s="368"/>
+      <c r="AB3" s="368"/>
       <c r="AC3" s="205" t="s">
         <v>2</v>
       </c>
       <c r="AD3" s="179" t="s">
         <v>165</v>
       </c>
       <c r="AE3" s="179" t="s">
         <v>60</v>
       </c>
-      <c r="AF3" s="367"/>
-[...2 lines deleted...]
-      <c r="AI3" s="367"/>
+      <c r="AF3" s="368"/>
+      <c r="AG3" s="368"/>
+      <c r="AH3" s="368"/>
+      <c r="AI3" s="368"/>
       <c r="AJ3" s="179" t="s">
         <v>167</v>
       </c>
       <c r="AK3" s="179" t="s">
         <v>6</v>
       </c>
       <c r="AL3" s="179" t="s">
         <v>7</v>
       </c>
       <c r="AM3" s="205" t="s">
         <v>5</v>
       </c>
-      <c r="AN3" s="367"/>
-[...2 lines deleted...]
-      <c r="AQ3" s="367"/>
+      <c r="AN3" s="368"/>
+      <c r="AO3" s="368"/>
+      <c r="AP3" s="368"/>
+      <c r="AQ3" s="368"/>
       <c r="AR3" s="269"/>
       <c r="AS3" s="206"/>
     </row>
     <row r="4" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A4" s="267"/>
       <c r="B4" s="18"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="20"/>
       <c r="I4" s="21"/>
       <c r="L4" s="22">
         <f>J4*K4</f>
         <v>0</v>
       </c>
       <c r="M4" s="21"/>
       <c r="N4" s="21"/>
       <c r="R4" s="22">
         <f>O4*P4*Q4</f>
         <v>0</v>
       </c>
       <c r="S4" s="21"/>
       <c r="U4" s="19">
-        <f t="shared" ref="U4:U51" si="0">SUM(L4,W4,X4,,AO4,Y4,Z4,AA4,AB4,R4,,AD4,AE4,,AF4,AG4,AH4,AI4,AM4,,AN4,AQ4)</f>
+        <f>SUM(L4,T4,W4,X4,,AO4,Y4,Z4,AA4,AB4,R4,,AD4,AE4,,AF4,AG4,AH4,AI4,AM4,,AN4,AQ4)</f>
         <v>0</v>
       </c>
       <c r="V4" s="20"/>
       <c r="W4" s="23"/>
       <c r="X4" s="23"/>
       <c r="Y4" s="23"/>
       <c r="Z4" s="23"/>
       <c r="AA4" s="23"/>
       <c r="AB4" s="23"/>
       <c r="AD4" s="23"/>
       <c r="AE4" s="22">
         <f>AD4*AC4</f>
         <v>0</v>
       </c>
       <c r="AF4" s="23"/>
       <c r="AG4" s="23"/>
       <c r="AH4" s="23"/>
       <c r="AI4" s="23"/>
       <c r="AJ4" s="21"/>
       <c r="AM4" s="23"/>
       <c r="AN4" s="23"/>
       <c r="AO4" s="23"/>
       <c r="AP4" s="23"/>
       <c r="AQ4" s="23"/>
       <c r="AR4" s="270"/>
       <c r="AS4" s="24"/>
     </row>
     <row r="5" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="267"/>
       <c r="D5" s="27"/>
       <c r="E5" s="27"/>
       <c r="F5" s="27"/>
       <c r="G5" s="27"/>
       <c r="H5" s="26"/>
       <c r="I5" s="27"/>
       <c r="L5" s="28">
-        <f t="shared" ref="L5:L6" si="1">J5*K5</f>
+        <f t="shared" ref="L5:L6" si="0">J5*K5</f>
         <v>0</v>
       </c>
       <c r="M5" s="27"/>
       <c r="N5" s="27"/>
       <c r="R5" s="28">
-        <f t="shared" ref="R5:R6" si="2">O5*P5*Q5</f>
+        <f t="shared" ref="R5:R6" si="1">O5*P5*Q5</f>
         <v>0</v>
       </c>
       <c r="S5" s="27"/>
       <c r="U5" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U5:U6" si="2">SUM(L5,T5,W5,X5,,AO5,Y5,Z5,AA5,AB5,R5,,AD5,AE5,,AF5,AG5,AH5,AI5,AM5,,AN5,AQ5)</f>
         <v>0</v>
       </c>
       <c r="V5" s="26"/>
       <c r="W5" s="29"/>
       <c r="X5" s="29"/>
       <c r="Y5" s="29"/>
       <c r="Z5" s="29"/>
       <c r="AA5" s="29"/>
       <c r="AB5" s="29"/>
       <c r="AD5" s="29"/>
       <c r="AE5" s="28">
         <f t="shared" ref="AE5:AE6" si="3">AD5*AC5</f>
         <v>0</v>
       </c>
       <c r="AF5" s="29"/>
       <c r="AG5" s="29"/>
       <c r="AH5" s="29"/>
       <c r="AI5" s="29"/>
       <c r="AJ5" s="27"/>
       <c r="AM5" s="29"/>
       <c r="AN5" s="29"/>
       <c r="AO5" s="29"/>
       <c r="AP5" s="29"/>
       <c r="AQ5" s="29"/>
       <c r="AR5" s="270"/>
       <c r="AS5" s="30"/>
     </row>
     <row r="6" spans="1:45" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="268"/>
       <c r="B6" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D6" s="32"/>
       <c r="E6" s="32"/>
       <c r="F6" s="32"/>
       <c r="G6" s="32"/>
       <c r="H6" s="14"/>
       <c r="I6" s="32"/>
       <c r="L6" s="33">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="M6" s="32"/>
       <c r="N6" s="32"/>
       <c r="R6" s="33">
-        <f t="shared" si="2"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S6" s="32"/>
       <c r="U6" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="V6" s="14"/>
       <c r="W6" s="34"/>
       <c r="X6" s="34"/>
       <c r="Y6" s="34"/>
       <c r="Z6" s="34"/>
       <c r="AA6" s="34"/>
       <c r="AB6" s="34"/>
       <c r="AD6" s="34"/>
       <c r="AE6" s="33">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AF6" s="34"/>
       <c r="AG6" s="34"/>
       <c r="AH6" s="34"/>
       <c r="AI6" s="34"/>
       <c r="AJ6" s="32"/>
       <c r="AM6" s="34"/>
       <c r="AN6" s="34"/>
       <c r="AO6" s="34"/>
       <c r="AP6" s="34"/>
       <c r="AQ6" s="34"/>
       <c r="AR6" s="271"/>
@@ -10809,602 +11315,602 @@
       <c r="C7" s="36" t="s">
         <v>48</v>
       </c>
       <c r="H7" s="38"/>
       <c r="J7" s="36">
         <f>SUM(J4:J6)</f>
         <v>0</v>
       </c>
       <c r="L7" s="39">
         <f t="shared" ref="L7" si="4">SUM(L4:L6)</f>
         <v>0</v>
       </c>
       <c r="O7" s="36">
         <f>SUM(O4:O6)</f>
         <v>0</v>
       </c>
       <c r="P7" s="36">
         <f>SUM(P4:P6)</f>
         <v>0</v>
       </c>
       <c r="R7" s="39">
         <f>SUM(R4:R6)</f>
         <v>0</v>
       </c>
       <c r="U7" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U7:U51" si="5">SUM(L7,W7,X7,,AO7,Y7,Z7,AA7,AB7,R7,,AD7,AE7,,AF7,AG7,AH7,AI7,AM7,,AN7,AQ7)</f>
         <v>0</v>
       </c>
       <c r="V7" s="38"/>
       <c r="W7" s="37">
         <f>SUM(W4:W6)+SUMIF($S4:$S6,W$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="X7" s="37">
-        <f t="shared" ref="X7:AB7" si="5">SUM(X4:X6)+SUMIF($S4:$S6,X$2,$T4:$T6)</f>
+        <f t="shared" ref="X7:AB7" si="6">SUM(X4:X6)+SUMIF($S4:$S6,X$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="Y7" s="37">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="Z7" s="37">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AA7" s="37">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AB7" s="37">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="AC7" s="36">
-        <f t="shared" ref="AC7:AE7" si="6">SUM(AC4:AC6)</f>
+        <f t="shared" ref="AC7:AE7" si="7">SUM(AC4:AC6)</f>
         <v>0</v>
       </c>
       <c r="AD7" s="37">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AE7" s="39">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="AF7" s="37">
-        <f t="shared" ref="AF7" si="7">SUM(AF4:AF6)+SUMIF($S4:$S6,AF$2,$T4:$T6)</f>
+        <f t="shared" ref="AF7" si="8">SUM(AF4:AF6)+SUMIF($S4:$S6,AF$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="AG7" s="37">
-        <f t="shared" ref="AG7" si="8">SUM(AG4:AG6)+SUMIF($S4:$S6,AG$2,$T4:$T6)</f>
+        <f t="shared" ref="AG7" si="9">SUM(AG4:AG6)+SUMIF($S4:$S6,AG$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="AH7" s="37">
-        <f t="shared" ref="AH7" si="9">SUM(AH4:AH6)+SUMIF($S4:$S6,AH$2,$T4:$T6)</f>
+        <f t="shared" ref="AH7" si="10">SUM(AH4:AH6)+SUMIF($S4:$S6,AH$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="AI7" s="37">
-        <f t="shared" ref="AI7" si="10">SUM(AI4:AI6)+SUMIF($S4:$S6,AI$2,$T4:$T6)</f>
+        <f t="shared" ref="AI7" si="11">SUM(AI4:AI6)+SUMIF($S4:$S6,AI$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="AK7" s="36">
-        <f t="shared" ref="AK7:AL7" si="11">SUM(AK4:AK6)</f>
+        <f t="shared" ref="AK7:AL7" si="12">SUM(AK4:AK6)</f>
         <v>0</v>
       </c>
       <c r="AL7" s="36">
-        <f t="shared" si="11"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AM7" s="37">
-        <f t="shared" ref="AM7" si="12">SUM(AM4:AM6)+SUMIF($S4:$S6,AM$2,$T4:$T6)</f>
+        <f t="shared" ref="AM7" si="13">SUM(AM4:AM6)+SUMIF($S4:$S6,AM$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="AN7" s="37">
-        <f t="shared" ref="AN7" si="13">SUM(AN4:AN6)+SUMIF($S4:$S6,AN$2,$T4:$T6)</f>
+        <f t="shared" ref="AN7" si="14">SUM(AN4:AN6)+SUMIF($S4:$S6,AN$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="AO7" s="37">
-        <f t="shared" ref="AO7" si="14">SUM(AO4:AO6)+SUMIF($S4:$S6,AO$2,$T4:$T6)</f>
+        <f t="shared" ref="AO7" si="15">SUM(AO4:AO6)+SUMIF($S4:$S6,AO$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="AP7" s="37">
-        <f t="shared" ref="AP7" si="15">SUM(AP4:AP6)+SUMIF($S4:$S6,AP$2,$T4:$T6)</f>
+        <f t="shared" ref="AP7" si="16">SUM(AP4:AP6)+SUMIF($S4:$S6,AP$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="AQ7" s="37">
-        <f t="shared" ref="AQ7" si="16">SUM(AQ4:AQ6)+SUMIF($S4:$S6,AQ$2,$T4:$T6)</f>
+        <f t="shared" ref="AQ7" si="17">SUM(AQ4:AQ6)+SUMIF($S4:$S6,AQ$2,$T4:$T6)</f>
         <v>0</v>
       </c>
       <c r="AR7" s="271"/>
       <c r="AS7" s="40"/>
     </row>
     <row r="8" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A8" s="267"/>
       <c r="C8" s="180"/>
       <c r="D8" s="21"/>
       <c r="E8" s="21"/>
       <c r="F8" s="21"/>
       <c r="G8" s="21"/>
       <c r="H8" s="20"/>
       <c r="I8" s="21"/>
       <c r="L8" s="22">
-        <f t="shared" ref="L8:L9" si="17">J8*K8</f>
+        <f t="shared" ref="L8:L9" si="18">J8*K8</f>
         <v>0</v>
       </c>
       <c r="M8" s="21"/>
       <c r="N8" s="21"/>
       <c r="R8" s="22">
-        <f t="shared" ref="R8:R9" si="18">O8*P8*Q8</f>
+        <f t="shared" ref="R8:R9" si="19">O8*P8*Q8</f>
         <v>0</v>
       </c>
       <c r="S8" s="21"/>
       <c r="U8" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U8:U10" si="20">SUM(L8,T8,W8,X8,,AO8,Y8,Z8,AA8,AB8,R8,,AD8,AE8,,AF8,AG8,AH8,AI8,AM8,,AN8,AQ8)</f>
         <v>0</v>
       </c>
       <c r="V8" s="20"/>
       <c r="W8" s="23"/>
       <c r="X8" s="23"/>
       <c r="Y8" s="23"/>
       <c r="Z8" s="23"/>
       <c r="AA8" s="23"/>
       <c r="AB8" s="23"/>
       <c r="AD8" s="23"/>
       <c r="AE8" s="22">
         <f>AD8*AC8</f>
         <v>0</v>
       </c>
       <c r="AF8" s="23"/>
       <c r="AG8" s="23"/>
       <c r="AH8" s="23"/>
       <c r="AI8" s="23"/>
       <c r="AJ8" s="21"/>
       <c r="AM8" s="23"/>
       <c r="AN8" s="23"/>
       <c r="AO8" s="23"/>
       <c r="AP8" s="23"/>
       <c r="AQ8" s="23"/>
       <c r="AR8" s="270"/>
       <c r="AS8" s="24"/>
     </row>
     <row r="9" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="267"/>
       <c r="C9" s="181"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="26"/>
       <c r="I9" s="27"/>
       <c r="L9" s="28">
-        <f t="shared" si="17"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="M9" s="27"/>
       <c r="N9" s="27"/>
       <c r="R9" s="28">
-        <f t="shared" si="18"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="S9" s="27"/>
       <c r="U9" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="V9" s="26"/>
       <c r="W9" s="29"/>
       <c r="X9" s="29"/>
       <c r="Y9" s="29"/>
       <c r="Z9" s="29"/>
       <c r="AA9" s="29"/>
       <c r="AB9" s="29"/>
       <c r="AD9" s="29"/>
       <c r="AE9" s="28">
-        <f t="shared" ref="AE9" si="19">AD9*AC9</f>
+        <f t="shared" ref="AE9" si="21">AD9*AC9</f>
         <v>0</v>
       </c>
       <c r="AF9" s="29"/>
       <c r="AG9" s="29"/>
       <c r="AH9" s="29"/>
       <c r="AI9" s="29"/>
       <c r="AJ9" s="27"/>
       <c r="AM9" s="29"/>
       <c r="AN9" s="29"/>
       <c r="AO9" s="29"/>
       <c r="AP9" s="29"/>
       <c r="AQ9" s="29"/>
       <c r="AR9" s="270"/>
       <c r="AS9" s="30"/>
     </row>
     <row r="10" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="267"/>
       <c r="B10" s="31" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="181"/>
       <c r="D10" s="27"/>
       <c r="E10" s="27"/>
       <c r="F10" s="27"/>
       <c r="G10" s="27"/>
       <c r="H10" s="26"/>
       <c r="I10" s="27"/>
       <c r="L10" s="28">
-        <f t="shared" ref="L10" si="20">J10*K10</f>
+        <f t="shared" ref="L10" si="22">J10*K10</f>
         <v>0</v>
       </c>
       <c r="M10" s="27"/>
       <c r="N10" s="27"/>
       <c r="R10" s="28">
-        <f t="shared" ref="R10" si="21">O10*P10*Q10</f>
+        <f t="shared" ref="R10" si="23">O10*P10*Q10</f>
         <v>0</v>
       </c>
       <c r="S10" s="27"/>
       <c r="U10" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="V10" s="26"/>
       <c r="W10" s="29"/>
       <c r="X10" s="29"/>
       <c r="Y10" s="29"/>
       <c r="Z10" s="29"/>
       <c r="AA10" s="29"/>
       <c r="AB10" s="29"/>
       <c r="AD10" s="29"/>
       <c r="AE10" s="28">
-        <f t="shared" ref="AE10" si="22">AD10*AC10</f>
+        <f t="shared" ref="AE10" si="24">AD10*AC10</f>
         <v>0</v>
       </c>
       <c r="AF10" s="29"/>
       <c r="AG10" s="29"/>
       <c r="AH10" s="29"/>
       <c r="AI10" s="29"/>
       <c r="AJ10" s="27"/>
       <c r="AM10" s="29"/>
       <c r="AN10" s="29"/>
       <c r="AO10" s="29"/>
       <c r="AP10" s="29"/>
       <c r="AQ10" s="29"/>
       <c r="AR10" s="270"/>
       <c r="AS10" s="30"/>
     </row>
     <row r="11" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="268"/>
       <c r="C11" s="36" t="s">
         <v>49</v>
       </c>
       <c r="H11" s="38"/>
       <c r="J11" s="36">
         <f>SUM(J8:J10)</f>
         <v>0</v>
       </c>
       <c r="L11" s="39">
         <f>SUM(L8:L10)</f>
         <v>0</v>
       </c>
       <c r="O11" s="36">
         <f>SUM(O8:O10)</f>
         <v>0</v>
       </c>
       <c r="P11" s="36">
         <f>SUM(P8:P10)</f>
         <v>0</v>
       </c>
       <c r="R11" s="39">
         <f>SUM(R8:R10)</f>
         <v>0</v>
       </c>
       <c r="U11" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V11" s="38"/>
       <c r="W11" s="37">
         <f>SUM(W8:W10)+SUMIF($S8:$S10,W$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="X11" s="37">
-        <f t="shared" ref="X11" si="23">SUM(X8:X10)+SUMIF($S8:$S10,X$2,$T8:$T10)</f>
+        <f t="shared" ref="X11" si="25">SUM(X8:X10)+SUMIF($S8:$S10,X$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="Y11" s="37">
-        <f t="shared" ref="Y11" si="24">SUM(Y8:Y10)+SUMIF($S8:$S10,Y$2,$T8:$T10)</f>
+        <f t="shared" ref="Y11" si="26">SUM(Y8:Y10)+SUMIF($S8:$S10,Y$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="Z11" s="37">
-        <f t="shared" ref="Z11" si="25">SUM(Z8:Z10)+SUMIF($S8:$S10,Z$2,$T8:$T10)</f>
+        <f t="shared" ref="Z11" si="27">SUM(Z8:Z10)+SUMIF($S8:$S10,Z$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AA11" s="37">
-        <f t="shared" ref="AA11" si="26">SUM(AA8:AA10)+SUMIF($S8:$S10,AA$2,$T8:$T10)</f>
+        <f t="shared" ref="AA11" si="28">SUM(AA8:AA10)+SUMIF($S8:$S10,AA$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AB11" s="37">
-        <f t="shared" ref="AB11" si="27">SUM(AB8:AB10)+SUMIF($S8:$S10,AB$2,$T8:$T10)</f>
+        <f t="shared" ref="AB11" si="29">SUM(AB8:AB10)+SUMIF($S8:$S10,AB$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AC11" s="36">
-        <f t="shared" ref="AC11:AE11" si="28">SUM(AC8:AC10)</f>
+        <f t="shared" ref="AC11:AE11" si="30">SUM(AC8:AC10)</f>
         <v>0</v>
       </c>
       <c r="AD11" s="37">
-        <f t="shared" si="28"/>
+        <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AE11" s="39">
-        <f t="shared" si="28"/>
+        <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="AF11" s="37">
-        <f t="shared" ref="AF11" si="29">SUM(AF8:AF10)+SUMIF($S8:$S10,AF$2,$T8:$T10)</f>
+        <f t="shared" ref="AF11" si="31">SUM(AF8:AF10)+SUMIF($S8:$S10,AF$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AG11" s="37">
-        <f t="shared" ref="AG11" si="30">SUM(AG8:AG10)+SUMIF($S8:$S10,AG$2,$T8:$T10)</f>
+        <f t="shared" ref="AG11" si="32">SUM(AG8:AG10)+SUMIF($S8:$S10,AG$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AH11" s="37">
-        <f t="shared" ref="AH11" si="31">SUM(AH8:AH10)+SUMIF($S8:$S10,AH$2,$T8:$T10)</f>
+        <f t="shared" ref="AH11" si="33">SUM(AH8:AH10)+SUMIF($S8:$S10,AH$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AI11" s="37">
-        <f t="shared" ref="AI11" si="32">SUM(AI8:AI10)+SUMIF($S8:$S10,AI$2,$T8:$T10)</f>
+        <f t="shared" ref="AI11" si="34">SUM(AI8:AI10)+SUMIF($S8:$S10,AI$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AK11" s="36">
-        <f t="shared" ref="AK11:AL11" si="33">SUM(AK8:AK10)</f>
+        <f t="shared" ref="AK11:AL11" si="35">SUM(AK8:AK10)</f>
         <v>0</v>
       </c>
       <c r="AL11" s="36">
-        <f t="shared" si="33"/>
+        <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="AM11" s="37">
-        <f t="shared" ref="AM11" si="34">SUM(AM8:AM10)+SUMIF($S8:$S10,AM$2,$T8:$T10)</f>
+        <f t="shared" ref="AM11" si="36">SUM(AM8:AM10)+SUMIF($S8:$S10,AM$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AN11" s="37">
-        <f t="shared" ref="AN11" si="35">SUM(AN8:AN10)+SUMIF($S8:$S10,AN$2,$T8:$T10)</f>
+        <f t="shared" ref="AN11" si="37">SUM(AN8:AN10)+SUMIF($S8:$S10,AN$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AO11" s="37">
-        <f t="shared" ref="AO11" si="36">SUM(AO8:AO10)+SUMIF($S8:$S10,AO$2,$T8:$T10)</f>
+        <f t="shared" ref="AO11" si="38">SUM(AO8:AO10)+SUMIF($S8:$S10,AO$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AP11" s="37">
-        <f t="shared" ref="AP11" si="37">SUM(AP8:AP10)+SUMIF($S8:$S10,AP$2,$T8:$T10)</f>
+        <f t="shared" ref="AP11" si="39">SUM(AP8:AP10)+SUMIF($S8:$S10,AP$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AQ11" s="37">
-        <f t="shared" ref="AQ11" si="38">SUM(AQ8:AQ10)+SUMIF($S8:$S10,AQ$2,$T8:$T10)</f>
+        <f t="shared" ref="AQ11" si="40">SUM(AQ8:AQ10)+SUMIF($S8:$S10,AQ$2,$T8:$T10)</f>
         <v>0</v>
       </c>
       <c r="AR11" s="271"/>
       <c r="AS11" s="40"/>
     </row>
     <row r="12" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A12" s="267"/>
       <c r="D12" s="21"/>
       <c r="E12" s="21"/>
       <c r="F12" s="27"/>
       <c r="G12" s="21"/>
       <c r="H12" s="20"/>
       <c r="I12" s="21"/>
       <c r="L12" s="22">
-        <f t="shared" ref="L12:L14" si="39">J12*K12</f>
+        <f t="shared" ref="L12:L14" si="41">J12*K12</f>
         <v>0</v>
       </c>
       <c r="M12" s="21"/>
       <c r="N12" s="21"/>
       <c r="R12" s="22">
-        <f t="shared" ref="R12:R14" si="40">O12*P12*Q12</f>
+        <f t="shared" ref="R12:R14" si="42">O12*P12*Q12</f>
         <v>0</v>
       </c>
       <c r="S12" s="21"/>
       <c r="U12" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U12:U14" si="43">SUM(L12,T12,W12,X12,,AO12,Y12,Z12,AA12,AB12,R12,,AD12,AE12,,AF12,AG12,AH12,AI12,AM12,,AN12,AQ12)</f>
         <v>0</v>
       </c>
       <c r="V12" s="20"/>
       <c r="W12" s="23"/>
       <c r="X12" s="23"/>
       <c r="Y12" s="23"/>
       <c r="Z12" s="23"/>
       <c r="AA12" s="23"/>
       <c r="AB12" s="23"/>
       <c r="AD12" s="23"/>
       <c r="AE12" s="22">
         <f>AD12*AC12</f>
         <v>0</v>
       </c>
       <c r="AF12" s="23"/>
       <c r="AG12" s="23"/>
       <c r="AH12" s="23"/>
       <c r="AI12" s="23"/>
       <c r="AJ12" s="21"/>
       <c r="AM12" s="23"/>
       <c r="AN12" s="23"/>
       <c r="AO12" s="23"/>
       <c r="AP12" s="23"/>
       <c r="AQ12" s="23"/>
       <c r="AR12" s="270"/>
       <c r="AS12" s="24"/>
     </row>
     <row r="13" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="267"/>
-      <c r="B13" s="355"/>
+      <c r="B13" s="354"/>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="26"/>
       <c r="I13" s="27"/>
       <c r="L13" s="28">
-        <f t="shared" si="39"/>
+        <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="M13" s="27"/>
       <c r="N13" s="27"/>
       <c r="R13" s="28">
-        <f t="shared" si="40"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="S13" s="27"/>
       <c r="U13" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="43"/>
         <v>0</v>
       </c>
       <c r="V13" s="26"/>
       <c r="W13" s="29"/>
       <c r="X13" s="29"/>
       <c r="Y13" s="29"/>
       <c r="Z13" s="29"/>
       <c r="AA13" s="29"/>
       <c r="AB13" s="29"/>
       <c r="AD13" s="29"/>
       <c r="AE13" s="28">
-        <f t="shared" ref="AE13:AE14" si="41">AD13*AC13</f>
+        <f t="shared" ref="AE13:AE14" si="44">AD13*AC13</f>
         <v>0</v>
       </c>
       <c r="AF13" s="29"/>
       <c r="AG13" s="29"/>
       <c r="AH13" s="29"/>
       <c r="AI13" s="29"/>
       <c r="AJ13" s="27"/>
       <c r="AM13" s="29"/>
       <c r="AN13" s="29"/>
       <c r="AO13" s="29"/>
       <c r="AP13" s="29"/>
       <c r="AQ13" s="29"/>
       <c r="AR13" s="270"/>
       <c r="AS13" s="30"/>
     </row>
     <row r="14" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="267"/>
       <c r="B14" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D14" s="27"/>
       <c r="E14" s="27"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="26"/>
       <c r="I14" s="27"/>
       <c r="L14" s="28">
-        <f t="shared" si="39"/>
+        <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="R14" s="28">
-        <f t="shared" si="40"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="S14" s="27"/>
       <c r="U14" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="43"/>
         <v>0</v>
       </c>
       <c r="V14" s="26"/>
       <c r="W14" s="29"/>
       <c r="X14" s="29"/>
       <c r="Y14" s="29"/>
       <c r="Z14" s="29"/>
       <c r="AA14" s="29"/>
       <c r="AB14" s="29"/>
       <c r="AD14" s="29"/>
       <c r="AE14" s="28">
-        <f t="shared" si="41"/>
+        <f t="shared" si="44"/>
         <v>0</v>
       </c>
       <c r="AF14" s="29"/>
       <c r="AG14" s="29"/>
       <c r="AH14" s="29"/>
       <c r="AI14" s="29"/>
       <c r="AJ14" s="27"/>
       <c r="AM14" s="29"/>
       <c r="AN14" s="29"/>
       <c r="AO14" s="29"/>
       <c r="AP14" s="29"/>
       <c r="AQ14" s="29"/>
       <c r="AR14" s="270"/>
       <c r="AS14" s="30"/>
     </row>
     <row r="15" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="268"/>
       <c r="C15" s="36" t="s">
         <v>50</v>
       </c>
       <c r="H15" s="38"/>
       <c r="J15" s="36">
         <f>SUM(J12:J14)</f>
         <v>0</v>
       </c>
       <c r="L15" s="39">
         <f>SUM(L12:L14)</f>
         <v>0</v>
       </c>
       <c r="O15" s="36">
         <f>SUM(O12:O14)</f>
         <v>0</v>
       </c>
       <c r="P15" s="36">
         <f>SUM(P12:P14)</f>
         <v>0</v>
       </c>
       <c r="R15" s="39">
         <f>SUM(R12:R14)</f>
         <v>0</v>
       </c>
       <c r="U15" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V15" s="38"/>
       <c r="W15" s="37">
-        <f t="shared" ref="W15:AB15" si="42">SUM(W12:W14)+SUMIF($S12:$S14,W$2,$T12:$T14)</f>
+        <f t="shared" ref="W15:AB15" si="45">SUM(W12:W14)+SUMIF($S12:$S14,W$2,$T12:$T14)</f>
         <v>0</v>
       </c>
       <c r="X15" s="37">
-        <f t="shared" si="42"/>
+        <f t="shared" si="45"/>
         <v>0</v>
       </c>
       <c r="Y15" s="37">
-        <f t="shared" si="42"/>
+        <f t="shared" si="45"/>
         <v>0</v>
       </c>
       <c r="Z15" s="37">
-        <f t="shared" si="42"/>
+        <f t="shared" si="45"/>
         <v>0</v>
       </c>
       <c r="AA15" s="37">
-        <f t="shared" si="42"/>
+        <f t="shared" si="45"/>
         <v>0</v>
       </c>
       <c r="AB15" s="37">
-        <f t="shared" si="42"/>
+        <f t="shared" si="45"/>
         <v>0</v>
       </c>
       <c r="AC15" s="36">
         <f>SUM(AC12:AC14)</f>
         <v>0</v>
       </c>
       <c r="AD15" s="37">
         <f>SUM(AD12:AD14)</f>
         <v>0</v>
       </c>
       <c r="AE15" s="39">
         <f>SUM(AE12:AE14)</f>
         <v>0</v>
       </c>
       <c r="AF15" s="37">
         <f>SUM(AF12:AF14)+SUMIF($S12:$S14,AF$2,$T12:$T14)</f>
         <v>0</v>
       </c>
       <c r="AG15" s="37">
         <f>SUM(AG12:AG14)+SUMIF($S12:$S14,AG$2,$T12:$T14)</f>
         <v>0</v>
       </c>
       <c r="AH15" s="37">
         <f>SUM(AH12:AH14)+SUMIF($S12:$S14,AH$2,$T12:$T14)</f>
         <v>0</v>
@@ -11431,241 +11937,241 @@
       </c>
       <c r="AO15" s="37">
         <f>SUM(AO12:AO14)+SUMIF($S12:$S14,AO$2,$T12:$T14)</f>
         <v>0</v>
       </c>
       <c r="AP15" s="37">
         <f>SUM(AP12:AP14)+SUMIF($S12:$S14,AP$2,$T12:$T14)</f>
         <v>0</v>
       </c>
       <c r="AQ15" s="37">
         <f>SUM(AQ12:AQ14)+SUMIF($S12:$S14,AQ$2,$T12:$T14)</f>
         <v>0</v>
       </c>
       <c r="AR15" s="271"/>
       <c r="AS15" s="40"/>
     </row>
     <row r="16" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A16" s="267"/>
       <c r="D16" s="21"/>
       <c r="E16" s="21"/>
       <c r="F16" s="21"/>
       <c r="G16" s="21"/>
       <c r="H16" s="20"/>
       <c r="I16" s="21"/>
       <c r="L16" s="22">
-        <f t="shared" ref="L16:L17" si="43">J16*K16</f>
+        <f t="shared" ref="L16:L17" si="46">J16*K16</f>
         <v>0</v>
       </c>
       <c r="M16" s="21"/>
       <c r="N16" s="21"/>
       <c r="R16" s="22">
-        <f t="shared" ref="R16:R17" si="44">O16*P16*Q16</f>
+        <f t="shared" ref="R16:R17" si="47">O16*P16*Q16</f>
         <v>0</v>
       </c>
       <c r="S16" s="21"/>
       <c r="U16" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U16:U18" si="48">SUM(L16,T16,W16,X16,,AO16,Y16,Z16,AA16,AB16,R16,,AD16,AE16,,AF16,AG16,AH16,AI16,AM16,,AN16,AQ16)</f>
         <v>0</v>
       </c>
       <c r="V16" s="20"/>
       <c r="W16" s="23"/>
       <c r="X16" s="23"/>
       <c r="Y16" s="23"/>
       <c r="Z16" s="23"/>
       <c r="AA16" s="23"/>
       <c r="AB16" s="23"/>
       <c r="AD16" s="23"/>
       <c r="AE16" s="22">
         <f>AD16*AC16</f>
         <v>0</v>
       </c>
       <c r="AF16" s="23"/>
       <c r="AG16" s="23"/>
       <c r="AH16" s="23"/>
       <c r="AI16" s="23"/>
       <c r="AJ16" s="21"/>
       <c r="AM16" s="23"/>
       <c r="AN16" s="23"/>
       <c r="AO16" s="23"/>
       <c r="AP16" s="23"/>
       <c r="AQ16" s="23"/>
       <c r="AR16" s="270"/>
       <c r="AS16" s="24"/>
     </row>
     <row r="17" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="267"/>
       <c r="D17" s="27"/>
       <c r="E17" s="27"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="26"/>
       <c r="I17" s="27"/>
       <c r="L17" s="28">
-        <f t="shared" si="43"/>
+        <f t="shared" si="46"/>
         <v>0</v>
       </c>
       <c r="M17" s="27"/>
       <c r="N17" s="27"/>
       <c r="R17" s="28">
-        <f t="shared" si="44"/>
+        <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="S17" s="27"/>
       <c r="U17" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="48"/>
         <v>0</v>
       </c>
       <c r="V17" s="26"/>
       <c r="W17" s="29"/>
       <c r="X17" s="29"/>
       <c r="Y17" s="29"/>
       <c r="Z17" s="29"/>
       <c r="AA17" s="29"/>
       <c r="AB17" s="29"/>
       <c r="AD17" s="29"/>
       <c r="AE17" s="28">
-        <f t="shared" ref="AE17" si="45">AD17*AC17</f>
+        <f t="shared" ref="AE17" si="49">AD17*AC17</f>
         <v>0</v>
       </c>
       <c r="AF17" s="29"/>
       <c r="AG17" s="29"/>
       <c r="AH17" s="29"/>
       <c r="AI17" s="29"/>
       <c r="AJ17" s="27"/>
       <c r="AM17" s="29"/>
       <c r="AN17" s="29"/>
       <c r="AO17" s="29"/>
       <c r="AP17" s="29"/>
       <c r="AQ17" s="29"/>
       <c r="AR17" s="270"/>
       <c r="AS17" s="30"/>
     </row>
     <row r="18" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="267"/>
       <c r="B18" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D18" s="27"/>
       <c r="E18" s="27"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="26"/>
       <c r="I18" s="27"/>
       <c r="L18" s="28">
-        <f t="shared" ref="L18" si="46">J18*K18</f>
+        <f t="shared" ref="L18" si="50">J18*K18</f>
         <v>0</v>
       </c>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="R18" s="28">
-        <f t="shared" ref="R18" si="47">O18*P18*Q18</f>
+        <f t="shared" ref="R18" si="51">O18*P18*Q18</f>
         <v>0</v>
       </c>
       <c r="S18" s="27"/>
       <c r="U18" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="48"/>
         <v>0</v>
       </c>
       <c r="V18" s="26"/>
       <c r="W18" s="29"/>
       <c r="X18" s="29"/>
       <c r="Y18" s="29"/>
       <c r="Z18" s="29"/>
       <c r="AA18" s="29"/>
       <c r="AB18" s="29"/>
       <c r="AD18" s="29"/>
       <c r="AE18" s="28">
-        <f t="shared" ref="AE18" si="48">AD18*AC18</f>
+        <f t="shared" ref="AE18" si="52">AD18*AC18</f>
         <v>0</v>
       </c>
       <c r="AF18" s="29"/>
       <c r="AG18" s="29"/>
       <c r="AH18" s="29"/>
       <c r="AI18" s="29"/>
       <c r="AJ18" s="27"/>
       <c r="AM18" s="29"/>
       <c r="AN18" s="29"/>
       <c r="AO18" s="29"/>
       <c r="AP18" s="29"/>
       <c r="AQ18" s="29"/>
       <c r="AR18" s="270"/>
       <c r="AS18" s="30"/>
     </row>
     <row r="19" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="268"/>
       <c r="C19" s="36" t="s">
         <v>51</v>
       </c>
       <c r="H19" s="38"/>
       <c r="J19" s="36">
         <f>SUM(J16:J18)</f>
         <v>0</v>
       </c>
       <c r="L19" s="39">
         <f>SUM(L16:L18)</f>
         <v>0</v>
       </c>
       <c r="O19" s="36">
         <f>SUM(O16:O18)</f>
         <v>0</v>
       </c>
       <c r="P19" s="36">
         <f>SUM(P16:P18)</f>
         <v>0</v>
       </c>
       <c r="R19" s="39">
         <f>SUM(R16:R18)</f>
         <v>0</v>
       </c>
       <c r="U19" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V19" s="38"/>
       <c r="W19" s="37">
-        <f t="shared" ref="W19:AB19" si="49">SUM(W16:W18)+SUMIF($S16:$S18,W$2,$T16:$T18)</f>
+        <f t="shared" ref="W19:AB19" si="53">SUM(W16:W18)+SUMIF($S16:$S18,W$2,$T16:$T18)</f>
         <v>0</v>
       </c>
       <c r="X19" s="37">
-        <f t="shared" si="49"/>
+        <f t="shared" si="53"/>
         <v>0</v>
       </c>
       <c r="Y19" s="37">
-        <f t="shared" si="49"/>
+        <f t="shared" si="53"/>
         <v>0</v>
       </c>
       <c r="Z19" s="37">
-        <f t="shared" si="49"/>
+        <f t="shared" si="53"/>
         <v>0</v>
       </c>
       <c r="AA19" s="37">
-        <f t="shared" si="49"/>
+        <f t="shared" si="53"/>
         <v>0</v>
       </c>
       <c r="AB19" s="37">
-        <f t="shared" si="49"/>
+        <f t="shared" si="53"/>
         <v>0</v>
       </c>
       <c r="AC19" s="36">
         <f>SUM(AC16:AC18)</f>
         <v>0</v>
       </c>
       <c r="AD19" s="37">
         <f>SUM(AD16:AD18)</f>
         <v>0</v>
       </c>
       <c r="AE19" s="39">
         <f>SUM(AE16:AE18)</f>
         <v>0</v>
       </c>
       <c r="AF19" s="37">
         <f>SUM(AF16:AF18)+SUMIF($S16:$S18,AF$2,$T16:$T18)</f>
         <v>0</v>
       </c>
       <c r="AG19" s="37">
         <f>SUM(AG16:AG18)+SUMIF($S16:$S18,AG$2,$T16:$T18)</f>
         <v>0</v>
       </c>
       <c r="AH19" s="37">
         <f>SUM(AH16:AH18)+SUMIF($S16:$S18,AH$2,$T16:$T18)</f>
         <v>0</v>
@@ -11692,241 +12198,241 @@
       </c>
       <c r="AO19" s="37">
         <f>SUM(AO16:AO18)+SUMIF($S16:$S18,AO$2,$T16:$T18)</f>
         <v>0</v>
       </c>
       <c r="AP19" s="37">
         <f>SUM(AP16:AP18)+SUMIF($S16:$S18,AP$2,$T16:$T18)</f>
         <v>0</v>
       </c>
       <c r="AQ19" s="37">
         <f>SUM(AQ16:AQ18)+SUMIF($S16:$S18,AQ$2,$T16:$T18)</f>
         <v>0</v>
       </c>
       <c r="AR19" s="271"/>
       <c r="AS19" s="40"/>
     </row>
     <row r="20" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A20" s="267"/>
       <c r="D20" s="21"/>
       <c r="E20" s="21"/>
       <c r="F20" s="21"/>
       <c r="G20" s="21"/>
       <c r="H20" s="20"/>
       <c r="I20" s="21"/>
       <c r="L20" s="22">
-        <f t="shared" ref="L20:L21" si="50">J20*K20</f>
+        <f t="shared" ref="L20:L21" si="54">J20*K20</f>
         <v>0</v>
       </c>
       <c r="M20" s="21"/>
       <c r="N20" s="21"/>
       <c r="R20" s="22">
-        <f t="shared" ref="R20:R21" si="51">O20*P20*Q20</f>
+        <f t="shared" ref="R20:R21" si="55">O20*P20*Q20</f>
         <v>0</v>
       </c>
       <c r="S20" s="21"/>
       <c r="U20" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U20:U22" si="56">SUM(L20,T20,W20,X20,,AO20,Y20,Z20,AA20,AB20,R20,,AD20,AE20,,AF20,AG20,AH20,AI20,AM20,,AN20,AQ20)</f>
         <v>0</v>
       </c>
       <c r="V20" s="20"/>
       <c r="W20" s="23"/>
       <c r="X20" s="23"/>
       <c r="Y20" s="23"/>
       <c r="Z20" s="23"/>
       <c r="AA20" s="23"/>
       <c r="AB20" s="23"/>
       <c r="AD20" s="23"/>
       <c r="AE20" s="22">
         <f>AD20*AC20</f>
         <v>0</v>
       </c>
       <c r="AF20" s="23"/>
       <c r="AG20" s="23"/>
       <c r="AH20" s="23"/>
       <c r="AI20" s="23"/>
       <c r="AJ20" s="21"/>
       <c r="AM20" s="23"/>
       <c r="AN20" s="23"/>
       <c r="AO20" s="23"/>
       <c r="AP20" s="23"/>
       <c r="AQ20" s="23"/>
       <c r="AR20" s="270"/>
       <c r="AS20" s="24"/>
     </row>
     <row r="21" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="267"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="26"/>
       <c r="I21" s="27"/>
       <c r="L21" s="28">
-        <f t="shared" si="50"/>
+        <f t="shared" si="54"/>
         <v>0</v>
       </c>
       <c r="M21" s="27"/>
       <c r="N21" s="27"/>
       <c r="R21" s="28">
-        <f t="shared" si="51"/>
+        <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="S21" s="27"/>
       <c r="U21" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="56"/>
         <v>0</v>
       </c>
       <c r="V21" s="26"/>
       <c r="W21" s="29"/>
       <c r="X21" s="29"/>
       <c r="Y21" s="29"/>
       <c r="Z21" s="29"/>
       <c r="AA21" s="29"/>
       <c r="AB21" s="29"/>
       <c r="AD21" s="29"/>
       <c r="AE21" s="28">
-        <f t="shared" ref="AE21" si="52">AD21*AC21</f>
+        <f t="shared" ref="AE21" si="57">AD21*AC21</f>
         <v>0</v>
       </c>
       <c r="AF21" s="29"/>
       <c r="AG21" s="29"/>
       <c r="AH21" s="29"/>
       <c r="AI21" s="29"/>
       <c r="AJ21" s="27"/>
       <c r="AM21" s="29"/>
       <c r="AN21" s="29"/>
       <c r="AO21" s="29"/>
       <c r="AP21" s="29"/>
       <c r="AQ21" s="29"/>
       <c r="AR21" s="270"/>
       <c r="AS21" s="30"/>
     </row>
     <row r="22" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="267"/>
       <c r="B22" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="26"/>
       <c r="I22" s="27"/>
       <c r="L22" s="28">
-        <f t="shared" ref="L22" si="53">J22*K22</f>
+        <f t="shared" ref="L22" si="58">J22*K22</f>
         <v>0</v>
       </c>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="R22" s="28">
-        <f t="shared" ref="R22" si="54">O22*P22*Q22</f>
+        <f t="shared" ref="R22" si="59">O22*P22*Q22</f>
         <v>0</v>
       </c>
       <c r="S22" s="27"/>
       <c r="U22" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="56"/>
         <v>0</v>
       </c>
       <c r="V22" s="26"/>
       <c r="W22" s="29"/>
       <c r="X22" s="29"/>
       <c r="Y22" s="29"/>
       <c r="Z22" s="29"/>
       <c r="AA22" s="29"/>
       <c r="AB22" s="29"/>
       <c r="AD22" s="29"/>
       <c r="AE22" s="28">
-        <f t="shared" ref="AE22" si="55">AD22*AC22</f>
+        <f t="shared" ref="AE22" si="60">AD22*AC22</f>
         <v>0</v>
       </c>
       <c r="AF22" s="29"/>
       <c r="AG22" s="29"/>
       <c r="AH22" s="29"/>
       <c r="AI22" s="29"/>
       <c r="AJ22" s="27"/>
       <c r="AM22" s="29"/>
       <c r="AN22" s="29"/>
       <c r="AO22" s="29"/>
       <c r="AP22" s="29"/>
       <c r="AQ22" s="29"/>
       <c r="AR22" s="270"/>
       <c r="AS22" s="30"/>
     </row>
     <row r="23" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="268"/>
       <c r="C23" s="36" t="s">
         <v>52</v>
       </c>
       <c r="H23" s="38"/>
       <c r="J23" s="36">
         <f>SUM(J20:J22)</f>
         <v>0</v>
       </c>
       <c r="L23" s="39">
         <f>SUM(L20:L22)</f>
         <v>0</v>
       </c>
       <c r="O23" s="36">
         <f>SUM(O20:O22)</f>
         <v>0</v>
       </c>
       <c r="P23" s="36">
         <f>SUM(P20:P22)</f>
         <v>0</v>
       </c>
       <c r="R23" s="39">
         <f>SUM(R20:R22)</f>
         <v>0</v>
       </c>
       <c r="U23" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V23" s="38"/>
       <c r="W23" s="37">
-        <f t="shared" ref="W23:AB23" si="56">SUM(W20:W22)+SUMIF($S20:$S22,W$2,$T20:$T22)</f>
+        <f t="shared" ref="W23:AB23" si="61">SUM(W20:W22)+SUMIF($S20:$S22,W$2,$T20:$T22)</f>
         <v>0</v>
       </c>
       <c r="X23" s="37">
-        <f t="shared" si="56"/>
+        <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="Y23" s="37">
-        <f t="shared" si="56"/>
+        <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="Z23" s="37">
-        <f t="shared" si="56"/>
+        <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="AA23" s="37">
-        <f t="shared" si="56"/>
+        <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="AB23" s="37">
-        <f t="shared" si="56"/>
+        <f t="shared" si="61"/>
         <v>0</v>
       </c>
       <c r="AC23" s="36">
         <f>SUM(AC20:AC22)</f>
         <v>0</v>
       </c>
       <c r="AD23" s="37">
         <f>SUM(AD20:AD22)</f>
         <v>0</v>
       </c>
       <c r="AE23" s="39">
         <f>SUM(AE20:AE22)</f>
         <v>0</v>
       </c>
       <c r="AF23" s="37">
         <f>SUM(AF20:AF22)+SUMIF($S20:$S22,AF$2,$T20:$T22)</f>
         <v>0</v>
       </c>
       <c r="AG23" s="37">
         <f>SUM(AG20:AG22)+SUMIF($S20:$S22,AG$2,$T20:$T22)</f>
         <v>0</v>
       </c>
       <c r="AH23" s="37">
         <f>SUM(AH20:AH22)+SUMIF($S20:$S22,AH$2,$T20:$T22)</f>
         <v>0</v>
@@ -11953,1286 +12459,1286 @@
       </c>
       <c r="AO23" s="37">
         <f>SUM(AO20:AO22)+SUMIF($S20:$S22,AO$2,$T20:$T22)</f>
         <v>0</v>
       </c>
       <c r="AP23" s="37">
         <f>SUM(AP20:AP22)+SUMIF($S20:$S22,AP$2,$T20:$T22)</f>
         <v>0</v>
       </c>
       <c r="AQ23" s="37">
         <f>SUM(AQ20:AQ22)+SUMIF($S20:$S22,AQ$2,$T20:$T22)</f>
         <v>0</v>
       </c>
       <c r="AR23" s="271"/>
       <c r="AS23" s="40"/>
     </row>
     <row r="24" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A24" s="267"/>
       <c r="D24" s="21"/>
       <c r="E24" s="21"/>
       <c r="F24" s="21"/>
       <c r="G24" s="21"/>
       <c r="H24" s="20"/>
       <c r="I24" s="21"/>
       <c r="L24" s="22">
-        <f t="shared" ref="L24:L25" si="57">J24*K24</f>
+        <f t="shared" ref="L24:L25" si="62">J24*K24</f>
         <v>0</v>
       </c>
       <c r="M24" s="21"/>
       <c r="N24" s="21"/>
       <c r="R24" s="22">
-        <f t="shared" ref="R24:R25" si="58">O24*P24*Q24</f>
+        <f t="shared" ref="R24:R25" si="63">O24*P24*Q24</f>
         <v>0</v>
       </c>
       <c r="S24" s="21"/>
       <c r="U24" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U24:U26" si="64">SUM(L24,T24,W24,X24,,AO24,Y24,Z24,AA24,AB24,R24,,AD24,AE24,,AF24,AG24,AH24,AI24,AM24,,AN24,AQ24)</f>
         <v>0</v>
       </c>
       <c r="V24" s="20"/>
       <c r="W24" s="23"/>
       <c r="X24" s="23"/>
       <c r="Y24" s="23"/>
       <c r="Z24" s="23"/>
       <c r="AA24" s="23"/>
       <c r="AB24" s="23"/>
       <c r="AD24" s="23"/>
       <c r="AE24" s="22">
         <f>AD24*AC24</f>
         <v>0</v>
       </c>
       <c r="AF24" s="23"/>
       <c r="AG24" s="23"/>
       <c r="AH24" s="23"/>
       <c r="AI24" s="23"/>
       <c r="AJ24" s="21"/>
       <c r="AM24" s="23"/>
       <c r="AN24" s="23"/>
       <c r="AO24" s="23"/>
       <c r="AP24" s="23"/>
       <c r="AQ24" s="23"/>
       <c r="AR24" s="270"/>
       <c r="AS24" s="24"/>
     </row>
     <row r="25" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="267"/>
       <c r="D25" s="27"/>
       <c r="E25" s="27"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="26"/>
       <c r="I25" s="27"/>
       <c r="L25" s="28">
-        <f t="shared" si="57"/>
+        <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="M25" s="27"/>
       <c r="N25" s="27"/>
       <c r="R25" s="28">
-        <f t="shared" si="58"/>
+        <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="S25" s="27"/>
       <c r="U25" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="64"/>
         <v>0</v>
       </c>
       <c r="V25" s="26"/>
       <c r="W25" s="29"/>
       <c r="X25" s="29"/>
       <c r="Y25" s="29"/>
       <c r="Z25" s="29"/>
       <c r="AA25" s="29"/>
       <c r="AB25" s="29"/>
       <c r="AD25" s="29"/>
       <c r="AE25" s="28">
-        <f t="shared" ref="AE25" si="59">AD25*AC25</f>
+        <f t="shared" ref="AE25" si="65">AD25*AC25</f>
         <v>0</v>
       </c>
       <c r="AF25" s="29"/>
       <c r="AG25" s="29"/>
       <c r="AH25" s="29"/>
       <c r="AI25" s="29"/>
       <c r="AJ25" s="27"/>
       <c r="AM25" s="29"/>
       <c r="AN25" s="29"/>
       <c r="AO25" s="29"/>
       <c r="AP25" s="29"/>
       <c r="AQ25" s="29"/>
       <c r="AR25" s="270"/>
       <c r="AS25" s="30"/>
     </row>
     <row r="26" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="267"/>
       <c r="B26" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D26" s="27"/>
       <c r="E26" s="27"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="26"/>
       <c r="I26" s="27"/>
       <c r="L26" s="28">
-        <f t="shared" ref="L26" si="60">J26*K26</f>
+        <f t="shared" ref="L26" si="66">J26*K26</f>
         <v>0</v>
       </c>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="R26" s="28">
-        <f t="shared" ref="R26" si="61">O26*P26*Q26</f>
+        <f t="shared" ref="R26" si="67">O26*P26*Q26</f>
         <v>0</v>
       </c>
       <c r="S26" s="27"/>
       <c r="U26" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="64"/>
         <v>0</v>
       </c>
       <c r="V26" s="26"/>
       <c r="W26" s="29"/>
       <c r="X26" s="29"/>
       <c r="Y26" s="29"/>
       <c r="Z26" s="29"/>
       <c r="AA26" s="29"/>
       <c r="AB26" s="29"/>
       <c r="AD26" s="29"/>
       <c r="AE26" s="28">
-        <f t="shared" ref="AE26" si="62">AD26*AC26</f>
+        <f t="shared" ref="AE26" si="68">AD26*AC26</f>
         <v>0</v>
       </c>
       <c r="AF26" s="29"/>
       <c r="AG26" s="29"/>
       <c r="AH26" s="29"/>
       <c r="AI26" s="29"/>
       <c r="AJ26" s="27"/>
       <c r="AM26" s="29"/>
       <c r="AN26" s="29"/>
       <c r="AO26" s="29"/>
       <c r="AP26" s="29"/>
       <c r="AQ26" s="29"/>
       <c r="AR26" s="270"/>
       <c r="AS26" s="30"/>
     </row>
     <row r="27" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="268"/>
       <c r="C27" s="36" t="s">
         <v>53</v>
       </c>
       <c r="H27" s="38"/>
       <c r="J27" s="36">
         <f>SUM(J24:J26)</f>
         <v>0</v>
       </c>
       <c r="L27" s="39">
         <f>SUM(L24:L26)</f>
         <v>0</v>
       </c>
       <c r="O27" s="36">
         <f>SUM(O24:O26)</f>
         <v>0</v>
       </c>
       <c r="P27" s="36">
         <f>SUM(P24:P26)</f>
         <v>0</v>
       </c>
       <c r="R27" s="39">
-        <f t="shared" ref="R27" si="63">SUM(R24:R26)</f>
+        <f t="shared" ref="R27" si="69">SUM(R24:R26)</f>
         <v>0</v>
       </c>
       <c r="U27" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V27" s="38"/>
       <c r="W27" s="37">
         <f>SUM(W24:W26)+SUMIF($S24:$S26,W$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="X27" s="37">
-        <f t="shared" ref="X27" si="64">SUM(X24:X26)+SUMIF($S24:$S26,X$2,$T24:$T26)</f>
+        <f t="shared" ref="X27" si="70">SUM(X24:X26)+SUMIF($S24:$S26,X$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="Y27" s="37">
-        <f t="shared" ref="Y27" si="65">SUM(Y24:Y26)+SUMIF($S24:$S26,Y$2,$T24:$T26)</f>
+        <f t="shared" ref="Y27" si="71">SUM(Y24:Y26)+SUMIF($S24:$S26,Y$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="Z27" s="37">
-        <f t="shared" ref="Z27" si="66">SUM(Z24:Z26)+SUMIF($S24:$S26,Z$2,$T24:$T26)</f>
+        <f t="shared" ref="Z27" si="72">SUM(Z24:Z26)+SUMIF($S24:$S26,Z$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AA27" s="37">
-        <f t="shared" ref="AA27" si="67">SUM(AA24:AA26)+SUMIF($S24:$S26,AA$2,$T24:$T26)</f>
+        <f t="shared" ref="AA27" si="73">SUM(AA24:AA26)+SUMIF($S24:$S26,AA$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AB27" s="37">
-        <f t="shared" ref="AB27" si="68">SUM(AB24:AB26)+SUMIF($S24:$S26,AB$2,$T24:$T26)</f>
+        <f t="shared" ref="AB27" si="74">SUM(AB24:AB26)+SUMIF($S24:$S26,AB$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AC27" s="36">
-        <f t="shared" ref="AC27:AE27" si="69">SUM(AC24:AC26)</f>
+        <f t="shared" ref="AC27:AE27" si="75">SUM(AC24:AC26)</f>
         <v>0</v>
       </c>
       <c r="AD27" s="37">
-        <f t="shared" si="69"/>
+        <f t="shared" si="75"/>
         <v>0</v>
       </c>
       <c r="AE27" s="39">
-        <f t="shared" si="69"/>
+        <f t="shared" si="75"/>
         <v>0</v>
       </c>
       <c r="AF27" s="37">
-        <f t="shared" ref="AF27" si="70">SUM(AF24:AF26)+SUMIF($S24:$S26,AF$2,$T24:$T26)</f>
+        <f t="shared" ref="AF27" si="76">SUM(AF24:AF26)+SUMIF($S24:$S26,AF$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AG27" s="37">
-        <f t="shared" ref="AG27" si="71">SUM(AG24:AG26)+SUMIF($S24:$S26,AG$2,$T24:$T26)</f>
+        <f t="shared" ref="AG27" si="77">SUM(AG24:AG26)+SUMIF($S24:$S26,AG$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AH27" s="37">
-        <f t="shared" ref="AH27" si="72">SUM(AH24:AH26)+SUMIF($S24:$S26,AH$2,$T24:$T26)</f>
+        <f t="shared" ref="AH27" si="78">SUM(AH24:AH26)+SUMIF($S24:$S26,AH$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AI27" s="37">
-        <f t="shared" ref="AI27" si="73">SUM(AI24:AI26)+SUMIF($S24:$S26,AI$2,$T24:$T26)</f>
+        <f t="shared" ref="AI27" si="79">SUM(AI24:AI26)+SUMIF($S24:$S26,AI$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AK27" s="36">
-        <f t="shared" ref="AK27:AL27" si="74">SUM(AK24:AK26)</f>
+        <f t="shared" ref="AK27:AL27" si="80">SUM(AK24:AK26)</f>
         <v>0</v>
       </c>
       <c r="AL27" s="36">
-        <f t="shared" si="74"/>
+        <f t="shared" si="80"/>
         <v>0</v>
       </c>
       <c r="AM27" s="37">
-        <f t="shared" ref="AM27" si="75">SUM(AM24:AM26)+SUMIF($S24:$S26,AM$2,$T24:$T26)</f>
+        <f t="shared" ref="AM27" si="81">SUM(AM24:AM26)+SUMIF($S24:$S26,AM$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AN27" s="37">
-        <f t="shared" ref="AN27" si="76">SUM(AN24:AN26)+SUMIF($S24:$S26,AN$2,$T24:$T26)</f>
+        <f t="shared" ref="AN27" si="82">SUM(AN24:AN26)+SUMIF($S24:$S26,AN$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AO27" s="37">
-        <f t="shared" ref="AO27" si="77">SUM(AO24:AO26)+SUMIF($S24:$S26,AO$2,$T24:$T26)</f>
+        <f t="shared" ref="AO27" si="83">SUM(AO24:AO26)+SUMIF($S24:$S26,AO$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AP27" s="37">
-        <f t="shared" ref="AP27" si="78">SUM(AP24:AP26)+SUMIF($S24:$S26,AP$2,$T24:$T26)</f>
+        <f t="shared" ref="AP27" si="84">SUM(AP24:AP26)+SUMIF($S24:$S26,AP$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AQ27" s="37">
-        <f t="shared" ref="AQ27" si="79">SUM(AQ24:AQ26)+SUMIF($S24:$S26,AQ$2,$T24:$T26)</f>
+        <f t="shared" ref="AQ27" si="85">SUM(AQ24:AQ26)+SUMIF($S24:$S26,AQ$2,$T24:$T26)</f>
         <v>0</v>
       </c>
       <c r="AR27" s="271"/>
       <c r="AS27" s="40"/>
     </row>
     <row r="28" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A28" s="267"/>
       <c r="D28" s="21"/>
       <c r="E28" s="21"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="H28" s="20"/>
       <c r="I28" s="21"/>
       <c r="L28" s="22">
-        <f t="shared" ref="L28:L29" si="80">J28*K28</f>
+        <f t="shared" ref="L28:L29" si="86">J28*K28</f>
         <v>0</v>
       </c>
       <c r="M28" s="21"/>
       <c r="N28" s="21"/>
       <c r="R28" s="22">
-        <f t="shared" ref="R28:R29" si="81">O28*P28*Q28</f>
+        <f t="shared" ref="R28:R29" si="87">O28*P28*Q28</f>
         <v>0</v>
       </c>
       <c r="S28" s="21"/>
       <c r="U28" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U28:U30" si="88">SUM(L28,T28,W28,X28,,AO28,Y28,Z28,AA28,AB28,R28,,AD28,AE28,,AF28,AG28,AH28,AI28,AM28,,AN28,AQ28)</f>
         <v>0</v>
       </c>
       <c r="V28" s="20"/>
       <c r="W28" s="23"/>
       <c r="X28" s="23"/>
       <c r="Y28" s="23"/>
       <c r="Z28" s="23"/>
       <c r="AA28" s="23"/>
       <c r="AB28" s="23"/>
       <c r="AD28" s="23"/>
       <c r="AE28" s="22">
         <f>AD28*AC28</f>
         <v>0</v>
       </c>
       <c r="AF28" s="23"/>
       <c r="AG28" s="23"/>
       <c r="AH28" s="23"/>
       <c r="AI28" s="23"/>
       <c r="AJ28" s="21"/>
       <c r="AM28" s="23"/>
       <c r="AN28" s="23"/>
       <c r="AO28" s="23"/>
       <c r="AP28" s="23"/>
       <c r="AQ28" s="23"/>
       <c r="AR28" s="270"/>
       <c r="AS28" s="24"/>
     </row>
     <row r="29" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="267"/>
       <c r="D29" s="27"/>
       <c r="E29" s="27"/>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="26"/>
       <c r="I29" s="27"/>
       <c r="L29" s="28">
-        <f t="shared" si="80"/>
+        <f t="shared" si="86"/>
         <v>0</v>
       </c>
       <c r="M29" s="27"/>
       <c r="N29" s="27"/>
       <c r="R29" s="28">
-        <f t="shared" si="81"/>
+        <f t="shared" si="87"/>
         <v>0</v>
       </c>
       <c r="S29" s="27"/>
       <c r="U29" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="88"/>
         <v>0</v>
       </c>
       <c r="V29" s="26"/>
       <c r="W29" s="29"/>
       <c r="X29" s="29"/>
       <c r="Y29" s="29"/>
       <c r="Z29" s="29"/>
       <c r="AA29" s="29"/>
       <c r="AB29" s="29"/>
       <c r="AD29" s="29"/>
       <c r="AE29" s="28">
-        <f t="shared" ref="AE29" si="82">AD29*AC29</f>
+        <f t="shared" ref="AE29" si="89">AD29*AC29</f>
         <v>0</v>
       </c>
       <c r="AF29" s="29"/>
       <c r="AG29" s="29"/>
       <c r="AH29" s="29"/>
       <c r="AI29" s="29"/>
       <c r="AJ29" s="27"/>
       <c r="AM29" s="29"/>
       <c r="AN29" s="29"/>
       <c r="AO29" s="29"/>
       <c r="AP29" s="29"/>
       <c r="AQ29" s="29"/>
       <c r="AR29" s="270"/>
       <c r="AS29" s="30"/>
     </row>
     <row r="30" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="267"/>
       <c r="B30" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D30" s="27"/>
       <c r="E30" s="27"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="26"/>
       <c r="I30" s="27"/>
       <c r="L30" s="28">
-        <f t="shared" ref="L30" si="83">J30*K30</f>
+        <f t="shared" ref="L30" si="90">J30*K30</f>
         <v>0</v>
       </c>
       <c r="M30" s="27"/>
       <c r="N30" s="27"/>
       <c r="R30" s="28">
-        <f t="shared" ref="R30" si="84">O30*P30*Q30</f>
+        <f t="shared" ref="R30" si="91">O30*P30*Q30</f>
         <v>0</v>
       </c>
       <c r="S30" s="27"/>
       <c r="U30" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="88"/>
         <v>0</v>
       </c>
       <c r="V30" s="26"/>
       <c r="W30" s="29"/>
       <c r="X30" s="29"/>
       <c r="Y30" s="29"/>
       <c r="Z30" s="29"/>
       <c r="AA30" s="29"/>
       <c r="AB30" s="29"/>
       <c r="AD30" s="29"/>
       <c r="AE30" s="28">
-        <f t="shared" ref="AE30" si="85">AD30*AC30</f>
+        <f t="shared" ref="AE30" si="92">AD30*AC30</f>
         <v>0</v>
       </c>
       <c r="AF30" s="29"/>
       <c r="AG30" s="29"/>
       <c r="AH30" s="29"/>
       <c r="AI30" s="29"/>
       <c r="AJ30" s="27"/>
       <c r="AM30" s="29"/>
       <c r="AN30" s="29"/>
       <c r="AO30" s="29"/>
       <c r="AP30" s="29"/>
       <c r="AQ30" s="29"/>
       <c r="AR30" s="270"/>
       <c r="AS30" s="30"/>
     </row>
     <row r="31" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="268"/>
       <c r="C31" s="36" t="s">
         <v>54</v>
       </c>
       <c r="H31" s="38"/>
       <c r="J31" s="36">
         <f>SUM(J28:J30)</f>
         <v>0</v>
       </c>
       <c r="L31" s="39">
         <f>SUM(L28:L30)</f>
         <v>0</v>
       </c>
       <c r="O31" s="36">
         <f>SUM(O28:O30)</f>
         <v>0</v>
       </c>
       <c r="P31" s="36">
         <f>SUM(P28:P30)</f>
         <v>0</v>
       </c>
       <c r="R31" s="39">
-        <f t="shared" ref="R31" si="86">SUM(R28:R30)</f>
+        <f t="shared" ref="R31" si="93">SUM(R28:R30)</f>
         <v>0</v>
       </c>
       <c r="U31" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V31" s="38"/>
       <c r="W31" s="37">
         <f>SUM(W28:W30)+SUMIF($S28:$S30,W$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="X31" s="37">
-        <f t="shared" ref="X31" si="87">SUM(X28:X30)+SUMIF($S28:$S30,X$2,$T28:$T30)</f>
+        <f t="shared" ref="X31" si="94">SUM(X28:X30)+SUMIF($S28:$S30,X$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="Y31" s="37">
-        <f t="shared" ref="Y31" si="88">SUM(Y28:Y30)+SUMIF($S28:$S30,Y$2,$T28:$T30)</f>
+        <f t="shared" ref="Y31" si="95">SUM(Y28:Y30)+SUMIF($S28:$S30,Y$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="Z31" s="37">
-        <f t="shared" ref="Z31" si="89">SUM(Z28:Z30)+SUMIF($S28:$S30,Z$2,$T28:$T30)</f>
+        <f t="shared" ref="Z31" si="96">SUM(Z28:Z30)+SUMIF($S28:$S30,Z$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AA31" s="37">
-        <f t="shared" ref="AA31" si="90">SUM(AA28:AA30)+SUMIF($S28:$S30,AA$2,$T28:$T30)</f>
+        <f t="shared" ref="AA31" si="97">SUM(AA28:AA30)+SUMIF($S28:$S30,AA$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AB31" s="37">
-        <f t="shared" ref="AB31" si="91">SUM(AB28:AB30)+SUMIF($S28:$S30,AB$2,$T28:$T30)</f>
+        <f t="shared" ref="AB31" si="98">SUM(AB28:AB30)+SUMIF($S28:$S30,AB$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AC31" s="36">
-        <f t="shared" ref="AC31:AE31" si="92">SUM(AC28:AC30)</f>
+        <f t="shared" ref="AC31:AE31" si="99">SUM(AC28:AC30)</f>
         <v>0</v>
       </c>
       <c r="AD31" s="37">
-        <f t="shared" si="92"/>
+        <f t="shared" si="99"/>
         <v>0</v>
       </c>
       <c r="AE31" s="39">
-        <f t="shared" si="92"/>
+        <f t="shared" si="99"/>
         <v>0</v>
       </c>
       <c r="AF31" s="37">
-        <f t="shared" ref="AF31" si="93">SUM(AF28:AF30)+SUMIF($S28:$S30,AF$2,$T28:$T30)</f>
+        <f t="shared" ref="AF31" si="100">SUM(AF28:AF30)+SUMIF($S28:$S30,AF$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AG31" s="37">
-        <f t="shared" ref="AG31" si="94">SUM(AG28:AG30)+SUMIF($S28:$S30,AG$2,$T28:$T30)</f>
+        <f t="shared" ref="AG31" si="101">SUM(AG28:AG30)+SUMIF($S28:$S30,AG$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AH31" s="37">
-        <f t="shared" ref="AH31" si="95">SUM(AH28:AH30)+SUMIF($S28:$S30,AH$2,$T28:$T30)</f>
+        <f t="shared" ref="AH31" si="102">SUM(AH28:AH30)+SUMIF($S28:$S30,AH$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AI31" s="37">
-        <f t="shared" ref="AI31" si="96">SUM(AI28:AI30)+SUMIF($S28:$S30,AI$2,$T28:$T30)</f>
+        <f t="shared" ref="AI31" si="103">SUM(AI28:AI30)+SUMIF($S28:$S30,AI$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AK31" s="36">
-        <f t="shared" ref="AK31:AL31" si="97">SUM(AK28:AK30)</f>
+        <f t="shared" ref="AK31:AL31" si="104">SUM(AK28:AK30)</f>
         <v>0</v>
       </c>
       <c r="AL31" s="36">
-        <f t="shared" si="97"/>
+        <f t="shared" si="104"/>
         <v>0</v>
       </c>
       <c r="AM31" s="37">
-        <f t="shared" ref="AM31" si="98">SUM(AM28:AM30)+SUMIF($S28:$S30,AM$2,$T28:$T30)</f>
+        <f t="shared" ref="AM31" si="105">SUM(AM28:AM30)+SUMIF($S28:$S30,AM$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AN31" s="37">
-        <f t="shared" ref="AN31" si="99">SUM(AN28:AN30)+SUMIF($S28:$S30,AN$2,$T28:$T30)</f>
+        <f t="shared" ref="AN31" si="106">SUM(AN28:AN30)+SUMIF($S28:$S30,AN$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AO31" s="37">
-        <f t="shared" ref="AO31" si="100">SUM(AO28:AO30)+SUMIF($S28:$S30,AO$2,$T28:$T30)</f>
+        <f t="shared" ref="AO31" si="107">SUM(AO28:AO30)+SUMIF($S28:$S30,AO$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AP31" s="37">
-        <f t="shared" ref="AP31" si="101">SUM(AP28:AP30)+SUMIF($S28:$S30,AP$2,$T28:$T30)</f>
+        <f t="shared" ref="AP31" si="108">SUM(AP28:AP30)+SUMIF($S28:$S30,AP$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AQ31" s="37">
-        <f t="shared" ref="AQ31" si="102">SUM(AQ28:AQ30)+SUMIF($S28:$S30,AQ$2,$T28:$T30)</f>
+        <f t="shared" ref="AQ31" si="109">SUM(AQ28:AQ30)+SUMIF($S28:$S30,AQ$2,$T28:$T30)</f>
         <v>0</v>
       </c>
       <c r="AR31" s="271"/>
       <c r="AS31" s="40"/>
     </row>
     <row r="32" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A32" s="267"/>
       <c r="D32" s="21"/>
       <c r="E32" s="21"/>
       <c r="F32" s="21"/>
       <c r="G32" s="21"/>
       <c r="H32" s="20"/>
       <c r="I32" s="21"/>
       <c r="L32" s="22">
-        <f t="shared" ref="L32:L33" si="103">J32*K32</f>
+        <f t="shared" ref="L32:L33" si="110">J32*K32</f>
         <v>0</v>
       </c>
       <c r="M32" s="21"/>
       <c r="N32" s="21"/>
       <c r="R32" s="22">
-        <f t="shared" ref="R32:R33" si="104">O32*P32*Q32</f>
+        <f t="shared" ref="R32:R33" si="111">O32*P32*Q32</f>
         <v>0</v>
       </c>
       <c r="S32" s="21"/>
       <c r="U32" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U32:U34" si="112">SUM(L32,T32,W32,X32,,AO32,Y32,Z32,AA32,AB32,R32,,AD32,AE32,,AF32,AG32,AH32,AI32,AM32,,AN32,AQ32)</f>
         <v>0</v>
       </c>
       <c r="V32" s="20"/>
       <c r="W32" s="23"/>
       <c r="X32" s="23"/>
       <c r="Y32" s="23"/>
       <c r="Z32" s="23"/>
       <c r="AA32" s="23"/>
       <c r="AB32" s="23"/>
       <c r="AD32" s="23"/>
       <c r="AE32" s="22">
         <f>AD32*AC32</f>
         <v>0</v>
       </c>
       <c r="AF32" s="23"/>
       <c r="AG32" s="23"/>
       <c r="AH32" s="23"/>
       <c r="AI32" s="23"/>
       <c r="AJ32" s="21"/>
       <c r="AM32" s="23"/>
       <c r="AN32" s="23"/>
       <c r="AO32" s="23"/>
       <c r="AP32" s="23"/>
       <c r="AQ32" s="23"/>
       <c r="AR32" s="270"/>
       <c r="AS32" s="24"/>
     </row>
     <row r="33" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="267"/>
       <c r="D33" s="27"/>
       <c r="E33" s="27"/>
       <c r="F33" s="27"/>
       <c r="G33" s="27"/>
       <c r="H33" s="26"/>
       <c r="I33" s="27"/>
       <c r="L33" s="28">
-        <f t="shared" si="103"/>
+        <f t="shared" si="110"/>
         <v>0</v>
       </c>
       <c r="M33" s="27"/>
       <c r="N33" s="27"/>
       <c r="R33" s="28">
-        <f t="shared" si="104"/>
+        <f t="shared" si="111"/>
         <v>0</v>
       </c>
       <c r="S33" s="27"/>
       <c r="U33" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="112"/>
         <v>0</v>
       </c>
       <c r="V33" s="26"/>
       <c r="W33" s="29"/>
       <c r="X33" s="29"/>
       <c r="Y33" s="29"/>
       <c r="Z33" s="29"/>
       <c r="AA33" s="29"/>
       <c r="AB33" s="29"/>
       <c r="AD33" s="29"/>
       <c r="AE33" s="28">
-        <f t="shared" ref="AE33" si="105">AD33*AC33</f>
+        <f t="shared" ref="AE33" si="113">AD33*AC33</f>
         <v>0</v>
       </c>
       <c r="AF33" s="29"/>
       <c r="AG33" s="29"/>
       <c r="AH33" s="29"/>
       <c r="AI33" s="29"/>
       <c r="AJ33" s="27"/>
       <c r="AM33" s="29"/>
       <c r="AN33" s="29"/>
       <c r="AO33" s="29"/>
       <c r="AP33" s="29"/>
       <c r="AQ33" s="29"/>
       <c r="AR33" s="270"/>
       <c r="AS33" s="30"/>
     </row>
     <row r="34" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="267"/>
       <c r="B34" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D34" s="27"/>
       <c r="E34" s="27"/>
       <c r="F34" s="27"/>
       <c r="G34" s="27"/>
       <c r="H34" s="26"/>
       <c r="I34" s="27"/>
       <c r="L34" s="28">
-        <f t="shared" ref="L34" si="106">J34*K34</f>
+        <f t="shared" ref="L34" si="114">J34*K34</f>
         <v>0</v>
       </c>
       <c r="M34" s="27"/>
       <c r="N34" s="27"/>
       <c r="R34" s="28">
-        <f t="shared" ref="R34" si="107">O34*P34*Q34</f>
+        <f t="shared" ref="R34" si="115">O34*P34*Q34</f>
         <v>0</v>
       </c>
       <c r="S34" s="27"/>
       <c r="U34" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="112"/>
         <v>0</v>
       </c>
       <c r="V34" s="26"/>
       <c r="W34" s="29"/>
       <c r="X34" s="29"/>
       <c r="Y34" s="29"/>
       <c r="Z34" s="29"/>
       <c r="AA34" s="29"/>
       <c r="AB34" s="29"/>
       <c r="AD34" s="29"/>
       <c r="AE34" s="28">
-        <f t="shared" ref="AE34" si="108">AD34*AC34</f>
+        <f t="shared" ref="AE34" si="116">AD34*AC34</f>
         <v>0</v>
       </c>
       <c r="AF34" s="29"/>
       <c r="AG34" s="29"/>
       <c r="AH34" s="29"/>
       <c r="AI34" s="29"/>
       <c r="AJ34" s="27"/>
       <c r="AM34" s="29"/>
       <c r="AN34" s="29"/>
       <c r="AO34" s="29"/>
       <c r="AP34" s="29"/>
       <c r="AQ34" s="29"/>
       <c r="AR34" s="270"/>
       <c r="AS34" s="30"/>
     </row>
     <row r="35" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="268"/>
       <c r="C35" s="36" t="s">
         <v>55</v>
       </c>
       <c r="H35" s="38"/>
       <c r="J35" s="36">
         <f>SUM(J32:J34)</f>
         <v>0</v>
       </c>
       <c r="L35" s="39">
         <f>SUM(L32:L34)</f>
         <v>0</v>
       </c>
       <c r="O35" s="36">
         <f>SUM(O32:O34)</f>
         <v>0</v>
       </c>
       <c r="P35" s="36">
         <f>SUM(P32:P34)</f>
         <v>0</v>
       </c>
       <c r="R35" s="39">
         <f>SUM(R32:R34)</f>
         <v>0</v>
       </c>
       <c r="U35" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V35" s="38"/>
       <c r="W35" s="37">
         <f>SUM(W32:W34)+SUMIF($S32:$S34,W$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="X35" s="37">
-        <f t="shared" ref="X35" si="109">SUM(X32:X34)+SUMIF($S32:$S34,X$2,$T32:$T34)</f>
+        <f t="shared" ref="X35" si="117">SUM(X32:X34)+SUMIF($S32:$S34,X$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="Y35" s="37">
-        <f t="shared" ref="Y35" si="110">SUM(Y32:Y34)+SUMIF($S32:$S34,Y$2,$T32:$T34)</f>
+        <f t="shared" ref="Y35" si="118">SUM(Y32:Y34)+SUMIF($S32:$S34,Y$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="Z35" s="37">
-        <f t="shared" ref="Z35" si="111">SUM(Z32:Z34)+SUMIF($S32:$S34,Z$2,$T32:$T34)</f>
+        <f t="shared" ref="Z35" si="119">SUM(Z32:Z34)+SUMIF($S32:$S34,Z$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AA35" s="37">
-        <f t="shared" ref="AA35" si="112">SUM(AA32:AA34)+SUMIF($S32:$S34,AA$2,$T32:$T34)</f>
+        <f t="shared" ref="AA35" si="120">SUM(AA32:AA34)+SUMIF($S32:$S34,AA$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AB35" s="37">
-        <f t="shared" ref="AB35" si="113">SUM(AB32:AB34)+SUMIF($S32:$S34,AB$2,$T32:$T34)</f>
+        <f t="shared" ref="AB35" si="121">SUM(AB32:AB34)+SUMIF($S32:$S34,AB$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AC35" s="36">
-        <f t="shared" ref="AC35:AE35" si="114">SUM(AC32:AC34)</f>
+        <f t="shared" ref="AC35:AE35" si="122">SUM(AC32:AC34)</f>
         <v>0</v>
       </c>
       <c r="AD35" s="37">
-        <f t="shared" si="114"/>
+        <f t="shared" si="122"/>
         <v>0</v>
       </c>
       <c r="AE35" s="39">
-        <f t="shared" si="114"/>
+        <f t="shared" si="122"/>
         <v>0</v>
       </c>
       <c r="AF35" s="37">
-        <f t="shared" ref="AF35" si="115">SUM(AF32:AF34)+SUMIF($S32:$S34,AF$2,$T32:$T34)</f>
+        <f t="shared" ref="AF35" si="123">SUM(AF32:AF34)+SUMIF($S32:$S34,AF$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AG35" s="37">
-        <f t="shared" ref="AG35" si="116">SUM(AG32:AG34)+SUMIF($S32:$S34,AG$2,$T32:$T34)</f>
+        <f t="shared" ref="AG35" si="124">SUM(AG32:AG34)+SUMIF($S32:$S34,AG$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AH35" s="37">
-        <f t="shared" ref="AH35" si="117">SUM(AH32:AH34)+SUMIF($S32:$S34,AH$2,$T32:$T34)</f>
+        <f t="shared" ref="AH35" si="125">SUM(AH32:AH34)+SUMIF($S32:$S34,AH$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AI35" s="37">
-        <f t="shared" ref="AI35" si="118">SUM(AI32:AI34)+SUMIF($S32:$S34,AI$2,$T32:$T34)</f>
+        <f t="shared" ref="AI35" si="126">SUM(AI32:AI34)+SUMIF($S32:$S34,AI$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AK35" s="36">
-        <f t="shared" ref="AK35:AL35" si="119">SUM(AK32:AK34)</f>
+        <f t="shared" ref="AK35:AL35" si="127">SUM(AK32:AK34)</f>
         <v>0</v>
       </c>
       <c r="AL35" s="36">
-        <f t="shared" si="119"/>
+        <f t="shared" si="127"/>
         <v>0</v>
       </c>
       <c r="AM35" s="37">
-        <f t="shared" ref="AM35" si="120">SUM(AM32:AM34)+SUMIF($S32:$S34,AM$2,$T32:$T34)</f>
+        <f t="shared" ref="AM35" si="128">SUM(AM32:AM34)+SUMIF($S32:$S34,AM$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AN35" s="37">
-        <f t="shared" ref="AN35" si="121">SUM(AN32:AN34)+SUMIF($S32:$S34,AN$2,$T32:$T34)</f>
+        <f t="shared" ref="AN35" si="129">SUM(AN32:AN34)+SUMIF($S32:$S34,AN$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AO35" s="37">
-        <f t="shared" ref="AO35" si="122">SUM(AO32:AO34)+SUMIF($S32:$S34,AO$2,$T32:$T34)</f>
+        <f t="shared" ref="AO35" si="130">SUM(AO32:AO34)+SUMIF($S32:$S34,AO$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AP35" s="37">
-        <f t="shared" ref="AP35" si="123">SUM(AP32:AP34)+SUMIF($S32:$S34,AP$2,$T32:$T34)</f>
+        <f t="shared" ref="AP35" si="131">SUM(AP32:AP34)+SUMIF($S32:$S34,AP$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AQ35" s="37">
-        <f t="shared" ref="AQ35" si="124">SUM(AQ32:AQ34)+SUMIF($S32:$S34,AQ$2,$T32:$T34)</f>
+        <f t="shared" ref="AQ35" si="132">SUM(AQ32:AQ34)+SUMIF($S32:$S34,AQ$2,$T32:$T34)</f>
         <v>0</v>
       </c>
       <c r="AR35" s="271"/>
       <c r="AS35" s="40"/>
     </row>
     <row r="36" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A36" s="267"/>
       <c r="D36" s="21"/>
       <c r="E36" s="21"/>
       <c r="F36" s="21"/>
       <c r="G36" s="21"/>
       <c r="H36" s="20"/>
       <c r="I36" s="21"/>
       <c r="L36" s="22">
-        <f t="shared" ref="L36:L37" si="125">J36*K36</f>
+        <f t="shared" ref="L36:L37" si="133">J36*K36</f>
         <v>0</v>
       </c>
       <c r="M36" s="21"/>
       <c r="N36" s="21"/>
       <c r="R36" s="22">
-        <f t="shared" ref="R36:R37" si="126">O36*P36*Q36</f>
+        <f t="shared" ref="R36:R37" si="134">O36*P36*Q36</f>
         <v>0</v>
       </c>
       <c r="S36" s="21"/>
       <c r="U36" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U36:U38" si="135">SUM(L36,T36,W36,X36,,AO36,Y36,Z36,AA36,AB36,R36,,AD36,AE36,,AF36,AG36,AH36,AI36,AM36,,AN36,AQ36)</f>
         <v>0</v>
       </c>
       <c r="V36" s="20"/>
       <c r="W36" s="23"/>
       <c r="X36" s="23"/>
       <c r="Y36" s="23"/>
       <c r="Z36" s="23"/>
       <c r="AA36" s="23"/>
       <c r="AB36" s="23"/>
       <c r="AD36" s="23"/>
       <c r="AE36" s="22">
         <f>AD36*AC36</f>
         <v>0</v>
       </c>
       <c r="AF36" s="23"/>
       <c r="AG36" s="23"/>
       <c r="AH36" s="23"/>
       <c r="AI36" s="23"/>
       <c r="AJ36" s="21"/>
       <c r="AM36" s="23"/>
       <c r="AN36" s="23"/>
       <c r="AO36" s="23"/>
       <c r="AP36" s="23"/>
       <c r="AQ36" s="23"/>
       <c r="AR36" s="270"/>
       <c r="AS36" s="24"/>
     </row>
     <row r="37" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="267"/>
       <c r="D37" s="27"/>
       <c r="E37" s="27"/>
       <c r="F37" s="27"/>
       <c r="G37" s="27"/>
       <c r="H37" s="26"/>
       <c r="I37" s="27"/>
       <c r="L37" s="28">
-        <f t="shared" si="125"/>
+        <f t="shared" si="133"/>
         <v>0</v>
       </c>
       <c r="M37" s="27"/>
       <c r="N37" s="27"/>
       <c r="R37" s="28">
-        <f t="shared" si="126"/>
+        <f t="shared" si="134"/>
         <v>0</v>
       </c>
       <c r="S37" s="27"/>
       <c r="U37" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="135"/>
         <v>0</v>
       </c>
       <c r="V37" s="26"/>
       <c r="W37" s="29"/>
       <c r="X37" s="29"/>
       <c r="Y37" s="29"/>
       <c r="Z37" s="29"/>
       <c r="AA37" s="29"/>
       <c r="AB37" s="29"/>
       <c r="AD37" s="29"/>
       <c r="AE37" s="28">
-        <f t="shared" ref="AE37" si="127">AD37*AC37</f>
+        <f t="shared" ref="AE37" si="136">AD37*AC37</f>
         <v>0</v>
       </c>
       <c r="AF37" s="29"/>
       <c r="AG37" s="29"/>
       <c r="AH37" s="29"/>
       <c r="AI37" s="29"/>
       <c r="AJ37" s="27"/>
       <c r="AM37" s="29"/>
       <c r="AN37" s="29"/>
       <c r="AO37" s="29"/>
       <c r="AP37" s="29"/>
       <c r="AQ37" s="29"/>
       <c r="AR37" s="270"/>
       <c r="AS37" s="30"/>
     </row>
     <row r="38" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="267"/>
       <c r="B38" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D38" s="27"/>
       <c r="E38" s="27"/>
       <c r="F38" s="27"/>
       <c r="G38" s="27"/>
       <c r="H38" s="26"/>
       <c r="I38" s="27"/>
       <c r="L38" s="28">
-        <f t="shared" ref="L38" si="128">J38*K38</f>
+        <f t="shared" ref="L38" si="137">J38*K38</f>
         <v>0</v>
       </c>
       <c r="M38" s="27"/>
       <c r="N38" s="27"/>
       <c r="R38" s="28">
-        <f t="shared" ref="R38" si="129">O38*P38*Q38</f>
+        <f t="shared" ref="R38" si="138">O38*P38*Q38</f>
         <v>0</v>
       </c>
       <c r="S38" s="27"/>
       <c r="U38" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="135"/>
         <v>0</v>
       </c>
       <c r="V38" s="26"/>
       <c r="W38" s="29"/>
       <c r="X38" s="29"/>
       <c r="Y38" s="29"/>
       <c r="Z38" s="29"/>
       <c r="AA38" s="29"/>
       <c r="AB38" s="29"/>
       <c r="AD38" s="29"/>
       <c r="AE38" s="28">
-        <f t="shared" ref="AE38" si="130">AD38*AC38</f>
+        <f t="shared" ref="AE38" si="139">AD38*AC38</f>
         <v>0</v>
       </c>
       <c r="AF38" s="29"/>
       <c r="AG38" s="29"/>
       <c r="AH38" s="29"/>
       <c r="AI38" s="29"/>
       <c r="AJ38" s="27"/>
       <c r="AM38" s="29"/>
       <c r="AN38" s="29"/>
       <c r="AO38" s="29"/>
       <c r="AP38" s="29"/>
       <c r="AQ38" s="29"/>
       <c r="AR38" s="270"/>
       <c r="AS38" s="30"/>
     </row>
     <row r="39" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="268"/>
       <c r="C39" s="36" t="s">
         <v>56</v>
       </c>
       <c r="H39" s="38"/>
       <c r="J39" s="36">
         <f>SUM(J36:J38)</f>
         <v>0</v>
       </c>
       <c r="L39" s="39">
         <f>SUM(L36:L38)</f>
         <v>0</v>
       </c>
       <c r="O39" s="36">
         <f>SUM(O36:O38)</f>
         <v>0</v>
       </c>
       <c r="P39" s="36">
         <f>SUM(P36:P38)</f>
         <v>0</v>
       </c>
       <c r="R39" s="39">
-        <f t="shared" ref="R39" si="131">SUM(R36:R38)</f>
+        <f t="shared" ref="R39" si="140">SUM(R36:R38)</f>
         <v>0</v>
       </c>
       <c r="U39" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V39" s="38"/>
       <c r="W39" s="37">
         <f>SUM(W36:W38)+SUMIF($S36:$S38,W$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="X39" s="37">
-        <f t="shared" ref="X39" si="132">SUM(X36:X38)+SUMIF($S36:$S38,X$2,$T36:$T38)</f>
+        <f t="shared" ref="X39" si="141">SUM(X36:X38)+SUMIF($S36:$S38,X$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="Y39" s="37">
-        <f t="shared" ref="Y39" si="133">SUM(Y36:Y38)+SUMIF($S36:$S38,Y$2,$T36:$T38)</f>
+        <f t="shared" ref="Y39" si="142">SUM(Y36:Y38)+SUMIF($S36:$S38,Y$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="Z39" s="37">
-        <f t="shared" ref="Z39" si="134">SUM(Z36:Z38)+SUMIF($S36:$S38,Z$2,$T36:$T38)</f>
+        <f t="shared" ref="Z39" si="143">SUM(Z36:Z38)+SUMIF($S36:$S38,Z$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AA39" s="37">
-        <f t="shared" ref="AA39" si="135">SUM(AA36:AA38)+SUMIF($S36:$S38,AA$2,$T36:$T38)</f>
+        <f t="shared" ref="AA39" si="144">SUM(AA36:AA38)+SUMIF($S36:$S38,AA$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AB39" s="37">
-        <f t="shared" ref="AB39" si="136">SUM(AB36:AB38)+SUMIF($S36:$S38,AB$2,$T36:$T38)</f>
+        <f t="shared" ref="AB39" si="145">SUM(AB36:AB38)+SUMIF($S36:$S38,AB$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AC39" s="36">
-        <f t="shared" ref="AC39:AE39" si="137">SUM(AC36:AC38)</f>
+        <f t="shared" ref="AC39:AE39" si="146">SUM(AC36:AC38)</f>
         <v>0</v>
       </c>
       <c r="AD39" s="37">
-        <f t="shared" si="137"/>
+        <f t="shared" si="146"/>
         <v>0</v>
       </c>
       <c r="AE39" s="39">
-        <f t="shared" si="137"/>
+        <f t="shared" si="146"/>
         <v>0</v>
       </c>
       <c r="AF39" s="37">
-        <f t="shared" ref="AF39" si="138">SUM(AF36:AF38)+SUMIF($S36:$S38,AF$2,$T36:$T38)</f>
+        <f t="shared" ref="AF39" si="147">SUM(AF36:AF38)+SUMIF($S36:$S38,AF$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AG39" s="37">
-        <f t="shared" ref="AG39" si="139">SUM(AG36:AG38)+SUMIF($S36:$S38,AG$2,$T36:$T38)</f>
+        <f t="shared" ref="AG39" si="148">SUM(AG36:AG38)+SUMIF($S36:$S38,AG$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AH39" s="37">
-        <f t="shared" ref="AH39" si="140">SUM(AH36:AH38)+SUMIF($S36:$S38,AH$2,$T36:$T38)</f>
+        <f t="shared" ref="AH39" si="149">SUM(AH36:AH38)+SUMIF($S36:$S38,AH$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AI39" s="37">
-        <f t="shared" ref="AI39" si="141">SUM(AI36:AI38)+SUMIF($S36:$S38,AI$2,$T36:$T38)</f>
+        <f t="shared" ref="AI39" si="150">SUM(AI36:AI38)+SUMIF($S36:$S38,AI$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AK39" s="36">
-        <f t="shared" ref="AK39:AL39" si="142">SUM(AK36:AK38)</f>
+        <f t="shared" ref="AK39:AL39" si="151">SUM(AK36:AK38)</f>
         <v>0</v>
       </c>
       <c r="AL39" s="36">
-        <f t="shared" si="142"/>
+        <f t="shared" si="151"/>
         <v>0</v>
       </c>
       <c r="AM39" s="37">
-        <f t="shared" ref="AM39" si="143">SUM(AM36:AM38)+SUMIF($S36:$S38,AM$2,$T36:$T38)</f>
+        <f t="shared" ref="AM39" si="152">SUM(AM36:AM38)+SUMIF($S36:$S38,AM$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AN39" s="37">
-        <f t="shared" ref="AN39" si="144">SUM(AN36:AN38)+SUMIF($S36:$S38,AN$2,$T36:$T38)</f>
+        <f t="shared" ref="AN39" si="153">SUM(AN36:AN38)+SUMIF($S36:$S38,AN$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AO39" s="37">
-        <f t="shared" ref="AO39" si="145">SUM(AO36:AO38)+SUMIF($S36:$S38,AO$2,$T36:$T38)</f>
+        <f t="shared" ref="AO39" si="154">SUM(AO36:AO38)+SUMIF($S36:$S38,AO$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AP39" s="37">
-        <f t="shared" ref="AP39" si="146">SUM(AP36:AP38)+SUMIF($S36:$S38,AP$2,$T36:$T38)</f>
+        <f t="shared" ref="AP39" si="155">SUM(AP36:AP38)+SUMIF($S36:$S38,AP$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AQ39" s="37">
-        <f t="shared" ref="AQ39" si="147">SUM(AQ36:AQ38)+SUMIF($S36:$S38,AQ$2,$T36:$T38)</f>
+        <f t="shared" ref="AQ39" si="156">SUM(AQ36:AQ38)+SUMIF($S36:$S38,AQ$2,$T36:$T38)</f>
         <v>0</v>
       </c>
       <c r="AR39" s="271"/>
       <c r="AS39" s="40"/>
     </row>
     <row r="40" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A40" s="267"/>
       <c r="D40" s="21"/>
       <c r="E40" s="21"/>
       <c r="F40" s="21"/>
       <c r="G40" s="21"/>
       <c r="H40" s="20"/>
       <c r="I40" s="21"/>
       <c r="K40" s="41"/>
       <c r="L40" s="22">
-        <f t="shared" ref="L40:L41" si="148">J40*K40</f>
+        <f t="shared" ref="L40:L41" si="157">J40*K40</f>
         <v>0</v>
       </c>
       <c r="M40" s="21"/>
       <c r="N40" s="21"/>
       <c r="R40" s="22">
-        <f t="shared" ref="R40:R41" si="149">O40*P40*Q40</f>
+        <f t="shared" ref="R40:R41" si="158">O40*P40*Q40</f>
         <v>0</v>
       </c>
       <c r="S40" s="21"/>
       <c r="U40" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U40:U42" si="159">SUM(L40,T40,W40,X40,,AO40,Y40,Z40,AA40,AB40,R40,,AD40,AE40,,AF40,AG40,AH40,AI40,AM40,,AN40,AQ40)</f>
         <v>0</v>
       </c>
       <c r="V40" s="20"/>
       <c r="W40" s="23"/>
       <c r="X40" s="23"/>
       <c r="Y40" s="23"/>
       <c r="Z40" s="23"/>
       <c r="AA40" s="23"/>
       <c r="AB40" s="23"/>
       <c r="AD40" s="23"/>
       <c r="AE40" s="22">
         <f>AD40*AC40</f>
         <v>0</v>
       </c>
       <c r="AF40" s="23"/>
       <c r="AG40" s="23"/>
       <c r="AH40" s="23"/>
       <c r="AI40" s="23"/>
       <c r="AJ40" s="21"/>
       <c r="AM40" s="23"/>
       <c r="AN40" s="23"/>
       <c r="AO40" s="23"/>
       <c r="AP40" s="23"/>
       <c r="AQ40" s="23"/>
       <c r="AR40" s="270"/>
       <c r="AS40" s="24"/>
     </row>
     <row r="41" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="267"/>
       <c r="D41" s="27"/>
       <c r="E41" s="27"/>
       <c r="F41" s="27"/>
       <c r="G41" s="27"/>
       <c r="H41" s="26"/>
       <c r="I41" s="27"/>
       <c r="L41" s="28">
-        <f t="shared" si="148"/>
+        <f t="shared" si="157"/>
         <v>0</v>
       </c>
       <c r="M41" s="27"/>
       <c r="N41" s="27"/>
       <c r="R41" s="28">
-        <f t="shared" si="149"/>
+        <f t="shared" si="158"/>
         <v>0</v>
       </c>
       <c r="S41" s="27"/>
       <c r="U41" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="159"/>
         <v>0</v>
       </c>
       <c r="V41" s="26"/>
       <c r="W41" s="29"/>
       <c r="X41" s="29"/>
       <c r="Y41" s="29"/>
       <c r="Z41" s="29"/>
       <c r="AA41" s="29"/>
       <c r="AB41" s="29"/>
       <c r="AD41" s="29"/>
       <c r="AE41" s="28">
-        <f t="shared" ref="AE41" si="150">AD41*AC41</f>
+        <f t="shared" ref="AE41" si="160">AD41*AC41</f>
         <v>0</v>
       </c>
       <c r="AF41" s="29"/>
       <c r="AG41" s="29"/>
       <c r="AH41" s="29"/>
       <c r="AI41" s="29"/>
       <c r="AJ41" s="27"/>
       <c r="AM41" s="29"/>
       <c r="AN41" s="29"/>
       <c r="AO41" s="29"/>
       <c r="AP41" s="29"/>
       <c r="AQ41" s="29"/>
       <c r="AR41" s="270"/>
       <c r="AS41" s="30"/>
     </row>
     <row r="42" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="267"/>
       <c r="B42" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D42" s="27"/>
       <c r="E42" s="27"/>
       <c r="F42" s="27"/>
       <c r="G42" s="27"/>
       <c r="H42" s="26"/>
       <c r="I42" s="27"/>
       <c r="L42" s="28">
-        <f t="shared" ref="L42" si="151">J42*K42</f>
+        <f t="shared" ref="L42" si="161">J42*K42</f>
         <v>0</v>
       </c>
       <c r="M42" s="27"/>
       <c r="N42" s="27"/>
       <c r="R42" s="28">
-        <f t="shared" ref="R42" si="152">O42*P42*Q42</f>
+        <f t="shared" ref="R42" si="162">O42*P42*Q42</f>
         <v>0</v>
       </c>
       <c r="S42" s="27"/>
       <c r="U42" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="159"/>
         <v>0</v>
       </c>
       <c r="V42" s="26"/>
       <c r="W42" s="29"/>
       <c r="X42" s="29"/>
       <c r="Y42" s="29"/>
       <c r="Z42" s="29"/>
       <c r="AA42" s="29"/>
       <c r="AB42" s="29"/>
       <c r="AD42" s="29"/>
       <c r="AE42" s="28">
-        <f t="shared" ref="AE42" si="153">AD42*AC42</f>
+        <f t="shared" ref="AE42" si="163">AD42*AC42</f>
         <v>0</v>
       </c>
       <c r="AF42" s="29"/>
       <c r="AG42" s="29"/>
       <c r="AH42" s="29"/>
       <c r="AI42" s="29"/>
       <c r="AJ42" s="27"/>
       <c r="AM42" s="29"/>
       <c r="AN42" s="29"/>
       <c r="AO42" s="29"/>
       <c r="AP42" s="29"/>
       <c r="AQ42" s="29"/>
       <c r="AR42" s="270"/>
       <c r="AS42" s="30"/>
     </row>
     <row r="43" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="268"/>
       <c r="C43" s="36" t="s">
         <v>57</v>
       </c>
       <c r="H43" s="38"/>
       <c r="J43" s="36">
         <f>SUM(J40:J42)</f>
         <v>0</v>
       </c>
       <c r="L43" s="39">
         <f>SUM(L40:L42)</f>
         <v>0</v>
       </c>
       <c r="O43" s="36">
         <f>SUM(O40:O42)</f>
         <v>0</v>
       </c>
       <c r="P43" s="36">
         <f>SUM(P40:P42)</f>
         <v>0</v>
       </c>
       <c r="R43" s="39">
         <f>SUM(R40:R42)</f>
         <v>0</v>
       </c>
       <c r="U43" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V43" s="38"/>
       <c r="W43" s="37">
-        <f t="shared" ref="W43:AB43" si="154">SUM(W40:W42)+SUMIF($S40:$S42,W$2,$T40:$T42)</f>
+        <f t="shared" ref="W43:AB43" si="164">SUM(W40:W42)+SUMIF($S40:$S42,W$2,$T40:$T42)</f>
         <v>0</v>
       </c>
       <c r="X43" s="37">
-        <f t="shared" si="154"/>
+        <f t="shared" si="164"/>
         <v>0</v>
       </c>
       <c r="Y43" s="37">
-        <f t="shared" si="154"/>
+        <f t="shared" si="164"/>
         <v>0</v>
       </c>
       <c r="Z43" s="37">
-        <f t="shared" si="154"/>
+        <f t="shared" si="164"/>
         <v>0</v>
       </c>
       <c r="AA43" s="37">
-        <f t="shared" si="154"/>
+        <f t="shared" si="164"/>
         <v>0</v>
       </c>
       <c r="AB43" s="37">
-        <f t="shared" si="154"/>
+        <f t="shared" si="164"/>
         <v>0</v>
       </c>
       <c r="AC43" s="36">
         <f>SUM(AC40:AC42)</f>
         <v>0</v>
       </c>
       <c r="AD43" s="37">
         <f>SUM(AD40:AD42)</f>
         <v>0</v>
       </c>
       <c r="AE43" s="39">
         <f>SUM(AE40:AE42)</f>
         <v>0</v>
       </c>
       <c r="AF43" s="37">
         <f>SUM(AF40:AF42)+SUMIF($S40:$S42,AF$2,$T40:$T42)</f>
         <v>0</v>
       </c>
       <c r="AG43" s="37">
         <f>SUM(AG40:AG42)+SUMIF($S40:$S42,AG$2,$T40:$T42)</f>
         <v>0</v>
       </c>
       <c r="AH43" s="37">
         <f>SUM(AH40:AH42)+SUMIF($S40:$S42,AH$2,$T40:$T42)</f>
         <v>0</v>
@@ -13259,713 +13765,713 @@
       </c>
       <c r="AO43" s="37">
         <f>SUM(AO40:AO42)+SUMIF($S40:$S42,AO$2,$T40:$T42)</f>
         <v>0</v>
       </c>
       <c r="AP43" s="37">
         <f>SUM(AP40:AP42)+SUMIF($S40:$S42,AP$2,$T40:$T42)</f>
         <v>0</v>
       </c>
       <c r="AQ43" s="37">
         <f>SUM(AQ40:AQ42)+SUMIF($S40:$S42,AQ$2,$T40:$T42)</f>
         <v>0</v>
       </c>
       <c r="AR43" s="271"/>
       <c r="AS43" s="40"/>
     </row>
     <row r="44" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A44" s="267"/>
       <c r="D44" s="21"/>
       <c r="E44" s="21"/>
       <c r="F44" s="21"/>
       <c r="G44" s="21"/>
       <c r="H44" s="20"/>
       <c r="I44" s="21"/>
       <c r="L44" s="22">
-        <f t="shared" ref="L44:L49" si="155">J44*K44</f>
+        <f t="shared" ref="L44:L49" si="165">J44*K44</f>
         <v>0</v>
       </c>
       <c r="M44" s="21"/>
       <c r="N44" s="21"/>
       <c r="R44" s="22">
-        <f t="shared" ref="R44:R45" si="156">O44*P44*Q44</f>
+        <f t="shared" ref="R44:R45" si="166">O44*P44*Q44</f>
         <v>0</v>
       </c>
       <c r="S44" s="21"/>
       <c r="U44" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U44:U46" si="167">SUM(L44,T44,W44,X44,,AO44,Y44,Z44,AA44,AB44,R44,,AD44,AE44,,AF44,AG44,AH44,AI44,AM44,,AN44,AQ44)</f>
         <v>0</v>
       </c>
       <c r="V44" s="20"/>
       <c r="W44" s="23"/>
       <c r="X44" s="23"/>
       <c r="Y44" s="23"/>
       <c r="Z44" s="23"/>
       <c r="AA44" s="23"/>
       <c r="AB44" s="23"/>
       <c r="AD44" s="23"/>
       <c r="AE44" s="22">
         <f>AD44*AC44</f>
         <v>0</v>
       </c>
       <c r="AF44" s="23"/>
       <c r="AG44" s="23"/>
       <c r="AH44" s="23"/>
       <c r="AI44" s="23"/>
       <c r="AJ44" s="21"/>
       <c r="AM44" s="23"/>
       <c r="AN44" s="23"/>
       <c r="AO44" s="23"/>
       <c r="AP44" s="23"/>
       <c r="AQ44" s="23"/>
       <c r="AR44" s="270"/>
       <c r="AS44" s="24"/>
     </row>
     <row r="45" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="267"/>
       <c r="D45" s="27"/>
       <c r="E45" s="27"/>
       <c r="F45" s="27"/>
       <c r="G45" s="27"/>
       <c r="H45" s="26"/>
       <c r="I45" s="27"/>
       <c r="L45" s="28">
-        <f t="shared" si="155"/>
+        <f t="shared" si="165"/>
         <v>0</v>
       </c>
       <c r="M45" s="27"/>
       <c r="N45" s="27"/>
       <c r="R45" s="28">
-        <f t="shared" si="156"/>
+        <f t="shared" si="166"/>
         <v>0</v>
       </c>
       <c r="S45" s="27"/>
       <c r="U45" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="167"/>
         <v>0</v>
       </c>
       <c r="V45" s="26"/>
       <c r="W45" s="29"/>
       <c r="X45" s="29"/>
       <c r="Y45" s="29"/>
       <c r="Z45" s="29"/>
       <c r="AA45" s="29"/>
       <c r="AB45" s="29"/>
       <c r="AD45" s="29"/>
       <c r="AE45" s="28">
-        <f t="shared" ref="AE45" si="157">AD45*AC45</f>
+        <f t="shared" ref="AE45" si="168">AD45*AC45</f>
         <v>0</v>
       </c>
       <c r="AF45" s="29"/>
       <c r="AG45" s="29"/>
       <c r="AH45" s="29"/>
       <c r="AI45" s="29"/>
       <c r="AJ45" s="27"/>
       <c r="AM45" s="29"/>
       <c r="AN45" s="29"/>
       <c r="AO45" s="29"/>
       <c r="AP45" s="29"/>
       <c r="AQ45" s="29"/>
       <c r="AR45" s="270"/>
       <c r="AS45" s="30"/>
     </row>
     <row r="46" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="267"/>
       <c r="B46" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D46" s="27"/>
       <c r="E46" s="27"/>
       <c r="F46" s="27"/>
       <c r="G46" s="27"/>
       <c r="H46" s="26"/>
       <c r="I46" s="27"/>
       <c r="L46" s="28">
-        <f t="shared" ref="L46" si="158">J46*K46</f>
+        <f t="shared" ref="L46" si="169">J46*K46</f>
         <v>0</v>
       </c>
       <c r="M46" s="27"/>
       <c r="N46" s="27"/>
       <c r="R46" s="28">
-        <f t="shared" ref="R46" si="159">O46*P46*Q46</f>
+        <f t="shared" ref="R46" si="170">O46*P46*Q46</f>
         <v>0</v>
       </c>
       <c r="S46" s="27"/>
       <c r="U46" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="167"/>
         <v>0</v>
       </c>
       <c r="V46" s="26"/>
       <c r="W46" s="29"/>
       <c r="X46" s="29"/>
       <c r="Y46" s="29"/>
       <c r="Z46" s="29"/>
       <c r="AA46" s="29"/>
       <c r="AB46" s="29"/>
       <c r="AD46" s="29"/>
       <c r="AE46" s="28">
-        <f t="shared" ref="AE46" si="160">AD46*AC46</f>
+        <f t="shared" ref="AE46" si="171">AD46*AC46</f>
         <v>0</v>
       </c>
       <c r="AF46" s="29"/>
       <c r="AG46" s="29"/>
       <c r="AH46" s="29"/>
       <c r="AI46" s="29"/>
       <c r="AJ46" s="27"/>
       <c r="AM46" s="29"/>
       <c r="AN46" s="29"/>
       <c r="AO46" s="29"/>
       <c r="AP46" s="29"/>
       <c r="AQ46" s="29"/>
       <c r="AR46" s="270"/>
       <c r="AS46" s="30"/>
     </row>
     <row r="47" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="268"/>
       <c r="C47" s="36" t="s">
         <v>58</v>
       </c>
       <c r="H47" s="38"/>
       <c r="J47" s="36">
         <f>SUM(J44:J46)</f>
         <v>0</v>
       </c>
       <c r="L47" s="39">
         <f>SUM(L44:L46)</f>
         <v>0</v>
       </c>
       <c r="O47" s="36">
         <f>SUM(O44:O46)</f>
         <v>0</v>
       </c>
       <c r="P47" s="36">
         <f>SUM(P44:P46)</f>
         <v>0</v>
       </c>
       <c r="R47" s="39">
-        <f t="shared" ref="R47" si="161">SUM(R44:R46)</f>
+        <f t="shared" ref="R47" si="172">SUM(R44:R46)</f>
         <v>0</v>
       </c>
       <c r="U47" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V47" s="38"/>
       <c r="W47" s="37">
         <f>SUM(W44:W46)+SUMIF($S44:$S46,W$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="X47" s="37">
-        <f t="shared" ref="X47" si="162">SUM(X44:X46)+SUMIF($S44:$S46,X$2,$T44:$T46)</f>
+        <f t="shared" ref="X47" si="173">SUM(X44:X46)+SUMIF($S44:$S46,X$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="Y47" s="37">
-        <f t="shared" ref="Y47" si="163">SUM(Y44:Y46)+SUMIF($S44:$S46,Y$2,$T44:$T46)</f>
+        <f t="shared" ref="Y47" si="174">SUM(Y44:Y46)+SUMIF($S44:$S46,Y$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="Z47" s="37">
-        <f t="shared" ref="Z47" si="164">SUM(Z44:Z46)+SUMIF($S44:$S46,Z$2,$T44:$T46)</f>
+        <f t="shared" ref="Z47" si="175">SUM(Z44:Z46)+SUMIF($S44:$S46,Z$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AA47" s="37">
-        <f t="shared" ref="AA47" si="165">SUM(AA44:AA46)+SUMIF($S44:$S46,AA$2,$T44:$T46)</f>
+        <f t="shared" ref="AA47" si="176">SUM(AA44:AA46)+SUMIF($S44:$S46,AA$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AB47" s="37">
-        <f t="shared" ref="AB47" si="166">SUM(AB44:AB46)+SUMIF($S44:$S46,AB$2,$T44:$T46)</f>
+        <f t="shared" ref="AB47" si="177">SUM(AB44:AB46)+SUMIF($S44:$S46,AB$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AC47" s="36">
-        <f t="shared" ref="AC47:AE47" si="167">SUM(AC44:AC46)</f>
+        <f t="shared" ref="AC47:AE47" si="178">SUM(AC44:AC46)</f>
         <v>0</v>
       </c>
       <c r="AD47" s="37">
-        <f t="shared" si="167"/>
+        <f t="shared" si="178"/>
         <v>0</v>
       </c>
       <c r="AE47" s="39">
-        <f t="shared" si="167"/>
+        <f t="shared" si="178"/>
         <v>0</v>
       </c>
       <c r="AF47" s="37">
-        <f t="shared" ref="AF47" si="168">SUM(AF44:AF46)+SUMIF($S44:$S46,AF$2,$T44:$T46)</f>
+        <f t="shared" ref="AF47" si="179">SUM(AF44:AF46)+SUMIF($S44:$S46,AF$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AG47" s="37">
-        <f t="shared" ref="AG47" si="169">SUM(AG44:AG46)+SUMIF($S44:$S46,AG$2,$T44:$T46)</f>
+        <f t="shared" ref="AG47" si="180">SUM(AG44:AG46)+SUMIF($S44:$S46,AG$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AH47" s="37">
-        <f t="shared" ref="AH47" si="170">SUM(AH44:AH46)+SUMIF($S44:$S46,AH$2,$T44:$T46)</f>
+        <f t="shared" ref="AH47" si="181">SUM(AH44:AH46)+SUMIF($S44:$S46,AH$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AI47" s="37">
-        <f t="shared" ref="AI47" si="171">SUM(AI44:AI46)+SUMIF($S44:$S46,AI$2,$T44:$T46)</f>
+        <f t="shared" ref="AI47" si="182">SUM(AI44:AI46)+SUMIF($S44:$S46,AI$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AK47" s="36">
-        <f t="shared" ref="AK47:AL47" si="172">SUM(AK44:AK46)</f>
+        <f t="shared" ref="AK47:AL47" si="183">SUM(AK44:AK46)</f>
         <v>0</v>
       </c>
       <c r="AL47" s="36">
-        <f t="shared" si="172"/>
+        <f t="shared" si="183"/>
         <v>0</v>
       </c>
       <c r="AM47" s="37">
-        <f t="shared" ref="AM47" si="173">SUM(AM44:AM46)+SUMIF($S44:$S46,AM$2,$T44:$T46)</f>
+        <f t="shared" ref="AM47" si="184">SUM(AM44:AM46)+SUMIF($S44:$S46,AM$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AN47" s="37">
-        <f t="shared" ref="AN47" si="174">SUM(AN44:AN46)+SUMIF($S44:$S46,AN$2,$T44:$T46)</f>
+        <f t="shared" ref="AN47" si="185">SUM(AN44:AN46)+SUMIF($S44:$S46,AN$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AO47" s="37">
-        <f t="shared" ref="AO47" si="175">SUM(AO44:AO46)+SUMIF($S44:$S46,AO$2,$T44:$T46)</f>
+        <f t="shared" ref="AO47" si="186">SUM(AO44:AO46)+SUMIF($S44:$S46,AO$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AP47" s="37">
-        <f t="shared" ref="AP47" si="176">SUM(AP44:AP46)+SUMIF($S44:$S46,AP$2,$T44:$T46)</f>
+        <f t="shared" ref="AP47" si="187">SUM(AP44:AP46)+SUMIF($S44:$S46,AP$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AQ47" s="37">
-        <f t="shared" ref="AQ47" si="177">SUM(AQ44:AQ46)+SUMIF($S44:$S46,AQ$2,$T44:$T46)</f>
+        <f t="shared" ref="AQ47" si="188">SUM(AQ44:AQ46)+SUMIF($S44:$S46,AQ$2,$T44:$T46)</f>
         <v>0</v>
       </c>
       <c r="AR47" s="271"/>
       <c r="AS47" s="40"/>
     </row>
     <row r="48" spans="1:45" s="7" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A48" s="267"/>
       <c r="D48" s="21"/>
       <c r="E48" s="21"/>
       <c r="F48" s="21"/>
       <c r="G48" s="21"/>
       <c r="H48" s="20"/>
       <c r="I48" s="21"/>
       <c r="L48" s="22">
-        <f t="shared" si="155"/>
+        <f t="shared" si="165"/>
         <v>0</v>
       </c>
       <c r="M48" s="21"/>
       <c r="N48" s="21"/>
       <c r="R48" s="22">
-        <f t="shared" ref="R48:R49" si="178">O48*P48*Q48</f>
+        <f t="shared" ref="R48:R49" si="189">O48*P48*Q48</f>
         <v>0</v>
       </c>
       <c r="S48" s="21"/>
       <c r="U48" s="19">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="U48:U50" si="190">SUM(L48,T48,W48,X48,,AO48,Y48,Z48,AA48,AB48,R48,,AD48,AE48,,AF48,AG48,AH48,AI48,AM48,,AN48,AQ48)</f>
         <v>0</v>
       </c>
       <c r="V48" s="20"/>
       <c r="W48" s="23"/>
       <c r="X48" s="23"/>
       <c r="Y48" s="23"/>
       <c r="Z48" s="23"/>
       <c r="AA48" s="23"/>
       <c r="AB48" s="23"/>
       <c r="AD48" s="23"/>
       <c r="AE48" s="22">
         <f>AD48*AC48</f>
         <v>0</v>
       </c>
       <c r="AF48" s="23"/>
       <c r="AG48" s="23"/>
       <c r="AH48" s="23"/>
       <c r="AI48" s="23"/>
       <c r="AJ48" s="21"/>
       <c r="AM48" s="23"/>
       <c r="AN48" s="23"/>
       <c r="AO48" s="23"/>
       <c r="AP48" s="23"/>
       <c r="AQ48" s="23"/>
       <c r="AR48" s="270"/>
       <c r="AS48" s="24"/>
     </row>
     <row r="49" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="267"/>
       <c r="D49" s="27"/>
       <c r="E49" s="27"/>
       <c r="F49" s="27"/>
       <c r="G49" s="27"/>
       <c r="H49" s="26"/>
       <c r="I49" s="27"/>
       <c r="L49" s="28">
-        <f t="shared" si="155"/>
+        <f t="shared" si="165"/>
         <v>0</v>
       </c>
       <c r="M49" s="27"/>
       <c r="N49" s="27"/>
       <c r="R49" s="28">
-        <f t="shared" si="178"/>
+        <f t="shared" si="189"/>
         <v>0</v>
       </c>
       <c r="S49" s="27"/>
       <c r="U49" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="190"/>
         <v>0</v>
       </c>
       <c r="V49" s="26"/>
       <c r="W49" s="29"/>
       <c r="X49" s="29"/>
       <c r="Y49" s="29"/>
       <c r="Z49" s="29"/>
       <c r="AA49" s="29"/>
       <c r="AB49" s="29"/>
       <c r="AD49" s="29"/>
       <c r="AE49" s="28">
-        <f t="shared" ref="AE49" si="179">AD49*AC49</f>
+        <f t="shared" ref="AE49" si="191">AD49*AC49</f>
         <v>0</v>
       </c>
       <c r="AF49" s="29"/>
       <c r="AG49" s="29"/>
       <c r="AH49" s="29"/>
       <c r="AI49" s="29"/>
       <c r="AJ49" s="27"/>
       <c r="AM49" s="29"/>
       <c r="AN49" s="29"/>
       <c r="AO49" s="29"/>
       <c r="AP49" s="29"/>
       <c r="AQ49" s="29"/>
       <c r="AR49" s="270"/>
       <c r="AS49" s="30"/>
     </row>
     <row r="50" spans="1:45" s="17" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="267"/>
       <c r="B50" s="31" t="s">
         <v>63</v>
       </c>
       <c r="D50" s="27"/>
       <c r="E50" s="27"/>
       <c r="F50" s="27"/>
       <c r="G50" s="27"/>
       <c r="H50" s="26"/>
       <c r="I50" s="27"/>
       <c r="L50" s="28">
-        <f t="shared" ref="L50" si="180">J50*K50</f>
+        <f t="shared" ref="L50" si="192">J50*K50</f>
         <v>0</v>
       </c>
       <c r="M50" s="27"/>
       <c r="N50" s="27"/>
       <c r="R50" s="28">
-        <f t="shared" ref="R50" si="181">O50*P50*Q50</f>
+        <f t="shared" ref="R50" si="193">O50*P50*Q50</f>
         <v>0</v>
       </c>
       <c r="S50" s="27"/>
       <c r="U50" s="25">
-        <f t="shared" si="0"/>
+        <f t="shared" si="190"/>
         <v>0</v>
       </c>
       <c r="V50" s="26"/>
       <c r="W50" s="29"/>
       <c r="X50" s="29"/>
       <c r="Y50" s="29"/>
       <c r="Z50" s="29"/>
       <c r="AA50" s="29"/>
       <c r="AB50" s="29"/>
       <c r="AD50" s="29"/>
       <c r="AE50" s="28">
-        <f t="shared" ref="AE50" si="182">AD50*AC50</f>
+        <f t="shared" ref="AE50" si="194">AD50*AC50</f>
         <v>0</v>
       </c>
       <c r="AF50" s="29"/>
       <c r="AG50" s="29"/>
       <c r="AH50" s="29"/>
       <c r="AI50" s="29"/>
       <c r="AJ50" s="27"/>
       <c r="AM50" s="29"/>
       <c r="AN50" s="29"/>
       <c r="AO50" s="29"/>
       <c r="AP50" s="29"/>
       <c r="AQ50" s="29"/>
       <c r="AR50" s="270"/>
       <c r="AS50" s="30"/>
     </row>
     <row r="51" spans="1:45" s="36" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="268"/>
       <c r="C51" s="36" t="s">
         <v>59</v>
       </c>
       <c r="H51" s="38"/>
       <c r="J51" s="36">
         <f>SUM(J48:J50)</f>
         <v>0</v>
       </c>
       <c r="L51" s="39">
         <f>SUM(L48:L50)</f>
         <v>0</v>
       </c>
       <c r="O51" s="36">
         <f>SUM(O48:O50)</f>
         <v>0</v>
       </c>
       <c r="P51" s="36">
         <f>SUM(P48:P50)</f>
         <v>0</v>
       </c>
       <c r="R51" s="39">
-        <f t="shared" ref="R51" si="183">SUM(R48:R50)</f>
+        <f t="shared" ref="R51" si="195">SUM(R48:R50)</f>
         <v>0</v>
       </c>
       <c r="T51" s="39"/>
       <c r="U51" s="37">
-        <f t="shared" si="0"/>
+        <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="V51" s="38"/>
       <c r="W51" s="37">
         <f>SUM(W48:W50)+SUMIF($S48:$S50,W$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="X51" s="37">
-        <f t="shared" ref="X51" si="184">SUM(X48:X50)+SUMIF($S48:$S50,X$2,$T48:$T50)</f>
+        <f t="shared" ref="X51" si="196">SUM(X48:X50)+SUMIF($S48:$S50,X$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="Y51" s="37">
-        <f t="shared" ref="Y51" si="185">SUM(Y48:Y50)+SUMIF($S48:$S50,Y$2,$T48:$T50)</f>
+        <f t="shared" ref="Y51" si="197">SUM(Y48:Y50)+SUMIF($S48:$S50,Y$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="Z51" s="37">
-        <f t="shared" ref="Z51" si="186">SUM(Z48:Z50)+SUMIF($S48:$S50,Z$2,$T48:$T50)</f>
+        <f t="shared" ref="Z51" si="198">SUM(Z48:Z50)+SUMIF($S48:$S50,Z$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AA51" s="37">
-        <f t="shared" ref="AA51" si="187">SUM(AA48:AA50)+SUMIF($S48:$S50,AA$2,$T48:$T50)</f>
+        <f t="shared" ref="AA51" si="199">SUM(AA48:AA50)+SUMIF($S48:$S50,AA$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AB51" s="37">
-        <f t="shared" ref="AB51" si="188">SUM(AB48:AB50)+SUMIF($S48:$S50,AB$2,$T48:$T50)</f>
+        <f t="shared" ref="AB51" si="200">SUM(AB48:AB50)+SUMIF($S48:$S50,AB$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AC51" s="36">
-        <f t="shared" ref="AC51:AE51" si="189">SUM(AC48:AC50)</f>
+        <f t="shared" ref="AC51:AE51" si="201">SUM(AC48:AC50)</f>
         <v>0</v>
       </c>
       <c r="AD51" s="37">
-        <f t="shared" si="189"/>
+        <f t="shared" si="201"/>
         <v>0</v>
       </c>
       <c r="AE51" s="39">
-        <f t="shared" si="189"/>
+        <f t="shared" si="201"/>
         <v>0</v>
       </c>
       <c r="AF51" s="37">
-        <f t="shared" ref="AF51" si="190">SUM(AF48:AF50)+SUMIF($S48:$S50,AF$2,$T48:$T50)</f>
+        <f t="shared" ref="AF51" si="202">SUM(AF48:AF50)+SUMIF($S48:$S50,AF$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AG51" s="37">
-        <f t="shared" ref="AG51" si="191">SUM(AG48:AG50)+SUMIF($S48:$S50,AG$2,$T48:$T50)</f>
+        <f t="shared" ref="AG51" si="203">SUM(AG48:AG50)+SUMIF($S48:$S50,AG$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AH51" s="37">
-        <f t="shared" ref="AH51" si="192">SUM(AH48:AH50)+SUMIF($S48:$S50,AH$2,$T48:$T50)</f>
+        <f t="shared" ref="AH51" si="204">SUM(AH48:AH50)+SUMIF($S48:$S50,AH$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AI51" s="37">
-        <f t="shared" ref="AI51" si="193">SUM(AI48:AI50)+SUMIF($S48:$S50,AI$2,$T48:$T50)</f>
+        <f t="shared" ref="AI51" si="205">SUM(AI48:AI50)+SUMIF($S48:$S50,AI$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AK51" s="36">
-        <f t="shared" ref="AK51:AL51" si="194">SUM(AK48:AK50)</f>
+        <f t="shared" ref="AK51:AL51" si="206">SUM(AK48:AK50)</f>
         <v>0</v>
       </c>
       <c r="AL51" s="36">
-        <f t="shared" si="194"/>
+        <f t="shared" si="206"/>
         <v>0</v>
       </c>
       <c r="AM51" s="37">
-        <f t="shared" ref="AM51" si="195">SUM(AM48:AM50)+SUMIF($S48:$S50,AM$2,$T48:$T50)</f>
+        <f t="shared" ref="AM51" si="207">SUM(AM48:AM50)+SUMIF($S48:$S50,AM$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AN51" s="37">
-        <f t="shared" ref="AN51" si="196">SUM(AN48:AN50)+SUMIF($S48:$S50,AN$2,$T48:$T50)</f>
+        <f t="shared" ref="AN51" si="208">SUM(AN48:AN50)+SUMIF($S48:$S50,AN$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AO51" s="37">
-        <f t="shared" ref="AO51" si="197">SUM(AO48:AO50)+SUMIF($S48:$S50,AO$2,$T48:$T50)</f>
+        <f t="shared" ref="AO51" si="209">SUM(AO48:AO50)+SUMIF($S48:$S50,AO$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AP51" s="37">
-        <f t="shared" ref="AP51" si="198">SUM(AP48:AP50)+SUMIF($S48:$S50,AP$2,$T48:$T50)</f>
+        <f t="shared" ref="AP51" si="210">SUM(AP48:AP50)+SUMIF($S48:$S50,AP$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AQ51" s="37">
-        <f t="shared" ref="AQ51" si="199">SUM(AQ48:AQ50)+SUMIF($S48:$S50,AQ$2,$T48:$T50)</f>
+        <f t="shared" ref="AQ51" si="211">SUM(AQ48:AQ50)+SUMIF($S48:$S50,AQ$2,$T48:$T50)</f>
         <v>0</v>
       </c>
       <c r="AR51" s="271"/>
       <c r="AS51" s="40"/>
     </row>
     <row r="52" spans="1:45" s="8" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A52" s="268"/>
       <c r="L52" s="43"/>
       <c r="M52" s="43"/>
       <c r="N52" s="43"/>
       <c r="S52" s="43"/>
       <c r="T52" s="43"/>
       <c r="U52" s="42"/>
       <c r="W52" s="43"/>
       <c r="X52" s="43"/>
       <c r="Y52" s="43"/>
       <c r="Z52" s="43"/>
       <c r="AA52" s="43"/>
       <c r="AB52" s="43"/>
       <c r="AN52" s="43"/>
       <c r="AO52" s="43"/>
       <c r="AP52" s="43"/>
       <c r="AQ52" s="43"/>
       <c r="AR52" s="271"/>
       <c r="AS52" s="44"/>
     </row>
     <row r="53" spans="1:45" s="50" customFormat="1" ht="18" hidden="1" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A53" s="268"/>
-      <c r="B53" s="380" t="s">
+      <c r="B53" s="381" t="s">
         <v>82</v>
       </c>
-      <c r="C53" s="381"/>
+      <c r="C53" s="382"/>
       <c r="D53" s="46"/>
       <c r="E53" s="46"/>
       <c r="F53" s="46"/>
       <c r="G53" s="46"/>
       <c r="H53" s="45"/>
       <c r="I53" s="46"/>
       <c r="J53" s="47">
         <f>SUM(J7,J11,J15,J19,J23,J27,J31,J35,J39,J43,J47,J51)</f>
         <v>0</v>
       </c>
       <c r="K53" s="48" t="e">
         <f>(SUM(L7,L11,L15,L19,L23,L27,L31,L35,L39,L43,L47,L51))/J53</f>
         <v>#DIV/0!</v>
       </c>
       <c r="L53" s="48">
         <f>SUM(L51,L47,L43,L39,L35,L31,L27,L23,L19,L15,L7,L11)</f>
         <v>0</v>
       </c>
       <c r="M53" s="48"/>
       <c r="N53" s="48"/>
       <c r="O53" s="47">
         <f>SUM(O7,O11,O15,O19,O23,O27,O31,O35,O39,O43,O47,O51)</f>
         <v>0</v>
       </c>
       <c r="P53" s="47">
         <f>SUM(P7,P11,P15,P19,P23,P27,P31,P35,P39,P43,P47,P51)</f>
         <v>0</v>
       </c>
       <c r="Q53" s="48" t="e">
         <f>(SUM(R7,R11,R15,R19,R23,R27,R31,R35,R39,R43,R47,R51))/P53</f>
         <v>#DIV/0!</v>
       </c>
       <c r="R53" s="47">
         <f>SUM(R7,R11,R15,R19,R23,R27,R31,R35,R39,R43,R47,R51)</f>
         <v>0</v>
       </c>
       <c r="S53" s="48" t="str" cm="1">
         <f t="array" ref="S53:S73">TRANSPOSE(W2:AQ2)</f>
         <v>Crop insurance proceeds</v>
       </c>
       <c r="T53" s="48"/>
       <c r="U53" s="213"/>
       <c r="V53" s="45"/>
       <c r="W53" s="48">
-        <f t="shared" ref="W53:AB53" si="200">SUM(W51,W47,W43,W39,W35,W31,W27,W23,W19,W15,W7,W11)</f>
+        <f t="shared" ref="W53:AB53" si="212">SUM(W51,W47,W43,W39,W35,W31,W27,W23,W19,W15,W7,W11)</f>
         <v>0</v>
       </c>
       <c r="X53" s="48">
-        <f t="shared" si="200"/>
+        <f t="shared" si="212"/>
         <v>0</v>
       </c>
       <c r="Y53" s="48">
-        <f t="shared" si="200"/>
+        <f t="shared" si="212"/>
         <v>0</v>
       </c>
       <c r="Z53" s="48">
-        <f t="shared" si="200"/>
+        <f t="shared" si="212"/>
         <v>0</v>
       </c>
       <c r="AA53" s="48">
-        <f t="shared" si="200"/>
+        <f t="shared" si="212"/>
         <v>0</v>
       </c>
       <c r="AB53" s="48">
-        <f t="shared" si="200"/>
+        <f t="shared" si="212"/>
         <v>0</v>
       </c>
       <c r="AC53" s="47">
         <f>SUM(AC7,AC11,AC15,AC19,AC23,AC27,AC31,AC35,AC39,AC43,AC47,AC51)</f>
         <v>0</v>
       </c>
       <c r="AD53" s="48" t="e">
         <f>(SUM(AE7,AE11,AE15,AE19,AE23,AE27,AE31,AE35,AE39,AE43,AE47,AE51))/AC53</f>
         <v>#DIV/0!</v>
       </c>
       <c r="AE53" s="47">
         <f>SUM(AE7,AE11,AE15,AE19,AE23,AE27,AE31,AE35,AE39,AE43,AE47,AE51)</f>
         <v>0</v>
       </c>
       <c r="AF53" s="47">
         <f>SUM(AF7,AF11,AF15,AF19,AF23,AF27,AF31,AF35,AF39,AF43,AF47,AF51)</f>
         <v>0</v>
       </c>
       <c r="AG53" s="47">
         <f>SUM(AG7,AG11,AG15,AG19,AG23,AG27,AG31,AG35,AG39,AG43,AG47,AG51)</f>
         <v>0</v>
       </c>
       <c r="AH53" s="47">
         <f>SUM(AH7,AH11,AH15,AH19,AH23,AH27,AH31,AH35,AH39,AH43,AH47,AH51)</f>
         <v>0</v>
       </c>
       <c r="AI53" s="47">
         <f>SUM(AI7,AI11,AI15,AI19,AI23,AI27,AI31,AI35,AI39,AI43,AI47,AI51)</f>
         <v>0</v>
       </c>
       <c r="AJ53" s="46"/>
       <c r="AK53" s="47">
-        <f t="shared" ref="AK53:AQ53" si="201">SUM(AK7,AK11,AK15,AK19,AK23,AK27,AK31,AK35,AK39,AK43,AK47,AK51)</f>
+        <f t="shared" ref="AK53:AQ53" si="213">SUM(AK7,AK11,AK15,AK19,AK23,AK27,AK31,AK35,AK39,AK43,AK47,AK51)</f>
         <v>0</v>
       </c>
       <c r="AL53" s="47">
-        <f t="shared" si="201"/>
+        <f t="shared" si="213"/>
         <v>0</v>
       </c>
       <c r="AM53" s="47">
-        <f t="shared" si="201"/>
+        <f t="shared" si="213"/>
         <v>0</v>
       </c>
       <c r="AN53" s="47">
-        <f t="shared" si="201"/>
+        <f t="shared" si="213"/>
         <v>0</v>
       </c>
       <c r="AO53" s="47">
-        <f t="shared" si="201"/>
+        <f t="shared" si="213"/>
         <v>0</v>
       </c>
       <c r="AP53" s="47">
-        <f t="shared" si="201"/>
+        <f t="shared" si="213"/>
         <v>0</v>
       </c>
       <c r="AQ53" s="47">
-        <f t="shared" si="201"/>
+        <f t="shared" si="213"/>
         <v>0</v>
       </c>
       <c r="AR53" s="271"/>
       <c r="AS53" s="49"/>
     </row>
     <row r="54" spans="1:45" ht="18" hidden="1" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="D54" s="51" t="str">
         <f>'Drop-Down Lists Input'!A2</f>
         <v>Enter customers for farm products or services</v>
       </c>
       <c r="E54" s="51" t="str">
         <f>'Drop-Down Lists Input'!E1</f>
         <v>Checking Accounts</v>
       </c>
       <c r="F54" s="51" t="str">
         <f>'Drop-Down Lists Input'!G2</f>
         <v>List farm business units</v>
       </c>
       <c r="G54" s="51" t="str">
         <f>'Drop-Down Lists Input'!I2</f>
         <v>List farm names</v>
       </c>
       <c r="I54" s="51" t="str">
         <f>'Drop-Down Lists Input'!K2</f>
         <v>List crops grown</v>
@@ -15193,399 +15699,399 @@
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AJ44:AJ46 AJ48:AJ50" xr:uid="{B4811827-E592-4681-8BC9-C8DBA1A0FB21}">
       <formula1>$J$61:$J$75</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B1" location="Directions!A54" display="Directions for sheet" xr:uid="{F90521AB-4FD0-4E68-9E36-20C8376C19CB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="74" orientation="landscape" r:id="rId1"/>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="24" max="14" man="1"/>
     <brk id="31" max="14" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FFFFE029"/>
   </sheetPr>
   <dimension ref="A1:BH156"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane xSplit="9" ySplit="3" topLeftCell="J4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="9" ySplit="3" topLeftCell="O24" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="J1" sqref="J1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="B1" sqref="B1:D1"/>
+      <selection pane="bottomRight" activeCell="O31" sqref="O31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="10.140625" style="112" customWidth="1"/>
     <col min="3" max="3" width="10" style="112" customWidth="1"/>
     <col min="4" max="4" width="32.85546875" style="112" customWidth="1"/>
     <col min="5" max="5" width="3.28515625" style="107" customWidth="1"/>
     <col min="6" max="6" width="26.28515625" style="112" customWidth="1"/>
     <col min="7" max="7" width="23" style="112" customWidth="1"/>
     <col min="8" max="8" width="19.7109375" style="112" customWidth="1"/>
     <col min="9" max="9" width="22.7109375" style="112" customWidth="1"/>
     <col min="10" max="10" width="3.85546875" style="107" customWidth="1"/>
     <col min="11" max="11" width="30.5703125" style="112" customWidth="1"/>
     <col min="12" max="13" width="17.7109375" style="112" customWidth="1"/>
     <col min="14" max="14" width="39.7109375" style="107" customWidth="1"/>
     <col min="15" max="46" width="15.7109375" style="113" customWidth="1"/>
     <col min="47" max="49" width="15.7109375" style="112" customWidth="1"/>
     <col min="50" max="50" width="15.7109375" style="113" customWidth="1"/>
     <col min="51" max="51" width="3.28515625" style="108" customWidth="1"/>
     <col min="52" max="52" width="15.7109375" style="113" customWidth="1"/>
     <col min="53" max="54" width="15.7109375" style="112" customWidth="1"/>
     <col min="55" max="58" width="15.7109375" style="113" customWidth="1"/>
     <col min="59" max="59" width="3.28515625" style="261" customWidth="1"/>
     <col min="60" max="16384" width="9.140625" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:60" s="183" customFormat="1" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="262"/>
-      <c r="B1" s="395" t="s">
-[...5 lines deleted...]
-      <c r="F1" s="394" t="s">
+      <c r="B1" s="396" t="s">
+        <v>295</v>
+      </c>
+      <c r="C1" s="397"/>
+      <c r="D1" s="397"/>
+      <c r="E1" s="325"/>
+      <c r="F1" s="395" t="s">
         <v>213</v>
       </c>
-      <c r="G1" s="394"/>
-[...1 lines deleted...]
-      <c r="I1" s="327"/>
+      <c r="G1" s="395"/>
+      <c r="H1" s="395"/>
+      <c r="I1" s="326"/>
       <c r="J1" s="182"/>
-      <c r="K1" s="403" t="s">
+      <c r="K1" s="404" t="s">
         <v>214</v>
       </c>
-      <c r="L1" s="404"/>
-      <c r="M1" s="334"/>
+      <c r="L1" s="405"/>
+      <c r="M1" s="333"/>
       <c r="N1" s="182"/>
-      <c r="O1" s="413" t="s">
+      <c r="O1" s="414" t="s">
         <v>218</v>
       </c>
-      <c r="P1" s="394"/>
-[...34 lines deleted...]
-      <c r="AZ1" s="407" t="s">
+      <c r="P1" s="395"/>
+      <c r="Q1" s="395"/>
+      <c r="R1" s="395"/>
+      <c r="S1" s="395"/>
+      <c r="T1" s="395"/>
+      <c r="U1" s="395"/>
+      <c r="V1" s="395"/>
+      <c r="W1" s="395"/>
+      <c r="X1" s="395"/>
+      <c r="Y1" s="395"/>
+      <c r="Z1" s="395"/>
+      <c r="AA1" s="395"/>
+      <c r="AB1" s="395"/>
+      <c r="AC1" s="395"/>
+      <c r="AD1" s="395"/>
+      <c r="AE1" s="395"/>
+      <c r="AF1" s="395"/>
+      <c r="AG1" s="395"/>
+      <c r="AH1" s="395"/>
+      <c r="AI1" s="395"/>
+      <c r="AJ1" s="395"/>
+      <c r="AK1" s="395"/>
+      <c r="AL1" s="395"/>
+      <c r="AM1" s="395"/>
+      <c r="AN1" s="395"/>
+      <c r="AO1" s="395"/>
+      <c r="AP1" s="395"/>
+      <c r="AQ1" s="395"/>
+      <c r="AR1" s="395"/>
+      <c r="AS1" s="395"/>
+      <c r="AT1" s="395"/>
+      <c r="AU1" s="395"/>
+      <c r="AV1" s="395"/>
+      <c r="AW1" s="395"/>
+      <c r="AX1" s="395"/>
+      <c r="AZ1" s="408" t="s">
         <v>212</v>
       </c>
-      <c r="BA1" s="407"/>
-[...4 lines deleted...]
-      <c r="BF1" s="408"/>
+      <c r="BA1" s="408"/>
+      <c r="BB1" s="408"/>
+      <c r="BC1" s="408"/>
+      <c r="BD1" s="408"/>
+      <c r="BE1" s="408"/>
+      <c r="BF1" s="409"/>
       <c r="BG1" s="258"/>
     </row>
     <row r="2" spans="1:60" s="190" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="397" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="397" t="s">
+      <c r="B2" s="398" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="398" t="s">
         <v>69</v>
       </c>
-      <c r="D2" s="397" t="s">
+      <c r="D2" s="398" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="184"/>
-      <c r="F2" s="397" t="s">
-[...2 lines deleted...]
-      <c r="G2" s="397" t="s">
+      <c r="F2" s="398" t="s">
+        <v>262</v>
+      </c>
+      <c r="G2" s="398" t="s">
         <v>75</v>
       </c>
-      <c r="H2" s="397" t="s">
+      <c r="H2" s="398" t="s">
         <v>47</v>
       </c>
-      <c r="I2" s="397" t="s">
+      <c r="I2" s="398" t="s">
         <v>66</v>
       </c>
       <c r="J2" s="184"/>
-      <c r="K2" s="399" t="s">
+      <c r="K2" s="400" t="s">
         <v>215</v>
       </c>
-      <c r="L2" s="397" t="s">
+      <c r="L2" s="398" t="s">
         <v>216</v>
       </c>
-      <c r="M2" s="397" t="s">
+      <c r="M2" s="398" t="s">
         <v>62</v>
       </c>
-      <c r="N2" s="397" t="s">
+      <c r="N2" s="398" t="s">
         <v>217</v>
       </c>
-      <c r="O2" s="399" t="s">
+      <c r="O2" s="400" t="s">
         <v>168</v>
       </c>
-      <c r="P2" s="399" t="s">
+      <c r="P2" s="400" t="s">
         <v>187</v>
       </c>
-      <c r="Q2" s="399" t="s">
+      <c r="Q2" s="400" t="s">
         <v>9</v>
       </c>
-      <c r="R2" s="399" t="s">
+      <c r="R2" s="400" t="s">
         <v>13</v>
       </c>
-      <c r="S2" s="399" t="s">
+      <c r="S2" s="400" t="s">
         <v>171</v>
       </c>
-      <c r="T2" s="399" t="s">
+      <c r="T2" s="400" t="s">
         <v>261</v>
       </c>
-      <c r="U2" s="399" t="s">
+      <c r="U2" s="400" t="s">
         <v>10</v>
       </c>
-      <c r="V2" s="399" t="s">
+      <c r="V2" s="400" t="s">
         <v>172</v>
       </c>
-      <c r="W2" s="399" t="s">
+      <c r="W2" s="400" t="s">
         <v>11</v>
       </c>
-      <c r="X2" s="399" t="s">
+      <c r="X2" s="400" t="s">
         <v>173</v>
       </c>
-      <c r="Y2" s="399" t="s">
+      <c r="Y2" s="400" t="s">
         <v>130</v>
       </c>
-      <c r="Z2" s="399" t="s">
+      <c r="Z2" s="400" t="s">
         <v>134</v>
       </c>
-      <c r="AA2" s="399" t="s">
+      <c r="AA2" s="400" t="s">
         <v>138</v>
       </c>
-      <c r="AB2" s="399" t="s">
+      <c r="AB2" s="400" t="s">
         <v>12</v>
       </c>
-      <c r="AC2" s="399" t="s">
+      <c r="AC2" s="400" t="s">
         <v>175</v>
       </c>
-      <c r="AD2" s="399" t="s">
+      <c r="AD2" s="400" t="s">
         <v>176</v>
       </c>
-      <c r="AE2" s="399" t="s">
-[...2 lines deleted...]
-      <c r="AF2" s="399" t="s">
+      <c r="AE2" s="400" t="s">
+        <v>342</v>
+      </c>
+      <c r="AF2" s="400" t="s">
         <v>221</v>
       </c>
-      <c r="AG2" s="417" t="s">
+      <c r="AG2" s="418" t="s">
         <v>222</v>
       </c>
-      <c r="AH2" s="405" t="s">
+      <c r="AH2" s="406" t="s">
         <v>14</v>
       </c>
-      <c r="AI2" s="405" t="s">
+      <c r="AI2" s="406" t="s">
         <v>15</v>
       </c>
-      <c r="AJ2" s="405" t="s">
+      <c r="AJ2" s="406" t="s">
         <v>16</v>
       </c>
-      <c r="AK2" s="405" t="s">
+      <c r="AK2" s="406" t="s">
         <v>17</v>
       </c>
-      <c r="AL2" s="405" t="s">
+      <c r="AL2" s="406" t="s">
         <v>170</v>
       </c>
-      <c r="AM2" s="405" t="s">
+      <c r="AM2" s="406" t="s">
         <v>169</v>
       </c>
-      <c r="AN2" s="399" t="s">
+      <c r="AN2" s="400" t="s">
         <v>177</v>
       </c>
-      <c r="AO2" s="399" t="s">
+      <c r="AO2" s="400" t="s">
         <v>177</v>
       </c>
-      <c r="AP2" s="399" t="s">
+      <c r="AP2" s="400" t="s">
         <v>177</v>
       </c>
-      <c r="AQ2" s="399" t="s">
+      <c r="AQ2" s="400" t="s">
         <v>177</v>
       </c>
-      <c r="AR2" s="399" t="s">
+      <c r="AR2" s="400" t="s">
         <v>177</v>
       </c>
-      <c r="AS2" s="399" t="s">
+      <c r="AS2" s="400" t="s">
         <v>177</v>
       </c>
-      <c r="AT2" s="409" t="s">
+      <c r="AT2" s="410" t="s">
         <v>178</v>
       </c>
-      <c r="AU2" s="410"/>
-[...2 lines deleted...]
-      <c r="AX2" s="411"/>
+      <c r="AU2" s="411"/>
+      <c r="AV2" s="411"/>
+      <c r="AW2" s="411"/>
+      <c r="AX2" s="412"/>
       <c r="AY2" s="189"/>
-      <c r="AZ2" s="414" t="s">
+      <c r="AZ2" s="415" t="s">
         <v>179</v>
       </c>
-      <c r="BA2" s="415"/>
-[...2 lines deleted...]
-      <c r="BD2" s="412" t="s">
+      <c r="BA2" s="416"/>
+      <c r="BB2" s="416"/>
+      <c r="BC2" s="417"/>
+      <c r="BD2" s="413" t="s">
         <v>18</v>
       </c>
-      <c r="BE2" s="412" t="s">
+      <c r="BE2" s="413" t="s">
         <v>19</v>
       </c>
-      <c r="BF2" s="412" t="s">
+      <c r="BF2" s="413" t="s">
         <v>211</v>
       </c>
       <c r="BG2" s="259"/>
     </row>
     <row r="3" spans="1:60" s="190" customFormat="1" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B3" s="398"/>
-[...1 lines deleted...]
-      <c r="D3" s="398"/>
+      <c r="B3" s="399"/>
+      <c r="C3" s="399"/>
+      <c r="D3" s="399"/>
       <c r="E3" s="185"/>
-      <c r="F3" s="398"/>
-[...2 lines deleted...]
-      <c r="I3" s="398"/>
+      <c r="F3" s="399"/>
+      <c r="G3" s="399"/>
+      <c r="H3" s="399"/>
+      <c r="I3" s="399"/>
       <c r="J3" s="184"/>
-      <c r="K3" s="398"/>
-[...33 lines deleted...]
-      <c r="AS3" s="398"/>
+      <c r="K3" s="399"/>
+      <c r="L3" s="399"/>
+      <c r="M3" s="399"/>
+      <c r="N3" s="399"/>
+      <c r="O3" s="399"/>
+      <c r="P3" s="399"/>
+      <c r="Q3" s="399"/>
+      <c r="R3" s="399"/>
+      <c r="S3" s="399"/>
+      <c r="T3" s="399"/>
+      <c r="U3" s="399"/>
+      <c r="V3" s="399"/>
+      <c r="W3" s="399"/>
+      <c r="X3" s="399"/>
+      <c r="Y3" s="399"/>
+      <c r="Z3" s="399"/>
+      <c r="AA3" s="399"/>
+      <c r="AB3" s="399"/>
+      <c r="AC3" s="399"/>
+      <c r="AD3" s="399"/>
+      <c r="AE3" s="399"/>
+      <c r="AF3" s="399"/>
+      <c r="AG3" s="419"/>
+      <c r="AH3" s="407"/>
+      <c r="AI3" s="407"/>
+      <c r="AJ3" s="407"/>
+      <c r="AK3" s="407"/>
+      <c r="AL3" s="407"/>
+      <c r="AM3" s="407"/>
+      <c r="AN3" s="399"/>
+      <c r="AO3" s="399"/>
+      <c r="AP3" s="399"/>
+      <c r="AQ3" s="399"/>
+      <c r="AR3" s="399"/>
+      <c r="AS3" s="399"/>
       <c r="AT3" s="187" t="s">
         <v>167</v>
       </c>
       <c r="AU3" s="186" t="s">
         <v>3</v>
       </c>
       <c r="AV3" s="186" t="s">
         <v>180</v>
       </c>
       <c r="AW3" s="186" t="s">
         <v>219</v>
       </c>
       <c r="AX3" s="188" t="s">
         <v>72</v>
       </c>
       <c r="AY3" s="188"/>
       <c r="AZ3" s="191" t="s">
         <v>167</v>
       </c>
       <c r="BA3" s="192" t="s">
         <v>3</v>
       </c>
       <c r="BB3" s="192" t="s">
         <v>189</v>
       </c>
       <c r="BC3" s="191" t="s">
         <v>72</v>
       </c>
-      <c r="BD3" s="406"/>
-[...1 lines deleted...]
-      <c r="BF3" s="406"/>
+      <c r="BD3" s="407"/>
+      <c r="BE3" s="407"/>
+      <c r="BF3" s="407"/>
       <c r="BG3" s="259"/>
     </row>
     <row r="4" spans="1:60" s="68" customFormat="1" ht="16.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A4" s="263"/>
       <c r="B4" s="58"/>
       <c r="C4" s="58"/>
-      <c r="D4" s="21"/>
+      <c r="D4" s="180"/>
       <c r="E4" s="60"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="21"/>
       <c r="J4" s="61"/>
       <c r="K4" s="21"/>
       <c r="L4" s="58"/>
       <c r="M4" s="59">
-        <f>SUM(O4,S4,T4,AA4,AC4,AD4,AE4,AO4,AP4,AQ4,AR4,P4,Q4,U4,V4,W4,X4,Y4,Z4,AB4,R4,AF4,AG4,AH4,AI4,AJ4,AK4,AL4,AM4,AN4,AS4,AX4,BC4,BD4,BE4,BF4)</f>
+        <f>SUM(L4,O4,S4,T4,AA4,AC4,AD4,AE4,AO4,AP4,AQ4,AR4,P4,Q4,U4,V4,W4,X4,Y4,Z4,AB4,R4,AF4,AG4,AH4,AI4,AJ4,AK4,AL4,AM4,AN4,AS4,AX4,BC4,BD4,BE4,BF4)</f>
         <v>0</v>
       </c>
       <c r="N4" s="61"/>
       <c r="O4" s="62"/>
       <c r="P4" s="62"/>
       <c r="Q4" s="63"/>
       <c r="R4" s="63"/>
       <c r="S4" s="62"/>
       <c r="T4" s="62"/>
       <c r="U4" s="62"/>
       <c r="V4" s="63"/>
       <c r="W4" s="63"/>
       <c r="X4" s="63"/>
       <c r="Y4" s="63"/>
       <c r="Z4" s="63"/>
       <c r="AA4" s="63"/>
       <c r="AB4" s="63"/>
       <c r="AC4" s="63"/>
       <c r="AD4" s="63"/>
       <c r="AE4" s="63"/>
       <c r="AF4" s="63"/>
       <c r="AG4" s="63"/>
       <c r="AH4" s="63"/>
       <c r="AI4" s="63"/>
       <c r="AJ4" s="63"/>
@@ -15601,4748 +16107,4748 @@
       <c r="AT4" s="21"/>
       <c r="AU4" s="64"/>
       <c r="AV4" s="64"/>
       <c r="AW4" s="65"/>
       <c r="AX4" s="66">
         <f>AU4*AV4*AW4</f>
         <v>0</v>
       </c>
       <c r="AY4" s="67"/>
       <c r="AZ4" s="21"/>
       <c r="BA4" s="64"/>
       <c r="BB4" s="64"/>
       <c r="BC4" s="66">
         <f>BA4*BB4</f>
         <v>0</v>
       </c>
       <c r="BD4" s="63"/>
       <c r="BE4" s="63"/>
       <c r="BF4" s="63"/>
       <c r="BG4" s="260"/>
     </row>
     <row r="5" spans="1:60" s="78" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="263"/>
       <c r="B5" s="69"/>
       <c r="C5" s="69"/>
-      <c r="D5" s="27"/>
+      <c r="D5" s="181"/>
       <c r="E5" s="71"/>
       <c r="F5" s="27"/>
       <c r="G5" s="27"/>
       <c r="H5" s="27"/>
       <c r="I5" s="27"/>
       <c r="J5" s="72"/>
       <c r="K5" s="27"/>
       <c r="L5" s="69"/>
       <c r="M5" s="70">
-        <f>SUM(O5,S5,T5,AA5,AC5,AD5,AE5,AO5,AP5,AQ5,AR5,P5,Q5,U5,V5,W5,X5,Y5,Z5,AB5,R5,AF5,AG5,AH5,AI5,AJ5,AK5,AL5,AM5,AN5,AS5,AX5,BC5,BD5,BE5,BF5)</f>
+        <f t="shared" ref="M5:M6" si="0">SUM(L5,O5,S5,T5,AA5,AC5,AD5,AE5,AO5,AP5,AQ5,AR5,P5,Q5,U5,V5,W5,X5,Y5,Z5,AB5,R5,AF5,AG5,AH5,AI5,AJ5,AK5,AL5,AM5,AN5,AS5,AX5,BC5,BD5,BE5,BF5)</f>
         <v>0</v>
       </c>
       <c r="N5" s="72"/>
       <c r="O5" s="73"/>
       <c r="P5" s="73"/>
       <c r="Q5" s="73"/>
       <c r="R5" s="73"/>
       <c r="S5" s="73"/>
       <c r="T5" s="73"/>
       <c r="U5" s="73"/>
       <c r="V5" s="73"/>
       <c r="W5" s="73"/>
       <c r="X5" s="73"/>
       <c r="Y5" s="73"/>
       <c r="Z5" s="73"/>
       <c r="AA5" s="73"/>
       <c r="AB5" s="73"/>
       <c r="AC5" s="73"/>
       <c r="AD5" s="73"/>
       <c r="AE5" s="73"/>
       <c r="AF5" s="73"/>
       <c r="AG5" s="73"/>
       <c r="AH5" s="73"/>
       <c r="AI5" s="73"/>
       <c r="AJ5" s="73"/>
       <c r="AK5" s="73"/>
       <c r="AL5" s="73"/>
       <c r="AM5" s="73"/>
       <c r="AN5" s="73"/>
       <c r="AO5" s="73"/>
       <c r="AP5" s="73"/>
       <c r="AQ5" s="73"/>
       <c r="AR5" s="73"/>
       <c r="AS5" s="73"/>
       <c r="AT5" s="27"/>
       <c r="AU5" s="74"/>
       <c r="AV5" s="74"/>
       <c r="AW5" s="75"/>
       <c r="AX5" s="76">
-        <f t="shared" ref="AX5:AX6" si="0">AU5*AV5*AW5</f>
+        <f t="shared" ref="AX5:AX6" si="1">AU5*AV5*AW5</f>
         <v>0</v>
       </c>
       <c r="AY5" s="77"/>
       <c r="AZ5" s="27"/>
       <c r="BA5" s="74"/>
       <c r="BB5" s="74"/>
       <c r="BC5" s="76">
-        <f t="shared" ref="BC5:BC6" si="1">BA5*BB5</f>
+        <f t="shared" ref="BC5:BC6" si="2">BA5*BB5</f>
         <v>0</v>
       </c>
       <c r="BD5" s="73"/>
       <c r="BE5" s="73"/>
       <c r="BF5" s="73"/>
       <c r="BG5" s="260"/>
     </row>
     <row r="6" spans="1:60" s="85" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C6" s="79"/>
-      <c r="D6" s="32"/>
+      <c r="D6" s="51"/>
       <c r="E6" s="81"/>
       <c r="F6" s="32"/>
       <c r="G6" s="32"/>
       <c r="H6" s="32"/>
       <c r="I6" s="32"/>
       <c r="J6" s="81"/>
       <c r="K6" s="32"/>
       <c r="L6" s="79"/>
       <c r="M6" s="70">
-        <f>SUM(O6,S6,T6,AA6,AC6,AD6,AE6,AO6,AP6,AQ6,AR6,P6,Q6,U6,V6,W6,X6,Y6,Z6,AB6,R6,AF6,AG6,AH6,AI6,AJ6,AK6,AL6,AM6,AN6,AS6,AX6,BC6,BD6,BE6,BF6)</f>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="N6" s="81"/>
       <c r="O6" s="80"/>
       <c r="P6" s="80"/>
       <c r="Q6" s="80"/>
       <c r="R6" s="80"/>
       <c r="S6" s="80"/>
       <c r="T6" s="80"/>
       <c r="U6" s="80"/>
       <c r="V6" s="80"/>
       <c r="W6" s="80"/>
       <c r="X6" s="80"/>
       <c r="Y6" s="80"/>
       <c r="Z6" s="80"/>
       <c r="AA6" s="80"/>
       <c r="AB6" s="80"/>
       <c r="AC6" s="80"/>
       <c r="AD6" s="80"/>
       <c r="AE6" s="80"/>
       <c r="AF6" s="80"/>
       <c r="AG6" s="80"/>
       <c r="AH6" s="80"/>
       <c r="AI6" s="80"/>
       <c r="AJ6" s="80"/>
       <c r="AK6" s="80"/>
       <c r="AL6" s="80"/>
       <c r="AM6" s="80"/>
       <c r="AN6" s="80"/>
       <c r="AO6" s="80"/>
       <c r="AP6" s="80"/>
       <c r="AQ6" s="80"/>
       <c r="AR6" s="80"/>
       <c r="AS6" s="80"/>
       <c r="AT6" s="32"/>
       <c r="AU6" s="82"/>
       <c r="AV6" s="82"/>
       <c r="AW6" s="83"/>
       <c r="AX6" s="70">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AY6" s="84"/>
       <c r="AZ6" s="32"/>
       <c r="BA6" s="82"/>
       <c r="BB6" s="82"/>
       <c r="BC6" s="70">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="BD6" s="80"/>
       <c r="BE6" s="80"/>
       <c r="BF6" s="80"/>
       <c r="BG6" s="261"/>
     </row>
     <row r="7" spans="1:60" s="85" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1"/>
       <c r="B7" s="86"/>
       <c r="C7" s="86"/>
       <c r="D7" s="36" t="s">
         <v>48</v>
       </c>
       <c r="E7" s="88"/>
       <c r="F7" s="36"/>
       <c r="G7" s="36"/>
       <c r="H7" s="36"/>
       <c r="I7" s="36"/>
       <c r="J7" s="88"/>
       <c r="K7" s="36"/>
       <c r="L7" s="87">
         <f>SUM(L4:L6)</f>
         <v>0</v>
       </c>
       <c r="M7" s="90">
-        <f t="shared" ref="M7:M51" si="2">SUM(O7,S7,T7,AA7,AC7,AD7,AE7,AO7,AP7,AQ7,AR7,P7,Q7,U7,V7,W7,X7,Y7,Z7,AB7,R7,AF7,AG7,AH7,AI7,AJ7,AK7,AL7,AM7,AN7,AS7,AX7,BC7,BD7,BE7,BF7)</f>
+        <f t="shared" ref="M7:M51" si="3">SUM(O7,S7,T7,AA7,AC7,AD7,AE7,AO7,AP7,AQ7,AR7,P7,Q7,U7,V7,W7,X7,Y7,Z7,AB7,R7,AF7,AG7,AH7,AI7,AJ7,AK7,AL7,AM7,AN7,AS7,AX7,BC7,BD7,BE7,BF7)</f>
         <v>0</v>
       </c>
       <c r="N7" s="88"/>
       <c r="O7" s="87">
         <f>SUM(O4:O6)+SUMIF($K4:$K6,O$2,$L4:$L6)</f>
         <v>0</v>
       </c>
       <c r="P7" s="87">
-        <f t="shared" ref="P7:AS7" si="3">SUM(P4:P6)+SUMIF($K4:$K6,P$2,$L4:$L6)</f>
+        <f t="shared" ref="P7:AS7" si="4">SUM(P4:P6)+SUMIF($K4:$K6,P$2,$L4:$L6)</f>
         <v>0</v>
       </c>
       <c r="Q7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="R7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="S7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="T7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="U7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="V7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="W7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="X7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="Y7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="Z7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AA7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AB7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AC7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AD7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AE7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AF7" s="87">
         <f>SUM(AF4:AF6)+SUMIF($K4:$K6,$AF$2,$L4:$L6)</f>
         <v>0</v>
       </c>
       <c r="AG7" s="87">
         <f>SUM(AG4:AG6)+SUMIF($K4:$K6,$AG$2,$L4:$L6)</f>
         <v>0</v>
       </c>
       <c r="AH7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AI7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AJ7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AK7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AL7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AM7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AN7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AO7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AP7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AQ7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AR7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AS7" s="87">
-        <f t="shared" si="3"/>
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AT7" s="36"/>
       <c r="AU7" s="89">
         <f>SUM(AU4:AU6)</f>
         <v>0</v>
       </c>
       <c r="AV7" s="89"/>
       <c r="AW7" s="90"/>
       <c r="AX7" s="90">
-        <f t="shared" ref="AX7" si="4">SUM(AX4:AX6)+SUMIF($K4:$K6,AX$2,$L4:$L6)</f>
+        <f t="shared" ref="AX7" si="5">SUM(AX4:AX6)+SUMIF($K4:$K6,AX$2,$L4:$L6)</f>
         <v>0</v>
       </c>
       <c r="AY7" s="91"/>
       <c r="AZ7" s="36"/>
       <c r="BA7" s="89">
-        <f t="shared" ref="BA7:BB7" si="5">SUM(BA4:BA6)</f>
+        <f t="shared" ref="BA7:BB7" si="6">SUM(BA4:BA6)</f>
         <v>0</v>
       </c>
       <c r="BB7" s="89">
-        <f t="shared" si="5"/>
+        <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="BC7" s="90">
-        <f t="shared" ref="BC7" si="6">SUM(BC4:BC6)+SUMIF($K4:$K6,BC$2,$L4:$L6)</f>
+        <f t="shared" ref="BC7" si="7">SUM(BC4:BC6)+SUMIF($K4:$K6,BC$2,$L4:$L6)</f>
         <v>0</v>
       </c>
       <c r="BD7" s="99">
-        <f t="shared" ref="BD7:BF7" si="7">SUM(BD4:BD6)+SUMIF($K4:$K6,BD$2,$L4:$L6)</f>
+        <f t="shared" ref="BD7:BF7" si="8">SUM(BD4:BD6)+SUMIF($K4:$K6,BD$2,$L4:$L6)</f>
         <v>0</v>
       </c>
       <c r="BE7" s="99">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="BF7" s="99">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="BG7" s="261"/>
     </row>
     <row r="8" spans="1:60" s="92" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A8" s="264"/>
       <c r="B8" s="58"/>
       <c r="C8" s="58"/>
-      <c r="D8" s="21"/>
+      <c r="D8" s="180"/>
       <c r="E8" s="61"/>
       <c r="F8" s="21"/>
       <c r="G8" s="21"/>
       <c r="H8" s="21"/>
       <c r="I8" s="21"/>
       <c r="J8" s="61"/>
       <c r="K8" s="21"/>
       <c r="L8" s="58"/>
       <c r="M8" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M8:M10" si="9">SUM(L8,O8,S8,T8,AA8,AC8,AD8,AE8,AO8,AP8,AQ8,AR8,P8,Q8,U8,V8,W8,X8,Y8,Z8,AB8,R8,AF8,AG8,AH8,AI8,AJ8,AK8,AL8,AM8,AN8,AS8,AX8,BC8,BD8,BE8,BF8)</f>
         <v>0</v>
       </c>
       <c r="N8" s="61"/>
       <c r="O8" s="63"/>
       <c r="P8" s="63"/>
       <c r="Q8" s="63"/>
       <c r="R8" s="63"/>
       <c r="S8" s="63"/>
       <c r="T8" s="63"/>
       <c r="U8" s="63"/>
       <c r="V8" s="63"/>
       <c r="W8" s="63"/>
       <c r="X8" s="63"/>
       <c r="Y8" s="63"/>
       <c r="Z8" s="63"/>
       <c r="AA8" s="63"/>
       <c r="AB8" s="63"/>
       <c r="AC8" s="63"/>
       <c r="AD8" s="63"/>
       <c r="AE8" s="63"/>
       <c r="AF8" s="63"/>
       <c r="AG8" s="63"/>
       <c r="AH8" s="63"/>
       <c r="AI8" s="63"/>
       <c r="AJ8" s="63"/>
       <c r="AK8" s="63"/>
       <c r="AL8" s="63"/>
       <c r="AM8" s="63"/>
       <c r="AN8" s="63"/>
       <c r="AO8" s="63"/>
       <c r="AP8" s="63"/>
       <c r="AQ8" s="63"/>
       <c r="AR8" s="63"/>
       <c r="AS8" s="63"/>
       <c r="AT8" s="21"/>
       <c r="AU8" s="64"/>
       <c r="AV8" s="64"/>
       <c r="AW8" s="65"/>
       <c r="AX8" s="66">
-        <f t="shared" ref="AX8:AX10" si="8">AU8*AV8*AW8</f>
+        <f t="shared" ref="AX8:AX10" si="10">AU8*AV8*AW8</f>
         <v>0</v>
       </c>
       <c r="AY8" s="67"/>
       <c r="AZ8" s="21"/>
       <c r="BA8" s="64"/>
       <c r="BB8" s="64"/>
       <c r="BC8" s="66">
-        <f t="shared" ref="BC8:BC10" si="9">BA8*BB8</f>
+        <f t="shared" ref="BC8:BC10" si="11">BA8*BB8</f>
         <v>0</v>
       </c>
       <c r="BD8" s="63"/>
       <c r="BE8" s="63"/>
       <c r="BF8" s="63"/>
       <c r="BG8" s="260"/>
       <c r="BH8" s="251"/>
     </row>
     <row r="9" spans="1:60" s="96" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="264"/>
       <c r="B9" s="93"/>
       <c r="C9" s="93"/>
-      <c r="D9" s="27"/>
+      <c r="D9" s="181"/>
       <c r="E9" s="71"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="71"/>
       <c r="K9" s="27"/>
       <c r="L9" s="93"/>
       <c r="M9" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="N9" s="71"/>
       <c r="O9" s="62"/>
       <c r="P9" s="62"/>
       <c r="Q9" s="62"/>
       <c r="R9" s="62"/>
       <c r="S9" s="62"/>
       <c r="T9" s="62"/>
       <c r="U9" s="62"/>
       <c r="V9" s="62"/>
       <c r="W9" s="62"/>
       <c r="X9" s="62"/>
       <c r="Y9" s="62"/>
       <c r="Z9" s="62"/>
       <c r="AA9" s="62"/>
       <c r="AB9" s="62"/>
       <c r="AC9" s="62"/>
       <c r="AD9" s="62"/>
       <c r="AE9" s="62"/>
       <c r="AF9" s="62"/>
       <c r="AG9" s="62"/>
       <c r="AH9" s="62"/>
       <c r="AI9" s="62"/>
       <c r="AJ9" s="62"/>
       <c r="AK9" s="62"/>
       <c r="AL9" s="62"/>
       <c r="AM9" s="62"/>
       <c r="AN9" s="62"/>
       <c r="AO9" s="62"/>
       <c r="AP9" s="62"/>
       <c r="AQ9" s="62"/>
       <c r="AR9" s="62"/>
       <c r="AS9" s="62"/>
       <c r="AT9" s="27"/>
       <c r="AU9" s="74"/>
       <c r="AV9" s="74"/>
       <c r="AW9" s="75"/>
       <c r="AX9" s="70">
-        <f t="shared" si="8"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="AY9" s="95"/>
       <c r="AZ9" s="27"/>
       <c r="BA9" s="74"/>
       <c r="BB9" s="74"/>
       <c r="BC9" s="70">
-        <f t="shared" si="9"/>
+        <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="BD9" s="62"/>
       <c r="BE9" s="62"/>
       <c r="BF9" s="62"/>
       <c r="BG9" s="260"/>
       <c r="BH9" s="252"/>
     </row>
     <row r="10" spans="1:60" s="97" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="265"/>
       <c r="B10" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="79"/>
-      <c r="D10" s="32"/>
+      <c r="D10" s="51"/>
       <c r="E10" s="81"/>
       <c r="F10" s="32"/>
       <c r="G10" s="32"/>
       <c r="H10" s="32"/>
       <c r="I10" s="32"/>
       <c r="J10" s="81"/>
       <c r="K10" s="32"/>
       <c r="L10" s="79"/>
       <c r="M10" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="N10" s="81"/>
       <c r="O10" s="80"/>
       <c r="P10" s="80"/>
       <c r="Q10" s="80"/>
       <c r="R10" s="80"/>
       <c r="S10" s="80"/>
       <c r="T10" s="80"/>
       <c r="U10" s="80"/>
       <c r="V10" s="80"/>
       <c r="W10" s="80"/>
       <c r="X10" s="80"/>
       <c r="Y10" s="80"/>
       <c r="Z10" s="80"/>
       <c r="AA10" s="80"/>
       <c r="AB10" s="80"/>
       <c r="AC10" s="80"/>
       <c r="AD10" s="80"/>
       <c r="AE10" s="80"/>
       <c r="AF10" s="80"/>
       <c r="AG10" s="80"/>
       <c r="AH10" s="80"/>
       <c r="AI10" s="80"/>
       <c r="AJ10" s="80"/>
       <c r="AK10" s="80"/>
       <c r="AL10" s="80"/>
       <c r="AM10" s="80"/>
       <c r="AN10" s="80"/>
       <c r="AO10" s="80"/>
       <c r="AP10" s="80"/>
       <c r="AQ10" s="80"/>
       <c r="AR10" s="80"/>
       <c r="AS10" s="80"/>
       <c r="AT10" s="32"/>
       <c r="AU10" s="82"/>
       <c r="AV10" s="82"/>
       <c r="AW10" s="83"/>
       <c r="AX10" s="70">
-        <f t="shared" si="8"/>
+        <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="AY10" s="84"/>
       <c r="AZ10" s="32"/>
       <c r="BA10" s="82"/>
       <c r="BB10" s="82"/>
       <c r="BC10" s="70">
-        <f t="shared" si="9"/>
+        <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="BD10" s="80"/>
       <c r="BE10" s="80"/>
       <c r="BF10" s="80"/>
       <c r="BG10" s="261"/>
       <c r="BH10" s="253"/>
     </row>
     <row r="11" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="265"/>
       <c r="B11" s="98"/>
       <c r="C11" s="98"/>
       <c r="D11" s="36" t="s">
         <v>49</v>
       </c>
       <c r="E11" s="100"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="100"/>
       <c r="K11" s="36"/>
       <c r="L11" s="87">
         <f>SUM(L8:L10)</f>
         <v>0</v>
       </c>
-      <c r="M11" s="335">
-        <f t="shared" si="2"/>
+      <c r="M11" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N11" s="100"/>
       <c r="O11" s="99">
         <f>SUM(O8:O10)+SUMIF($K9:$K10,O$2,$L9:$L10)</f>
         <v>0</v>
       </c>
       <c r="P11" s="99">
         <f>SUM(P8:P10)+SUMIF($K9:$K10,P$2,$L9:$L10)</f>
         <v>0</v>
       </c>
       <c r="Q11" s="99">
-        <f t="shared" ref="Q11:AS11" si="10">SUM(Q8:Q10)+SUMIF($K9:$K10,Q$2,$L9:$L10)</f>
+        <f t="shared" ref="Q11:AS11" si="12">SUM(Q8:Q10)+SUMIF($K9:$K10,Q$2,$L9:$L10)</f>
         <v>0</v>
       </c>
       <c r="R11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="S11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="T11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="U11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="V11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="W11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="X11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="Y11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="Z11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AA11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AB11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AC11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AD11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AE11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AF11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AG11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AH11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AI11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AJ11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AK11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AL11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AM11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AN11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AO11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AP11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AQ11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AR11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AS11" s="99">
-        <f t="shared" si="10"/>
+        <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AT11" s="36"/>
       <c r="AU11" s="89">
         <f>SUM(AU8:AU10)</f>
         <v>0</v>
       </c>
       <c r="AV11" s="89"/>
       <c r="AW11" s="90"/>
       <c r="AX11" s="99">
-        <f t="shared" ref="AX11" si="11">SUM(AX8:AX10)+SUMIF($K9:$K10,AX$2,$L9:$L10)</f>
+        <f t="shared" ref="AX11" si="13">SUM(AX8:AX10)+SUMIF($K9:$K10,AX$2,$L9:$L10)</f>
         <v>0</v>
       </c>
       <c r="AY11" s="101"/>
       <c r="AZ11" s="36"/>
       <c r="BA11" s="89">
         <f>SUM(BA8:BA10)</f>
         <v>0</v>
       </c>
       <c r="BB11" s="89">
         <f>SUM(BB8:BB10)</f>
         <v>0</v>
       </c>
       <c r="BC11" s="90">
         <f>SUM(BC8:BC10)+SUMIF($K8:$K10,BC$2,$L8:$L10)</f>
         <v>0</v>
       </c>
       <c r="BD11" s="99">
-        <f t="shared" ref="BD11:BE11" si="12">SUM(BD8:BD10)+SUMIF($K8:$K10,BD$2,$L8:$L10)</f>
+        <f t="shared" ref="BD11:BE11" si="14">SUM(BD8:BD10)+SUMIF($K8:$K10,BD$2,$L8:$L10)</f>
         <v>0</v>
       </c>
       <c r="BE11" s="99">
-        <f t="shared" si="12"/>
+        <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="BF11" s="99">
         <f>SUM(BF8:BF10)+SUMIF($K8:$K10,BF$2,$L8:$L10)</f>
         <v>0</v>
       </c>
       <c r="BG11" s="261"/>
       <c r="BH11" s="254"/>
     </row>
     <row r="12" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A12" s="264"/>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
-      <c r="D12" s="21"/>
+      <c r="D12" s="180"/>
       <c r="E12" s="61"/>
       <c r="F12" s="21"/>
       <c r="G12" s="21"/>
       <c r="H12" s="21"/>
       <c r="I12" s="21"/>
       <c r="J12" s="61"/>
       <c r="K12" s="21"/>
       <c r="L12" s="58"/>
       <c r="M12" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M12:M14" si="15">SUM(L12,O12,S12,T12,AA12,AC12,AD12,AE12,AO12,AP12,AQ12,AR12,P12,Q12,U12,V12,W12,X12,Y12,Z12,AB12,R12,AF12,AG12,AH12,AI12,AJ12,AK12,AL12,AM12,AN12,AS12,AX12,BC12,BD12,BE12,BF12)</f>
         <v>0</v>
       </c>
       <c r="N12" s="61"/>
       <c r="O12" s="63"/>
       <c r="P12" s="63"/>
       <c r="Q12" s="63"/>
       <c r="R12" s="63"/>
       <c r="S12" s="63"/>
       <c r="T12" s="63"/>
       <c r="U12" s="63"/>
       <c r="V12" s="63"/>
       <c r="W12" s="63"/>
       <c r="X12" s="63"/>
       <c r="Y12" s="63"/>
       <c r="Z12" s="63"/>
       <c r="AA12" s="63"/>
       <c r="AB12" s="63"/>
       <c r="AC12" s="63"/>
       <c r="AD12" s="63"/>
       <c r="AE12" s="63"/>
       <c r="AF12" s="63"/>
       <c r="AG12" s="63"/>
       <c r="AH12" s="63"/>
       <c r="AI12" s="63"/>
       <c r="AJ12" s="63"/>
       <c r="AK12" s="63"/>
       <c r="AL12" s="63"/>
       <c r="AM12" s="63"/>
       <c r="AN12" s="63"/>
       <c r="AO12" s="63"/>
       <c r="AP12" s="63"/>
       <c r="AQ12" s="63"/>
       <c r="AR12" s="63"/>
       <c r="AS12" s="63"/>
       <c r="AT12" s="21"/>
       <c r="AU12" s="64"/>
       <c r="AV12" s="64"/>
       <c r="AW12" s="65"/>
       <c r="AX12" s="66">
-        <f t="shared" ref="AX12:AX14" si="13">AU12*AV12*AW12</f>
+        <f t="shared" ref="AX12:AX14" si="16">AU12*AV12*AW12</f>
         <v>0</v>
       </c>
       <c r="AY12" s="67"/>
       <c r="AZ12" s="21"/>
       <c r="BA12" s="64"/>
       <c r="BB12" s="64"/>
       <c r="BC12" s="66">
-        <f t="shared" ref="BC12:BC14" si="14">BA12*BB12</f>
+        <f t="shared" ref="BC12:BC14" si="17">BA12*BB12</f>
         <v>0</v>
       </c>
       <c r="BD12" s="63"/>
       <c r="BE12" s="63"/>
       <c r="BF12" s="63"/>
       <c r="BG12" s="260"/>
       <c r="BH12" s="255"/>
     </row>
     <row r="13" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="264"/>
       <c r="B13" s="93"/>
       <c r="C13" s="93"/>
-      <c r="D13" s="27"/>
+      <c r="D13" s="181"/>
       <c r="E13" s="71"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="71"/>
       <c r="K13" s="27"/>
       <c r="L13" s="93"/>
       <c r="M13" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N13" s="71"/>
       <c r="O13" s="62"/>
       <c r="P13" s="62"/>
       <c r="Q13" s="62"/>
       <c r="R13" s="62"/>
       <c r="S13" s="62"/>
       <c r="T13" s="62"/>
       <c r="U13" s="62"/>
       <c r="V13" s="62"/>
       <c r="W13" s="62"/>
       <c r="X13" s="62"/>
       <c r="Y13" s="62"/>
       <c r="Z13" s="62"/>
       <c r="AA13" s="62"/>
       <c r="AB13" s="62"/>
       <c r="AC13" s="62"/>
       <c r="AD13" s="62"/>
       <c r="AE13" s="62"/>
       <c r="AF13" s="62"/>
       <c r="AG13" s="62"/>
       <c r="AH13" s="62"/>
       <c r="AI13" s="62"/>
       <c r="AJ13" s="62"/>
       <c r="AK13" s="62"/>
       <c r="AL13" s="62"/>
       <c r="AM13" s="62"/>
       <c r="AN13" s="62"/>
       <c r="AO13" s="62"/>
       <c r="AP13" s="62"/>
       <c r="AQ13" s="62"/>
       <c r="AR13" s="62"/>
       <c r="AS13" s="62"/>
       <c r="AT13" s="27"/>
       <c r="AU13" s="74"/>
       <c r="AV13" s="74"/>
       <c r="AW13" s="75"/>
       <c r="AX13" s="94">
-        <f t="shared" si="13"/>
+        <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="AY13" s="95"/>
       <c r="AZ13" s="27"/>
       <c r="BA13" s="74"/>
       <c r="BB13" s="74"/>
       <c r="BC13" s="94">
-        <f t="shared" si="14"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="BD13" s="62"/>
       <c r="BE13" s="62"/>
       <c r="BF13" s="62"/>
       <c r="BG13" s="260"/>
       <c r="BH13" s="256"/>
     </row>
     <row r="14" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="265"/>
       <c r="B14" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C14" s="79"/>
-      <c r="D14" s="32"/>
+      <c r="D14" s="51"/>
       <c r="E14" s="81"/>
       <c r="F14" s="32"/>
       <c r="G14" s="32"/>
       <c r="H14" s="32"/>
       <c r="I14" s="32"/>
       <c r="J14" s="81"/>
       <c r="K14" s="32"/>
       <c r="L14" s="79"/>
       <c r="M14" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N14" s="81"/>
       <c r="O14" s="80"/>
       <c r="P14" s="80"/>
       <c r="Q14" s="80"/>
       <c r="R14" s="80"/>
       <c r="S14" s="80"/>
       <c r="T14" s="80"/>
       <c r="U14" s="80"/>
       <c r="V14" s="80"/>
       <c r="W14" s="80"/>
       <c r="X14" s="80"/>
       <c r="Y14" s="80"/>
       <c r="Z14" s="80"/>
       <c r="AA14" s="80"/>
       <c r="AB14" s="80"/>
       <c r="AC14" s="80"/>
       <c r="AD14" s="80"/>
       <c r="AE14" s="80"/>
       <c r="AF14" s="80"/>
       <c r="AG14" s="80"/>
       <c r="AH14" s="80"/>
       <c r="AI14" s="80"/>
       <c r="AJ14" s="80"/>
       <c r="AK14" s="80"/>
       <c r="AL14" s="80"/>
       <c r="AM14" s="80"/>
       <c r="AN14" s="80"/>
       <c r="AO14" s="80"/>
       <c r="AP14" s="80"/>
       <c r="AQ14" s="80"/>
       <c r="AR14" s="80"/>
       <c r="AS14" s="80"/>
       <c r="AT14" s="32"/>
       <c r="AU14" s="82"/>
       <c r="AV14" s="82"/>
       <c r="AW14" s="83"/>
       <c r="AX14" s="70">
-        <f t="shared" si="13"/>
+        <f t="shared" si="16"/>
         <v>0</v>
       </c>
       <c r="AY14" s="84"/>
       <c r="AZ14" s="32"/>
       <c r="BA14" s="82"/>
       <c r="BB14" s="82"/>
       <c r="BC14" s="70">
-        <f t="shared" si="14"/>
+        <f t="shared" si="17"/>
         <v>0</v>
       </c>
       <c r="BD14" s="80"/>
       <c r="BE14" s="80"/>
       <c r="BF14" s="80"/>
       <c r="BG14" s="261"/>
       <c r="BH14" s="257"/>
     </row>
     <row r="15" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="265"/>
       <c r="B15" s="98"/>
       <c r="C15" s="98"/>
       <c r="D15" s="36" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="100"/>
       <c r="F15" s="36"/>
       <c r="G15" s="36"/>
       <c r="H15" s="36"/>
       <c r="I15" s="36"/>
       <c r="J15" s="100"/>
       <c r="K15" s="36"/>
       <c r="L15" s="87">
         <f>SUM(L12:L14)</f>
         <v>0</v>
       </c>
-      <c r="M15" s="335">
-        <f t="shared" si="2"/>
+      <c r="M15" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N15" s="100"/>
       <c r="O15" s="99">
         <f>SUM(O12:O14)+SUMIF($K12:$K14,O$2,$L12:$L14)</f>
         <v>0</v>
       </c>
       <c r="P15" s="99">
-        <f t="shared" ref="P15:AS15" si="15">SUM(P12:P14)+SUMIF($K12:$K14,P$2,$L12:$L14)</f>
+        <f t="shared" ref="P15:AS15" si="18">SUM(P12:P14)+SUMIF($K12:$K14,P$2,$L12:$L14)</f>
         <v>0</v>
       </c>
       <c r="Q15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="R15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="S15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="T15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="U15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="V15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="W15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="X15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="Y15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="Z15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AA15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AB15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AC15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AD15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AE15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AF15" s="99">
         <f>SUM(AF12:AF14)+SUMIF($K12:$K14,$AF$2,$L12:$L14)</f>
         <v>0</v>
       </c>
       <c r="AG15" s="87">
         <f>SUM(AG12:AG14)+SUMIF($K12:$K14,$AG$2,$L12:$L14)</f>
         <v>0</v>
       </c>
       <c r="AH15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AI15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AJ15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AK15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AL15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AM15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AN15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AO15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AP15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AQ15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AR15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AS15" s="99">
-        <f t="shared" si="15"/>
+        <f t="shared" si="18"/>
         <v>0</v>
       </c>
       <c r="AT15" s="36"/>
       <c r="AU15" s="89">
-        <f t="shared" ref="AU15:BB15" si="16">SUM(AU12:AU14)</f>
+        <f t="shared" ref="AU15:BB15" si="19">SUM(AU12:AU14)</f>
         <v>0</v>
       </c>
       <c r="AV15" s="89"/>
       <c r="AW15" s="90"/>
       <c r="AX15" s="90">
-        <f t="shared" ref="AX15" si="17">SUM(AX12:AX14)+SUMIF($K12:$K14,AX$2,$L12:$L14)</f>
+        <f t="shared" ref="AX15" si="20">SUM(AX12:AX14)+SUMIF($K12:$K14,AX$2,$L12:$L14)</f>
         <v>0</v>
       </c>
       <c r="AY15" s="101"/>
       <c r="AZ15" s="36"/>
       <c r="BA15" s="89">
-        <f t="shared" si="16"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="BB15" s="89">
-        <f t="shared" si="16"/>
+        <f t="shared" si="19"/>
         <v>0</v>
       </c>
       <c r="BC15" s="90">
-        <f t="shared" ref="BC15" si="18">SUM(BC12:BC14)+SUMIF($K12:$K14,BC$2,$L12:$L14)</f>
+        <f t="shared" ref="BC15" si="21">SUM(BC12:BC14)+SUMIF($K12:$K14,BC$2,$L12:$L14)</f>
         <v>0</v>
       </c>
       <c r="BD15" s="99">
-        <f t="shared" ref="BD15:BF15" si="19">SUM(BD12:BD14)+SUMIF($K12:$K14,BD$2,$L12:$L14)</f>
+        <f t="shared" ref="BD15:BF15" si="22">SUM(BD12:BD14)+SUMIF($K12:$K14,BD$2,$L12:$L14)</f>
         <v>0</v>
       </c>
       <c r="BE15" s="99">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="BF15" s="99">
-        <f t="shared" si="19"/>
+        <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="BG15" s="261"/>
       <c r="BH15" s="254"/>
     </row>
     <row r="16" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A16" s="264"/>
-      <c r="D16" s="21"/>
+      <c r="D16" s="180"/>
       <c r="E16" s="61"/>
       <c r="F16" s="21"/>
       <c r="G16" s="21"/>
       <c r="H16" s="21"/>
       <c r="I16" s="21"/>
       <c r="J16" s="61"/>
       <c r="K16" s="21"/>
       <c r="L16" s="58"/>
       <c r="M16" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M16:M18" si="23">SUM(L16,O16,S16,T16,AA16,AC16,AD16,AE16,AO16,AP16,AQ16,AR16,P16,Q16,U16,V16,W16,X16,Y16,Z16,AB16,R16,AF16,AG16,AH16,AI16,AJ16,AK16,AL16,AM16,AN16,AS16,AX16,BC16,BD16,BE16,BF16)</f>
         <v>0</v>
       </c>
       <c r="N16" s="61"/>
       <c r="O16" s="65"/>
       <c r="P16" s="65"/>
       <c r="Q16" s="65"/>
       <c r="R16" s="65"/>
       <c r="S16" s="65"/>
       <c r="T16" s="65"/>
       <c r="U16" s="65"/>
       <c r="V16" s="65"/>
       <c r="W16" s="65"/>
       <c r="X16" s="65"/>
       <c r="Y16" s="65"/>
       <c r="Z16" s="65"/>
       <c r="AA16" s="65"/>
       <c r="AB16" s="65"/>
       <c r="AC16" s="65"/>
       <c r="AD16" s="65"/>
       <c r="AE16" s="65"/>
       <c r="AF16" s="65"/>
       <c r="AG16" s="65"/>
       <c r="AH16" s="65"/>
       <c r="AI16" s="65"/>
       <c r="AJ16" s="65"/>
       <c r="AK16" s="65"/>
       <c r="AL16" s="65"/>
       <c r="AM16" s="65"/>
       <c r="AN16" s="65"/>
       <c r="AO16" s="65"/>
       <c r="AP16" s="65"/>
       <c r="AQ16" s="65"/>
       <c r="AR16" s="65"/>
       <c r="AS16" s="65"/>
       <c r="AT16" s="21"/>
       <c r="AU16" s="64"/>
       <c r="AV16" s="64"/>
       <c r="AW16" s="65"/>
       <c r="AX16" s="66">
-        <f t="shared" ref="AX16:AX18" si="20">AU16*AV16*AW16</f>
+        <f t="shared" ref="AX16:AX18" si="24">AU16*AV16*AW16</f>
         <v>0</v>
       </c>
       <c r="AY16" s="67"/>
       <c r="AZ16" s="21"/>
       <c r="BA16" s="64"/>
       <c r="BB16" s="64"/>
       <c r="BC16" s="66">
-        <f t="shared" ref="BC16:BC18" si="21">BA16*BB16</f>
+        <f t="shared" ref="BC16:BC18" si="25">BA16*BB16</f>
         <v>0</v>
       </c>
       <c r="BD16" s="65"/>
       <c r="BE16" s="65"/>
       <c r="BF16" s="65"/>
       <c r="BG16" s="260"/>
       <c r="BH16" s="255"/>
     </row>
     <row r="17" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="264"/>
-      <c r="B17" s="356"/>
-      <c r="D17" s="27"/>
+      <c r="B17" s="355"/>
+      <c r="D17" s="181"/>
       <c r="E17" s="71"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="27"/>
       <c r="J17" s="71"/>
       <c r="K17" s="27"/>
       <c r="L17" s="93"/>
       <c r="M17" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N17" s="71"/>
       <c r="O17" s="106"/>
       <c r="P17" s="106"/>
       <c r="Q17" s="106"/>
       <c r="R17" s="106"/>
       <c r="S17" s="106"/>
       <c r="T17" s="106"/>
       <c r="U17" s="106"/>
       <c r="V17" s="106"/>
       <c r="W17" s="106"/>
       <c r="X17" s="106"/>
       <c r="Y17" s="106"/>
       <c r="Z17" s="106"/>
       <c r="AA17" s="106"/>
       <c r="AB17" s="106"/>
       <c r="AC17" s="106"/>
       <c r="AD17" s="106"/>
       <c r="AE17" s="106"/>
       <c r="AF17" s="106"/>
       <c r="AG17" s="106"/>
       <c r="AH17" s="106"/>
       <c r="AI17" s="106"/>
       <c r="AJ17" s="106"/>
       <c r="AK17" s="106"/>
       <c r="AL17" s="106"/>
       <c r="AM17" s="106"/>
       <c r="AN17" s="106"/>
       <c r="AO17" s="106"/>
       <c r="AP17" s="106"/>
       <c r="AQ17" s="106"/>
       <c r="AR17" s="106"/>
       <c r="AS17" s="106"/>
       <c r="AT17" s="27"/>
       <c r="AU17" s="74"/>
       <c r="AV17" s="74"/>
       <c r="AW17" s="75"/>
       <c r="AX17" s="94">
-        <f t="shared" si="20"/>
+        <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="AY17" s="95"/>
       <c r="AZ17" s="27"/>
       <c r="BA17" s="74"/>
       <c r="BB17" s="74"/>
       <c r="BC17" s="94">
-        <f t="shared" si="21"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="BD17" s="106"/>
       <c r="BE17" s="106"/>
       <c r="BF17" s="106"/>
       <c r="BG17" s="260"/>
       <c r="BH17" s="256"/>
     </row>
     <row r="18" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="265"/>
       <c r="B18" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C18" s="79"/>
-      <c r="D18" s="32"/>
+      <c r="D18" s="51"/>
       <c r="E18" s="81"/>
       <c r="F18" s="32"/>
       <c r="G18" s="32"/>
       <c r="H18" s="32"/>
       <c r="I18" s="32"/>
       <c r="J18" s="81"/>
       <c r="K18" s="32"/>
       <c r="M18" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="N18" s="81"/>
       <c r="O18" s="83"/>
       <c r="P18" s="83"/>
       <c r="Q18" s="83"/>
       <c r="R18" s="83"/>
       <c r="S18" s="83"/>
       <c r="T18" s="83"/>
       <c r="U18" s="83"/>
       <c r="V18" s="83"/>
       <c r="W18" s="83"/>
       <c r="X18" s="83"/>
       <c r="Y18" s="83"/>
       <c r="Z18" s="83"/>
       <c r="AA18" s="83"/>
       <c r="AB18" s="83"/>
       <c r="AC18" s="83"/>
       <c r="AD18" s="83"/>
       <c r="AE18" s="83"/>
       <c r="AF18" s="83"/>
       <c r="AG18" s="83"/>
       <c r="AH18" s="83"/>
       <c r="AI18" s="83"/>
       <c r="AJ18" s="83"/>
       <c r="AK18" s="83"/>
       <c r="AL18" s="83"/>
       <c r="AM18" s="83"/>
       <c r="AN18" s="83"/>
       <c r="AO18" s="83"/>
       <c r="AP18" s="83"/>
       <c r="AQ18" s="83"/>
       <c r="AR18" s="83"/>
       <c r="AS18" s="83"/>
       <c r="AT18" s="32"/>
       <c r="AU18" s="82"/>
       <c r="AV18" s="82"/>
       <c r="AW18" s="83"/>
       <c r="AX18" s="70">
-        <f t="shared" si="20"/>
+        <f t="shared" si="24"/>
         <v>0</v>
       </c>
       <c r="AY18" s="84"/>
       <c r="AZ18" s="32"/>
       <c r="BA18" s="82"/>
       <c r="BB18" s="82"/>
       <c r="BC18" s="70">
-        <f t="shared" si="21"/>
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
       <c r="BD18" s="83"/>
       <c r="BE18" s="83"/>
       <c r="BF18" s="83"/>
       <c r="BG18" s="261"/>
       <c r="BH18" s="257"/>
     </row>
     <row r="19" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="265"/>
       <c r="B19" s="98"/>
       <c r="C19" s="98"/>
       <c r="D19" s="36" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="100"/>
       <c r="F19" s="36"/>
       <c r="G19" s="36"/>
       <c r="H19" s="36"/>
       <c r="I19" s="36"/>
       <c r="J19" s="100"/>
       <c r="K19" s="36"/>
       <c r="L19" s="87">
         <f>SUM(L16:L18)</f>
         <v>0</v>
       </c>
-      <c r="M19" s="335">
-        <f t="shared" si="2"/>
+      <c r="M19" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N19" s="100"/>
       <c r="O19" s="99">
         <f>SUM(O16:O18)+SUMIF($K16:$K18,O$2,$L16:$L18)</f>
         <v>0</v>
       </c>
       <c r="P19" s="99">
-        <f t="shared" ref="P19:AS19" si="22">SUM(P16:P18)+SUMIF($K16:$K18,P$2,$L16:$L18)</f>
+        <f t="shared" ref="P19:AS19" si="26">SUM(P16:P18)+SUMIF($K16:$K18,P$2,$L16:$L18)</f>
         <v>0</v>
       </c>
       <c r="Q19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="R19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="S19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="T19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="U19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="V19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="W19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="X19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="Y19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="Z19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AA19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AB19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AC19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AD19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AE19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AF19" s="99">
         <f>SUM(AF16:AF18)+SUMIF($K16:$K18,$AF$2,$L16:$L18)</f>
         <v>0</v>
       </c>
       <c r="AG19" s="87">
         <f>SUM(AG16:AG18)+SUMIF($K16:$K18,$AG$2,$L16:$L18)</f>
         <v>0</v>
       </c>
       <c r="AH19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AI19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AJ19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AK19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AL19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AM19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AN19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AO19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AP19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AQ19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AR19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AS19" s="99">
-        <f t="shared" si="22"/>
+        <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="AT19" s="36"/>
       <c r="AU19" s="89">
-        <f t="shared" ref="AU19:BB19" si="23">SUM(AU16:AU18)</f>
+        <f t="shared" ref="AU19:BB19" si="27">SUM(AU16:AU18)</f>
         <v>0</v>
       </c>
       <c r="AV19" s="89"/>
       <c r="AW19" s="90"/>
       <c r="AX19" s="90">
-        <f t="shared" ref="AX19" si="24">SUM(AX16:AX18)+SUMIF($K16:$K18,AX$2,$L16:$L18)</f>
+        <f t="shared" ref="AX19" si="28">SUM(AX16:AX18)+SUMIF($K16:$K18,AX$2,$L16:$L18)</f>
         <v>0</v>
       </c>
       <c r="AY19" s="101"/>
       <c r="AZ19" s="36"/>
       <c r="BA19" s="89">
-        <f t="shared" si="23"/>
+        <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="BB19" s="89">
-        <f t="shared" si="23"/>
+        <f t="shared" si="27"/>
         <v>0</v>
       </c>
       <c r="BC19" s="90">
-        <f t="shared" ref="BC19" si="25">SUM(BC16:BC18)+SUMIF($K16:$K18,BC$2,$L16:$L18)</f>
+        <f t="shared" ref="BC19" si="29">SUM(BC16:BC18)+SUMIF($K16:$K18,BC$2,$L16:$L18)</f>
         <v>0</v>
       </c>
       <c r="BD19" s="99">
-        <f t="shared" ref="BD19:BF19" si="26">SUM(BD16:BD18)+SUMIF($K16:$K18,BD$2,$L16:$L18)</f>
+        <f t="shared" ref="BD19:BF19" si="30">SUM(BD16:BD18)+SUMIF($K16:$K18,BD$2,$L16:$L18)</f>
         <v>0</v>
       </c>
       <c r="BE19" s="99">
-        <f t="shared" si="26"/>
+        <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="BF19" s="99">
-        <f t="shared" si="26"/>
+        <f t="shared" si="30"/>
         <v>0</v>
       </c>
       <c r="BG19" s="261"/>
       <c r="BH19" s="254"/>
     </row>
     <row r="20" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A20" s="264"/>
-      <c r="D20" s="21"/>
+      <c r="D20" s="180"/>
       <c r="E20" s="61"/>
       <c r="F20" s="21"/>
       <c r="G20" s="21"/>
       <c r="H20" s="21"/>
       <c r="I20" s="21"/>
       <c r="J20" s="61"/>
       <c r="K20" s="21"/>
       <c r="L20" s="58"/>
       <c r="M20" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M20:M22" si="31">SUM(L20,O20,S20,T20,AA20,AC20,AD20,AE20,AO20,AP20,AQ20,AR20,P20,Q20,U20,V20,W20,X20,Y20,Z20,AB20,R20,AF20,AG20,AH20,AI20,AJ20,AK20,AL20,AM20,AN20,AS20,AX20,BC20,BD20,BE20,BF20)</f>
         <v>0</v>
       </c>
       <c r="N20" s="61"/>
       <c r="O20" s="65"/>
       <c r="P20" s="65"/>
       <c r="Q20" s="65"/>
       <c r="R20" s="65"/>
       <c r="S20" s="65"/>
       <c r="T20" s="65"/>
       <c r="U20" s="65"/>
       <c r="V20" s="65"/>
       <c r="W20" s="65"/>
       <c r="X20" s="65"/>
       <c r="Y20" s="65"/>
       <c r="Z20" s="65"/>
       <c r="AA20" s="65"/>
       <c r="AB20" s="65"/>
       <c r="AC20" s="65"/>
       <c r="AD20" s="65"/>
       <c r="AE20" s="65"/>
       <c r="AF20" s="65"/>
       <c r="AG20" s="65"/>
       <c r="AH20" s="65"/>
       <c r="AI20" s="65"/>
       <c r="AJ20" s="65"/>
       <c r="AK20" s="65"/>
       <c r="AL20" s="65"/>
       <c r="AM20" s="65"/>
       <c r="AN20" s="65"/>
       <c r="AO20" s="65"/>
       <c r="AP20" s="65"/>
       <c r="AQ20" s="65"/>
       <c r="AR20" s="65"/>
       <c r="AS20" s="65"/>
       <c r="AT20" s="21"/>
       <c r="AU20" s="64"/>
       <c r="AV20" s="64"/>
       <c r="AW20" s="65"/>
       <c r="AX20" s="66">
-        <f t="shared" ref="AX20:AX22" si="27">AU20*AV20*AW20</f>
+        <f t="shared" ref="AX20:AX22" si="32">AU20*AV20*AW20</f>
         <v>0</v>
       </c>
       <c r="AY20" s="67"/>
       <c r="AZ20" s="21"/>
       <c r="BA20" s="64"/>
       <c r="BB20" s="64"/>
       <c r="BC20" s="66">
-        <f t="shared" ref="BC20:BC22" si="28">BA20*BB20</f>
+        <f t="shared" ref="BC20:BC22" si="33">BA20*BB20</f>
         <v>0</v>
       </c>
       <c r="BD20" s="65"/>
       <c r="BE20" s="65"/>
       <c r="BF20" s="65"/>
       <c r="BG20" s="260"/>
       <c r="BH20" s="255"/>
     </row>
     <row r="21" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="264"/>
-      <c r="D21" s="27"/>
+      <c r="D21" s="181"/>
       <c r="E21" s="71"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="71"/>
       <c r="K21" s="27"/>
       <c r="L21" s="93"/>
       <c r="M21" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="31"/>
         <v>0</v>
       </c>
       <c r="N21" s="71"/>
       <c r="O21" s="106"/>
       <c r="P21" s="106"/>
       <c r="Q21" s="106"/>
       <c r="R21" s="106"/>
       <c r="S21" s="106"/>
       <c r="T21" s="106"/>
       <c r="U21" s="106"/>
       <c r="V21" s="106"/>
       <c r="W21" s="106"/>
       <c r="X21" s="106"/>
       <c r="Y21" s="106"/>
       <c r="Z21" s="106"/>
       <c r="AA21" s="106"/>
       <c r="AB21" s="106"/>
       <c r="AC21" s="106"/>
       <c r="AD21" s="106"/>
       <c r="AE21" s="106"/>
       <c r="AF21" s="106"/>
       <c r="AG21" s="106"/>
       <c r="AH21" s="106"/>
       <c r="AI21" s="106"/>
       <c r="AJ21" s="106"/>
       <c r="AK21" s="106"/>
       <c r="AL21" s="106"/>
       <c r="AM21" s="106"/>
       <c r="AN21" s="106"/>
       <c r="AO21" s="106"/>
       <c r="AP21" s="106"/>
       <c r="AQ21" s="106"/>
       <c r="AR21" s="106"/>
       <c r="AS21" s="106"/>
       <c r="AT21" s="27"/>
       <c r="AU21" s="74"/>
       <c r="AV21" s="74"/>
       <c r="AW21" s="75"/>
       <c r="AX21" s="94">
-        <f t="shared" si="27"/>
+        <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AY21" s="95"/>
       <c r="AZ21" s="27"/>
       <c r="BA21" s="74"/>
       <c r="BB21" s="74"/>
       <c r="BC21" s="94">
-        <f t="shared" si="28"/>
+        <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="BD21" s="106"/>
       <c r="BE21" s="106"/>
       <c r="BF21" s="106"/>
       <c r="BG21" s="260"/>
       <c r="BH21" s="256"/>
     </row>
     <row r="22" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="265"/>
       <c r="B22" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="79"/>
-      <c r="D22" s="32"/>
+      <c r="D22" s="51"/>
       <c r="E22" s="81"/>
       <c r="F22" s="32"/>
       <c r="G22" s="32"/>
       <c r="H22" s="32"/>
       <c r="I22" s="32"/>
       <c r="J22" s="81"/>
       <c r="K22" s="32"/>
       <c r="M22" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="31"/>
         <v>0</v>
       </c>
       <c r="N22" s="81"/>
       <c r="O22" s="83"/>
       <c r="P22" s="83"/>
       <c r="Q22" s="83"/>
       <c r="R22" s="83"/>
       <c r="S22" s="83"/>
       <c r="T22" s="83"/>
       <c r="U22" s="83"/>
       <c r="V22" s="83"/>
       <c r="W22" s="83"/>
       <c r="X22" s="83"/>
       <c r="Y22" s="83"/>
       <c r="Z22" s="83"/>
       <c r="AA22" s="83"/>
       <c r="AB22" s="83"/>
       <c r="AC22" s="83"/>
       <c r="AD22" s="83"/>
       <c r="AE22" s="83"/>
       <c r="AF22" s="83"/>
       <c r="AG22" s="83"/>
       <c r="AH22" s="83"/>
       <c r="AI22" s="83"/>
       <c r="AJ22" s="83"/>
       <c r="AK22" s="83"/>
       <c r="AL22" s="83"/>
       <c r="AM22" s="83"/>
       <c r="AN22" s="83"/>
       <c r="AO22" s="83"/>
       <c r="AP22" s="83"/>
       <c r="AQ22" s="83"/>
       <c r="AR22" s="83"/>
       <c r="AS22" s="83"/>
       <c r="AT22" s="32"/>
       <c r="AU22" s="82"/>
       <c r="AV22" s="82"/>
       <c r="AW22" s="83"/>
       <c r="AX22" s="70">
-        <f t="shared" si="27"/>
+        <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="AY22" s="84"/>
       <c r="AZ22" s="32"/>
       <c r="BA22" s="82"/>
       <c r="BB22" s="82"/>
       <c r="BC22" s="70">
-        <f t="shared" si="28"/>
+        <f t="shared" si="33"/>
         <v>0</v>
       </c>
       <c r="BD22" s="83"/>
       <c r="BE22" s="83"/>
       <c r="BF22" s="83"/>
       <c r="BG22" s="261"/>
       <c r="BH22" s="257"/>
     </row>
     <row r="23" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="265"/>
       <c r="B23" s="98"/>
       <c r="C23" s="98"/>
       <c r="D23" s="36" t="s">
         <v>52</v>
       </c>
       <c r="E23" s="100"/>
       <c r="F23" s="36"/>
       <c r="G23" s="36"/>
       <c r="H23" s="36"/>
       <c r="I23" s="36"/>
       <c r="J23" s="100"/>
       <c r="K23" s="36"/>
       <c r="L23" s="87">
         <f>SUM(L20:L22)</f>
         <v>0</v>
       </c>
-      <c r="M23" s="335">
-        <f t="shared" si="2"/>
+      <c r="M23" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N23" s="100"/>
       <c r="O23" s="99">
         <f>SUM(O20:O22)+SUMIF($K20:$K22,O$2,$L20:$L22)</f>
         <v>0</v>
       </c>
       <c r="P23" s="99">
-        <f t="shared" ref="P23:AS23" si="29">SUM(P20:P22)+SUMIF($K20:$K22,P$2,$L20:$L22)</f>
+        <f t="shared" ref="P23:AS23" si="34">SUM(P20:P22)+SUMIF($K20:$K22,P$2,$L20:$L22)</f>
         <v>0</v>
       </c>
       <c r="Q23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="R23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="S23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="T23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="U23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="V23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="W23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="X23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="Y23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="Z23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AA23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AB23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AC23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AD23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AE23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AF23" s="99">
         <f>SUM(AF20:AF22)+SUMIF($K20:$K22,$AF$2,$L20:$L22)</f>
         <v>0</v>
       </c>
       <c r="AG23" s="87">
         <f>SUM(AG20:AG22)+SUMIF($K20:$K22,$AG$2,$L20:$L22)</f>
         <v>0</v>
       </c>
       <c r="AH23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AI23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AJ23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AK23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AL23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AM23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AN23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AO23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AP23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AQ23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AR23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AS23" s="99">
-        <f t="shared" si="29"/>
+        <f t="shared" si="34"/>
         <v>0</v>
       </c>
       <c r="AT23" s="36"/>
       <c r="AU23" s="89">
-        <f t="shared" ref="AU23:BB23" si="30">SUM(AU20:AU22)</f>
+        <f t="shared" ref="AU23:BB23" si="35">SUM(AU20:AU22)</f>
         <v>0</v>
       </c>
       <c r="AV23" s="89"/>
       <c r="AW23" s="90"/>
       <c r="AX23" s="90">
-        <f t="shared" ref="AX23" si="31">SUM(AX20:AX22)+SUMIF($K20:$K22,AX$2,$L20:$L22)</f>
+        <f t="shared" ref="AX23" si="36">SUM(AX20:AX22)+SUMIF($K20:$K22,AX$2,$L20:$L22)</f>
         <v>0</v>
       </c>
       <c r="AY23" s="101"/>
       <c r="AZ23" s="36"/>
       <c r="BA23" s="89">
-        <f t="shared" si="30"/>
+        <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="BB23" s="89">
-        <f t="shared" si="30"/>
+        <f t="shared" si="35"/>
         <v>0</v>
       </c>
       <c r="BC23" s="90">
-        <f t="shared" ref="BC23" si="32">SUM(BC20:BC22)+SUMIF($K20:$K22,BC$2,$L20:$L22)</f>
+        <f t="shared" ref="BC23" si="37">SUM(BC20:BC22)+SUMIF($K20:$K22,BC$2,$L20:$L22)</f>
         <v>0</v>
       </c>
       <c r="BD23" s="99">
-        <f t="shared" ref="BD23:BF23" si="33">SUM(BD20:BD22)+SUMIF($K20:$K22,BD$2,$L20:$L22)</f>
+        <f t="shared" ref="BD23:BF23" si="38">SUM(BD20:BD22)+SUMIF($K20:$K22,BD$2,$L20:$L22)</f>
         <v>0</v>
       </c>
       <c r="BE23" s="99">
-        <f t="shared" si="33"/>
+        <f t="shared" si="38"/>
         <v>0</v>
       </c>
       <c r="BF23" s="99">
-        <f t="shared" si="33"/>
+        <f t="shared" si="38"/>
         <v>0</v>
       </c>
       <c r="BG23" s="261"/>
       <c r="BH23" s="254"/>
     </row>
     <row r="24" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A24" s="264"/>
-      <c r="D24" s="21"/>
+      <c r="D24" s="180"/>
       <c r="E24" s="61"/>
       <c r="F24" s="21"/>
       <c r="G24" s="21"/>
       <c r="H24" s="21"/>
       <c r="I24" s="21"/>
       <c r="J24" s="61"/>
       <c r="K24" s="21"/>
       <c r="L24" s="58"/>
       <c r="M24" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M24:M26" si="39">SUM(L24,O24,S24,T24,AA24,AC24,AD24,AE24,AO24,AP24,AQ24,AR24,P24,Q24,U24,V24,W24,X24,Y24,Z24,AB24,R24,AF24,AG24,AH24,AI24,AJ24,AK24,AL24,AM24,AN24,AS24,AX24,BC24,BD24,BE24,BF24)</f>
         <v>0</v>
       </c>
       <c r="N24" s="61"/>
       <c r="O24" s="65"/>
       <c r="P24" s="65"/>
       <c r="Q24" s="65"/>
       <c r="R24" s="65"/>
       <c r="S24" s="65"/>
       <c r="T24" s="65"/>
       <c r="U24" s="65"/>
       <c r="V24" s="65"/>
       <c r="W24" s="65"/>
       <c r="X24" s="65"/>
       <c r="Y24" s="65"/>
       <c r="Z24" s="65"/>
       <c r="AA24" s="65"/>
       <c r="AB24" s="65"/>
       <c r="AC24" s="65"/>
       <c r="AD24" s="65"/>
       <c r="AE24" s="65"/>
       <c r="AF24" s="65"/>
       <c r="AG24" s="65"/>
       <c r="AH24" s="65"/>
       <c r="AI24" s="65"/>
       <c r="AJ24" s="65"/>
       <c r="AK24" s="65"/>
       <c r="AL24" s="65"/>
       <c r="AM24" s="65"/>
       <c r="AN24" s="65"/>
       <c r="AO24" s="65"/>
       <c r="AP24" s="65"/>
       <c r="AQ24" s="65"/>
       <c r="AR24" s="65"/>
       <c r="AS24" s="65"/>
       <c r="AT24" s="21"/>
       <c r="AU24" s="64"/>
       <c r="AV24" s="64"/>
       <c r="AW24" s="65"/>
       <c r="AX24" s="66">
-        <f t="shared" ref="AX24:AX26" si="34">AU24*AV24*AW24</f>
+        <f t="shared" ref="AX24:AX26" si="40">AU24*AV24*AW24</f>
         <v>0</v>
       </c>
       <c r="AY24" s="67"/>
       <c r="AZ24" s="21"/>
       <c r="BA24" s="64"/>
       <c r="BB24" s="64"/>
       <c r="BC24" s="66">
-        <f t="shared" ref="BC24:BC26" si="35">BA24*BB24</f>
+        <f t="shared" ref="BC24:BC26" si="41">BA24*BB24</f>
         <v>0</v>
       </c>
       <c r="BD24" s="65"/>
       <c r="BE24" s="65"/>
       <c r="BF24" s="65"/>
       <c r="BG24" s="260"/>
       <c r="BH24" s="255"/>
     </row>
     <row r="25" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="264"/>
-      <c r="B25" s="356"/>
-      <c r="D25" s="27"/>
+      <c r="B25" s="355"/>
+      <c r="D25" s="181"/>
       <c r="E25" s="71"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
       <c r="I25" s="27"/>
       <c r="J25" s="71"/>
       <c r="K25" s="27"/>
       <c r="L25" s="93"/>
       <c r="M25" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="39"/>
         <v>0</v>
       </c>
       <c r="N25" s="71"/>
       <c r="O25" s="106"/>
       <c r="P25" s="106"/>
       <c r="Q25" s="106"/>
       <c r="R25" s="106"/>
       <c r="S25" s="106"/>
       <c r="T25" s="106"/>
       <c r="U25" s="106"/>
       <c r="V25" s="106"/>
       <c r="W25" s="106"/>
       <c r="X25" s="106"/>
       <c r="Y25" s="106"/>
       <c r="Z25" s="106"/>
       <c r="AA25" s="106"/>
       <c r="AB25" s="106"/>
       <c r="AC25" s="106"/>
       <c r="AD25" s="106"/>
       <c r="AE25" s="106"/>
       <c r="AF25" s="106"/>
       <c r="AG25" s="106"/>
       <c r="AH25" s="106"/>
       <c r="AI25" s="106"/>
       <c r="AJ25" s="106"/>
       <c r="AK25" s="106"/>
       <c r="AL25" s="106"/>
       <c r="AM25" s="106"/>
       <c r="AN25" s="106"/>
       <c r="AO25" s="106"/>
       <c r="AP25" s="106"/>
       <c r="AQ25" s="106"/>
       <c r="AR25" s="106"/>
       <c r="AS25" s="106"/>
       <c r="AT25" s="27"/>
       <c r="AU25" s="74"/>
       <c r="AV25" s="74"/>
       <c r="AW25" s="75"/>
       <c r="AX25" s="94">
-        <f t="shared" si="34"/>
+        <f t="shared" si="40"/>
         <v>0</v>
       </c>
       <c r="AY25" s="95"/>
       <c r="AZ25" s="27"/>
       <c r="BA25" s="74"/>
       <c r="BB25" s="74"/>
       <c r="BC25" s="94">
-        <f t="shared" si="35"/>
+        <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="BD25" s="106"/>
       <c r="BE25" s="106"/>
       <c r="BF25" s="106"/>
       <c r="BG25" s="260"/>
       <c r="BH25" s="256"/>
     </row>
     <row r="26" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="265"/>
       <c r="B26" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C26" s="79"/>
-      <c r="D26" s="32"/>
+      <c r="D26" s="51"/>
       <c r="E26" s="81"/>
       <c r="F26" s="32"/>
       <c r="G26" s="32"/>
       <c r="H26" s="32"/>
       <c r="I26" s="32"/>
       <c r="J26" s="81"/>
       <c r="K26" s="32"/>
       <c r="M26" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="39"/>
         <v>0</v>
       </c>
       <c r="N26" s="81"/>
       <c r="O26" s="83"/>
       <c r="P26" s="83"/>
       <c r="Q26" s="83"/>
       <c r="R26" s="83"/>
       <c r="S26" s="83"/>
       <c r="T26" s="83"/>
       <c r="U26" s="83"/>
       <c r="V26" s="83"/>
       <c r="W26" s="83"/>
       <c r="X26" s="83"/>
       <c r="Y26" s="83"/>
       <c r="Z26" s="83"/>
       <c r="AA26" s="83"/>
       <c r="AB26" s="83"/>
       <c r="AC26" s="83"/>
       <c r="AD26" s="83"/>
       <c r="AE26" s="83"/>
       <c r="AF26" s="83"/>
       <c r="AG26" s="83"/>
       <c r="AH26" s="83"/>
       <c r="AI26" s="83"/>
       <c r="AJ26" s="83"/>
       <c r="AK26" s="83"/>
       <c r="AL26" s="83"/>
       <c r="AM26" s="83"/>
       <c r="AN26" s="83"/>
       <c r="AO26" s="83"/>
       <c r="AP26" s="83"/>
       <c r="AQ26" s="83"/>
       <c r="AR26" s="83"/>
       <c r="AS26" s="83"/>
       <c r="AT26" s="32"/>
       <c r="AU26" s="82"/>
       <c r="AV26" s="82"/>
       <c r="AW26" s="83"/>
       <c r="AX26" s="70">
-        <f t="shared" si="34"/>
+        <f t="shared" si="40"/>
         <v>0</v>
       </c>
       <c r="AY26" s="84"/>
       <c r="AZ26" s="32"/>
       <c r="BA26" s="82"/>
       <c r="BB26" s="82"/>
       <c r="BC26" s="70">
-        <f t="shared" si="35"/>
+        <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="BD26" s="83"/>
       <c r="BE26" s="83"/>
       <c r="BF26" s="83"/>
       <c r="BG26" s="261"/>
       <c r="BH26" s="257"/>
     </row>
     <row r="27" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="265"/>
       <c r="B27" s="98"/>
       <c r="C27" s="98"/>
       <c r="D27" s="36" t="s">
         <v>53</v>
       </c>
       <c r="E27" s="100"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="100"/>
       <c r="K27" s="36"/>
       <c r="L27" s="87">
         <f>SUM(L24:L26)</f>
         <v>0</v>
       </c>
-      <c r="M27" s="335">
+      <c r="M27" s="334">
         <f>SUM(O27,S27,T27,AA27,AC27,AD27,AE27,AO27,AP27,AQ27,AR27,P27,Q27,U27,V27,W27,X27,Y27,Z27,AB27,R27,AF27,AG27,AH27,AI27,AJ27,AK27,AL27,AM27,AN27,AS27,AX27,BC27,BD27,BE27,BF27)</f>
         <v>0</v>
       </c>
       <c r="N27" s="100"/>
       <c r="O27" s="99">
         <f>SUM(O24:O26)+SUMIF($K24:$K26,O$2,$L24:$L26)</f>
         <v>0</v>
       </c>
       <c r="P27" s="99">
-        <f t="shared" ref="P27:AS27" si="36">SUM(P24:P26)+SUMIF($K24:$K26,P$2,$L24:$L26)</f>
+        <f t="shared" ref="P27:AS27" si="42">SUM(P24:P26)+SUMIF($K24:$K26,P$2,$L24:$L26)</f>
         <v>0</v>
       </c>
       <c r="Q27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="R27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="S27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="T27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="U27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="V27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="W27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="X27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="Y27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="Z27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AA27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AB27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AC27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AD27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AE27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AF27" s="99">
         <f>SUM(AF24:AF26)+SUMIF($K24:$K26,$AF$2,$L24:$L26)</f>
         <v>0</v>
       </c>
       <c r="AG27" s="87">
         <f>SUM(AG24:AG26)+SUMIF($K24:$K26,$AG$2,$L24:$L26)</f>
         <v>0</v>
       </c>
       <c r="AH27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AI27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AJ27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AK27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AL27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AM27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AN27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AO27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AP27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AQ27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AR27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AS27" s="99">
-        <f t="shared" si="36"/>
+        <f t="shared" si="42"/>
         <v>0</v>
       </c>
       <c r="AT27" s="36"/>
       <c r="AU27" s="89">
-        <f t="shared" ref="AU27:BB27" si="37">SUM(AU24:AU26)</f>
+        <f t="shared" ref="AU27:BB27" si="43">SUM(AU24:AU26)</f>
         <v>0</v>
       </c>
       <c r="AV27" s="89"/>
       <c r="AW27" s="90"/>
       <c r="AX27" s="90">
-        <f t="shared" ref="AX27" si="38">SUM(AX24:AX26)+SUMIF($K24:$K26,AX$2,$L24:$L26)</f>
+        <f t="shared" ref="AX27" si="44">SUM(AX24:AX26)+SUMIF($K24:$K26,AX$2,$L24:$L26)</f>
         <v>0</v>
       </c>
       <c r="AY27" s="101"/>
       <c r="AZ27" s="36"/>
       <c r="BA27" s="89">
-        <f t="shared" si="37"/>
+        <f t="shared" si="43"/>
         <v>0</v>
       </c>
       <c r="BB27" s="89">
-        <f t="shared" si="37"/>
+        <f t="shared" si="43"/>
         <v>0</v>
       </c>
       <c r="BC27" s="90">
-        <f t="shared" ref="BC27" si="39">SUM(BC24:BC26)+SUMIF($K24:$K26,BC$2,$L24:$L26)</f>
+        <f t="shared" ref="BC27" si="45">SUM(BC24:BC26)+SUMIF($K24:$K26,BC$2,$L24:$L26)</f>
         <v>0</v>
       </c>
       <c r="BD27" s="99">
-        <f t="shared" ref="BD27:BF27" si="40">SUM(BD24:BD26)+SUMIF($K24:$K26,BD$2,$L24:$L26)</f>
+        <f t="shared" ref="BD27:BF27" si="46">SUM(BD24:BD26)+SUMIF($K24:$K26,BD$2,$L24:$L26)</f>
         <v>0</v>
       </c>
       <c r="BE27" s="99">
-        <f t="shared" si="40"/>
+        <f t="shared" si="46"/>
         <v>0</v>
       </c>
       <c r="BF27" s="99">
-        <f t="shared" si="40"/>
+        <f t="shared" si="46"/>
         <v>0</v>
       </c>
       <c r="BG27" s="261"/>
       <c r="BH27" s="254"/>
     </row>
     <row r="28" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A28" s="264"/>
-      <c r="D28" s="21"/>
+      <c r="D28" s="180"/>
       <c r="E28" s="61"/>
       <c r="F28" s="21"/>
       <c r="G28" s="21"/>
       <c r="H28" s="21"/>
       <c r="I28" s="21"/>
       <c r="J28" s="61"/>
       <c r="K28" s="21"/>
       <c r="L28" s="58"/>
       <c r="M28" s="59">
-        <f>SUM(O28,S28,T28,AA28,AC28,AD28,AE28,AO28,AP28,AQ28,AR28,P28,Q28,U28,V28,W28,X28,Y28,Z28,AB28,R28,AF28,AG28,AH28,AI28,AJ28,AK28,AL28,AM28,AN28,AS28,AX28,BC28,BD28,BE28,BF28)</f>
+        <f t="shared" ref="M28:M30" si="47">SUM(L28,O28,S28,T28,AA28,AC28,AD28,AE28,AO28,AP28,AQ28,AR28,P28,Q28,U28,V28,W28,X28,Y28,Z28,AB28,R28,AF28,AG28,AH28,AI28,AJ28,AK28,AL28,AM28,AN28,AS28,AX28,BC28,BD28,BE28,BF28)</f>
         <v>0</v>
       </c>
       <c r="N28" s="61"/>
       <c r="O28" s="65"/>
       <c r="P28" s="65"/>
       <c r="Q28" s="65"/>
       <c r="R28" s="65"/>
       <c r="S28" s="65"/>
       <c r="T28" s="65"/>
       <c r="U28" s="65"/>
       <c r="V28" s="65"/>
       <c r="W28" s="65"/>
       <c r="X28" s="65"/>
       <c r="Y28" s="65"/>
       <c r="Z28" s="65"/>
       <c r="AA28" s="65"/>
       <c r="AB28" s="65"/>
       <c r="AC28" s="65"/>
       <c r="AD28" s="65"/>
       <c r="AE28" s="65"/>
       <c r="AF28" s="65"/>
       <c r="AG28" s="65"/>
       <c r="AH28" s="65"/>
       <c r="AI28" s="65"/>
       <c r="AJ28" s="65"/>
       <c r="AK28" s="65"/>
       <c r="AL28" s="65"/>
       <c r="AM28" s="65"/>
       <c r="AN28" s="65"/>
       <c r="AO28" s="65"/>
       <c r="AP28" s="65"/>
       <c r="AQ28" s="65"/>
       <c r="AR28" s="65"/>
       <c r="AS28" s="65"/>
       <c r="AT28" s="21"/>
       <c r="AU28" s="64"/>
       <c r="AV28" s="64"/>
       <c r="AW28" s="65"/>
       <c r="AX28" s="66">
-        <f t="shared" ref="AX28:AX30" si="41">AU28*AV28*AW28</f>
+        <f t="shared" ref="AX28:AX30" si="48">AU28*AV28*AW28</f>
         <v>0</v>
       </c>
       <c r="AY28" s="67"/>
       <c r="AZ28" s="21"/>
       <c r="BA28" s="64"/>
       <c r="BB28" s="64"/>
       <c r="BC28" s="66">
-        <f t="shared" ref="BC28:BC30" si="42">BA28*BB28</f>
+        <f t="shared" ref="BC28:BC30" si="49">BA28*BB28</f>
         <v>0</v>
       </c>
       <c r="BD28" s="65"/>
       <c r="BE28" s="65"/>
       <c r="BF28" s="65"/>
       <c r="BG28" s="260"/>
       <c r="BH28" s="255"/>
     </row>
     <row r="29" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="264"/>
-      <c r="D29" s="27"/>
+      <c r="D29" s="181"/>
       <c r="E29" s="71"/>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="27"/>
       <c r="I29" s="27"/>
       <c r="J29" s="71"/>
       <c r="K29" s="27"/>
       <c r="L29" s="93"/>
       <c r="M29" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="N29" s="71"/>
       <c r="O29" s="106"/>
       <c r="P29" s="106"/>
       <c r="Q29" s="106"/>
       <c r="R29" s="106"/>
       <c r="S29" s="106"/>
       <c r="T29" s="106"/>
       <c r="U29" s="106"/>
       <c r="V29" s="106"/>
       <c r="W29" s="106"/>
       <c r="X29" s="106"/>
       <c r="Y29" s="106"/>
       <c r="Z29" s="106"/>
       <c r="AA29" s="106"/>
       <c r="AB29" s="106"/>
       <c r="AC29" s="106"/>
       <c r="AD29" s="106"/>
       <c r="AE29" s="106"/>
       <c r="AF29" s="106"/>
       <c r="AG29" s="106"/>
       <c r="AH29" s="106"/>
       <c r="AI29" s="106"/>
       <c r="AJ29" s="106"/>
       <c r="AK29" s="106"/>
       <c r="AL29" s="106"/>
       <c r="AM29" s="106"/>
       <c r="AN29" s="106"/>
       <c r="AO29" s="106"/>
       <c r="AP29" s="106"/>
       <c r="AQ29" s="106"/>
       <c r="AR29" s="106"/>
       <c r="AS29" s="106"/>
       <c r="AT29" s="27"/>
       <c r="AU29" s="74"/>
       <c r="AV29" s="74"/>
       <c r="AW29" s="75"/>
       <c r="AX29" s="94">
-        <f t="shared" si="41"/>
+        <f t="shared" si="48"/>
         <v>0</v>
       </c>
       <c r="AY29" s="95"/>
       <c r="AZ29" s="27"/>
       <c r="BA29" s="74"/>
       <c r="BB29" s="74"/>
       <c r="BC29" s="94">
-        <f t="shared" si="42"/>
+        <f t="shared" si="49"/>
         <v>0</v>
       </c>
       <c r="BD29" s="106"/>
       <c r="BE29" s="106"/>
       <c r="BF29" s="106"/>
       <c r="BG29" s="260"/>
       <c r="BH29" s="256"/>
     </row>
     <row r="30" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="265"/>
       <c r="B30" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="79"/>
-      <c r="D30" s="32"/>
+      <c r="D30" s="51"/>
       <c r="E30" s="81"/>
       <c r="F30" s="32"/>
       <c r="G30" s="32"/>
       <c r="H30" s="32"/>
       <c r="I30" s="32"/>
       <c r="J30" s="81"/>
       <c r="K30" s="32"/>
       <c r="M30" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="47"/>
         <v>0</v>
       </c>
       <c r="N30" s="81"/>
       <c r="O30" s="83"/>
       <c r="P30" s="83"/>
       <c r="Q30" s="83"/>
       <c r="R30" s="83"/>
       <c r="S30" s="83"/>
       <c r="T30" s="83"/>
       <c r="U30" s="83"/>
       <c r="V30" s="83"/>
       <c r="W30" s="83"/>
       <c r="X30" s="83"/>
       <c r="Y30" s="83"/>
       <c r="Z30" s="83"/>
       <c r="AA30" s="83"/>
       <c r="AB30" s="83"/>
       <c r="AC30" s="83"/>
       <c r="AD30" s="83"/>
       <c r="AE30" s="83"/>
       <c r="AF30" s="83"/>
       <c r="AG30" s="83"/>
       <c r="AH30" s="83"/>
       <c r="AI30" s="83"/>
       <c r="AJ30" s="83"/>
       <c r="AK30" s="83"/>
       <c r="AL30" s="83"/>
       <c r="AM30" s="83"/>
       <c r="AN30" s="83"/>
       <c r="AO30" s="83"/>
       <c r="AP30" s="83"/>
       <c r="AQ30" s="83"/>
       <c r="AR30" s="83"/>
       <c r="AS30" s="83"/>
       <c r="AT30" s="32"/>
       <c r="AU30" s="82"/>
       <c r="AV30" s="82"/>
       <c r="AW30" s="83"/>
       <c r="AX30" s="70">
-        <f t="shared" si="41"/>
+        <f t="shared" si="48"/>
         <v>0</v>
       </c>
       <c r="AY30" s="84"/>
       <c r="AZ30" s="32"/>
       <c r="BA30" s="82"/>
       <c r="BB30" s="82"/>
       <c r="BC30" s="70">
-        <f t="shared" si="42"/>
+        <f t="shared" si="49"/>
         <v>0</v>
       </c>
       <c r="BD30" s="83"/>
       <c r="BE30" s="83"/>
       <c r="BF30" s="83"/>
       <c r="BG30" s="261"/>
       <c r="BH30" s="257"/>
     </row>
     <row r="31" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="265"/>
       <c r="B31" s="98"/>
       <c r="C31" s="98"/>
       <c r="D31" s="36" t="s">
         <v>54</v>
       </c>
       <c r="E31" s="100"/>
       <c r="F31" s="36"/>
       <c r="G31" s="36"/>
       <c r="H31" s="36"/>
       <c r="I31" s="36"/>
       <c r="J31" s="100"/>
       <c r="K31" s="36"/>
       <c r="L31" s="87">
         <f>SUM(L28:L30)</f>
         <v>0</v>
       </c>
-      <c r="M31" s="335">
-        <f t="shared" si="2"/>
+      <c r="M31" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N31" s="100"/>
       <c r="O31" s="99">
         <f>SUM(O28:O30)+SUMIF($K28:$K30,O$2,$L28:$L30)</f>
         <v>0</v>
       </c>
       <c r="P31" s="99">
-        <f t="shared" ref="P31:AS31" si="43">SUM(P28:P30)+SUMIF($K28:$K30,P$2,$L28:$L30)</f>
+        <f t="shared" ref="P31:AS31" si="50">SUM(P28:P30)+SUMIF($K28:$K30,P$2,$L28:$L30)</f>
         <v>0</v>
       </c>
       <c r="Q31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="R31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="S31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="T31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="U31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="V31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="W31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="X31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="Y31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="Z31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AA31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AB31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AC31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AD31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AE31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AF31" s="99">
         <f>SUM(AF28:AF30)+SUMIF($K28:$K30,$AF$2,$L28:$L30)</f>
         <v>0</v>
       </c>
       <c r="AG31" s="87">
         <f>SUM(AG28:AG30)+SUMIF($K28:$K30,$AG$2,$L28:$L30)</f>
         <v>0</v>
       </c>
       <c r="AH31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AI31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AJ31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AK31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AL31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AM31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AN31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AO31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AP31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AQ31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AR31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AS31" s="99">
-        <f t="shared" si="43"/>
+        <f t="shared" si="50"/>
         <v>0</v>
       </c>
       <c r="AT31" s="36"/>
       <c r="AU31" s="89">
-        <f t="shared" ref="AU31:BB31" si="44">SUM(AU28:AU30)</f>
+        <f t="shared" ref="AU31:BB31" si="51">SUM(AU28:AU30)</f>
         <v>0</v>
       </c>
       <c r="AV31" s="89"/>
       <c r="AW31" s="90"/>
       <c r="AX31" s="90">
-        <f t="shared" ref="AX31" si="45">SUM(AX28:AX30)+SUMIF($K28:$K30,AX$2,$L28:$L30)</f>
+        <f t="shared" ref="AX31" si="52">SUM(AX28:AX30)+SUMIF($K28:$K30,AX$2,$L28:$L30)</f>
         <v>0</v>
       </c>
       <c r="AY31" s="101"/>
       <c r="AZ31" s="36"/>
       <c r="BA31" s="89">
-        <f t="shared" si="44"/>
+        <f t="shared" si="51"/>
         <v>0</v>
       </c>
       <c r="BB31" s="89">
-        <f t="shared" si="44"/>
+        <f t="shared" si="51"/>
         <v>0</v>
       </c>
       <c r="BC31" s="90">
-        <f t="shared" ref="BC31" si="46">SUM(BC28:BC30)+SUMIF($K28:$K30,BC$2,$L28:$L30)</f>
+        <f t="shared" ref="BC31" si="53">SUM(BC28:BC30)+SUMIF($K28:$K30,BC$2,$L28:$L30)</f>
         <v>0</v>
       </c>
       <c r="BD31" s="99">
-        <f t="shared" ref="BD31:BF31" si="47">SUM(BD28:BD30)+SUMIF($K28:$K30,BD$2,$L28:$L30)</f>
+        <f t="shared" ref="BD31:BF31" si="54">SUM(BD28:BD30)+SUMIF($K28:$K30,BD$2,$L28:$L30)</f>
         <v>0</v>
       </c>
       <c r="BE31" s="99">
-        <f t="shared" si="47"/>
+        <f t="shared" si="54"/>
         <v>0</v>
       </c>
       <c r="BF31" s="99">
-        <f t="shared" si="47"/>
+        <f t="shared" si="54"/>
         <v>0</v>
       </c>
       <c r="BG31" s="261"/>
       <c r="BH31" s="254"/>
     </row>
     <row r="32" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A32" s="264"/>
-      <c r="D32" s="21"/>
+      <c r="D32" s="180"/>
       <c r="E32" s="61"/>
       <c r="F32" s="21"/>
       <c r="G32" s="21"/>
       <c r="H32" s="21"/>
       <c r="I32" s="21"/>
       <c r="J32" s="61"/>
       <c r="K32" s="21"/>
       <c r="L32" s="58"/>
       <c r="M32" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M32:M34" si="55">SUM(L32,O32,S32,T32,AA32,AC32,AD32,AE32,AO32,AP32,AQ32,AR32,P32,Q32,U32,V32,W32,X32,Y32,Z32,AB32,R32,AF32,AG32,AH32,AI32,AJ32,AK32,AL32,AM32,AN32,AS32,AX32,BC32,BD32,BE32,BF32)</f>
         <v>0</v>
       </c>
       <c r="N32" s="61"/>
       <c r="O32" s="65"/>
       <c r="P32" s="65"/>
       <c r="Q32" s="65"/>
       <c r="R32" s="65"/>
       <c r="S32" s="65"/>
       <c r="T32" s="65"/>
       <c r="U32" s="65"/>
       <c r="V32" s="65"/>
       <c r="W32" s="65"/>
       <c r="X32" s="65"/>
       <c r="Y32" s="65"/>
       <c r="Z32" s="65"/>
       <c r="AA32" s="65"/>
       <c r="AB32" s="65"/>
       <c r="AC32" s="65"/>
       <c r="AD32" s="65"/>
       <c r="AE32" s="65"/>
       <c r="AF32" s="65"/>
       <c r="AG32" s="65"/>
       <c r="AH32" s="65"/>
       <c r="AI32" s="65"/>
       <c r="AJ32" s="65"/>
       <c r="AK32" s="65"/>
       <c r="AL32" s="65"/>
       <c r="AM32" s="65"/>
       <c r="AN32" s="65"/>
       <c r="AO32" s="65"/>
       <c r="AP32" s="65"/>
       <c r="AQ32" s="65"/>
       <c r="AR32" s="65"/>
       <c r="AS32" s="65"/>
       <c r="AT32" s="21"/>
       <c r="AU32" s="64"/>
       <c r="AV32" s="64"/>
       <c r="AW32" s="65"/>
       <c r="AX32" s="66">
-        <f t="shared" ref="AX32:AX34" si="48">AU32*AV32*AW32</f>
+        <f t="shared" ref="AX32:AX34" si="56">AU32*AV32*AW32</f>
         <v>0</v>
       </c>
       <c r="AY32" s="67"/>
       <c r="AZ32" s="21"/>
       <c r="BA32" s="64"/>
       <c r="BB32" s="64"/>
       <c r="BC32" s="66">
-        <f t="shared" ref="BC32:BC34" si="49">BA32*BB32</f>
+        <f t="shared" ref="BC32:BC34" si="57">BA32*BB32</f>
         <v>0</v>
       </c>
       <c r="BD32" s="65"/>
       <c r="BE32" s="65"/>
       <c r="BF32" s="65"/>
       <c r="BG32" s="260"/>
       <c r="BH32" s="255"/>
     </row>
     <row r="33" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="264"/>
-      <c r="D33" s="27"/>
+      <c r="D33" s="181"/>
       <c r="E33" s="71"/>
       <c r="F33" s="27"/>
       <c r="G33" s="27"/>
       <c r="H33" s="27"/>
       <c r="I33" s="27"/>
       <c r="J33" s="71"/>
       <c r="K33" s="27"/>
       <c r="L33" s="93"/>
       <c r="M33" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="N33" s="71"/>
       <c r="O33" s="106"/>
       <c r="P33" s="106"/>
       <c r="Q33" s="106"/>
       <c r="R33" s="106"/>
       <c r="S33" s="106"/>
       <c r="T33" s="106"/>
       <c r="U33" s="106"/>
       <c r="V33" s="106"/>
       <c r="W33" s="106"/>
       <c r="X33" s="106"/>
       <c r="Y33" s="106"/>
       <c r="Z33" s="106"/>
       <c r="AA33" s="106"/>
       <c r="AB33" s="106"/>
       <c r="AC33" s="106"/>
       <c r="AD33" s="106"/>
       <c r="AE33" s="106"/>
       <c r="AF33" s="106"/>
       <c r="AG33" s="106"/>
       <c r="AH33" s="106"/>
       <c r="AI33" s="106"/>
       <c r="AJ33" s="106"/>
       <c r="AK33" s="106"/>
       <c r="AL33" s="106"/>
       <c r="AM33" s="106"/>
       <c r="AN33" s="106"/>
       <c r="AO33" s="106"/>
       <c r="AP33" s="106"/>
       <c r="AQ33" s="106"/>
       <c r="AR33" s="106"/>
       <c r="AS33" s="106"/>
       <c r="AT33" s="27"/>
       <c r="AU33" s="74"/>
       <c r="AV33" s="74"/>
       <c r="AW33" s="75"/>
       <c r="AX33" s="94">
-        <f t="shared" si="48"/>
+        <f t="shared" si="56"/>
         <v>0</v>
       </c>
       <c r="AY33" s="95"/>
       <c r="AZ33" s="27"/>
       <c r="BA33" s="74"/>
       <c r="BB33" s="74"/>
       <c r="BC33" s="94">
-        <f t="shared" si="49"/>
+        <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="BD33" s="106"/>
       <c r="BE33" s="106"/>
       <c r="BF33" s="106"/>
       <c r="BG33" s="260"/>
       <c r="BH33" s="256"/>
     </row>
     <row r="34" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="265"/>
       <c r="B34" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="79"/>
-      <c r="D34" s="32"/>
+      <c r="D34" s="51"/>
       <c r="E34" s="81"/>
       <c r="F34" s="32"/>
       <c r="G34" s="32"/>
       <c r="H34" s="32"/>
       <c r="I34" s="32"/>
       <c r="J34" s="81"/>
       <c r="K34" s="32"/>
       <c r="M34" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="N34" s="81"/>
       <c r="O34" s="83"/>
       <c r="P34" s="83"/>
       <c r="Q34" s="83"/>
       <c r="R34" s="83"/>
       <c r="S34" s="83"/>
       <c r="T34" s="83"/>
       <c r="U34" s="83"/>
       <c r="V34" s="83"/>
       <c r="W34" s="83"/>
       <c r="X34" s="83"/>
       <c r="Y34" s="83"/>
       <c r="Z34" s="83"/>
       <c r="AA34" s="83"/>
       <c r="AB34" s="83"/>
       <c r="AC34" s="83"/>
       <c r="AD34" s="83"/>
       <c r="AE34" s="83"/>
       <c r="AF34" s="83"/>
       <c r="AG34" s="83"/>
       <c r="AH34" s="83"/>
       <c r="AI34" s="83"/>
       <c r="AJ34" s="83"/>
       <c r="AK34" s="83"/>
       <c r="AL34" s="83"/>
       <c r="AM34" s="83"/>
       <c r="AN34" s="83"/>
       <c r="AO34" s="83"/>
       <c r="AP34" s="83"/>
       <c r="AQ34" s="83"/>
       <c r="AR34" s="83"/>
       <c r="AS34" s="83"/>
       <c r="AT34" s="32"/>
       <c r="AU34" s="82"/>
       <c r="AV34" s="82"/>
       <c r="AW34" s="83"/>
       <c r="AX34" s="70">
-        <f t="shared" si="48"/>
+        <f t="shared" si="56"/>
         <v>0</v>
       </c>
       <c r="AY34" s="84"/>
       <c r="AZ34" s="32"/>
       <c r="BA34" s="82"/>
       <c r="BB34" s="82"/>
       <c r="BC34" s="70">
-        <f t="shared" si="49"/>
+        <f t="shared" si="57"/>
         <v>0</v>
       </c>
       <c r="BD34" s="83"/>
       <c r="BE34" s="83"/>
       <c r="BF34" s="83"/>
       <c r="BG34" s="261"/>
       <c r="BH34" s="257"/>
     </row>
     <row r="35" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="265"/>
       <c r="B35" s="98"/>
       <c r="C35" s="98"/>
       <c r="D35" s="36" t="s">
         <v>55</v>
       </c>
       <c r="E35" s="100"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="100"/>
       <c r="K35" s="36"/>
       <c r="L35" s="87">
         <f>SUM(L32:L34)</f>
         <v>0</v>
       </c>
-      <c r="M35" s="335">
-        <f t="shared" si="2"/>
+      <c r="M35" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N35" s="100"/>
       <c r="O35" s="99">
         <f>SUM(O32:O34)+SUMIF($K32:$K34,O$2,$L32:$L34)</f>
         <v>0</v>
       </c>
       <c r="P35" s="99">
-        <f t="shared" ref="P35:AS35" si="50">SUM(P32:P34)+SUMIF($K32:$K34,P$2,$L32:$L34)</f>
+        <f t="shared" ref="P35:AS35" si="58">SUM(P32:P34)+SUMIF($K32:$K34,P$2,$L32:$L34)</f>
         <v>0</v>
       </c>
       <c r="Q35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="R35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="S35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="T35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="U35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="V35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="W35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="X35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="Y35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="Z35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AA35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AB35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AC35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AD35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AE35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AF35" s="99">
         <f>SUM(AF32:AF34)+SUMIF($K32:$K34,$AF$2,$L32:$L34)</f>
         <v>0</v>
       </c>
       <c r="AG35" s="87">
         <f>SUM(AG32:AG34)+SUMIF($K32:$K34,$AG$2,$L32:$L34)</f>
         <v>0</v>
       </c>
       <c r="AH35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AI35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AJ35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AK35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AL35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AM35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AN35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AO35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AP35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AQ35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AR35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AS35" s="99">
-        <f t="shared" si="50"/>
+        <f t="shared" si="58"/>
         <v>0</v>
       </c>
       <c r="AT35" s="36"/>
       <c r="AU35" s="89">
-        <f t="shared" ref="AU35:BB35" si="51">SUM(AU32:AU34)</f>
+        <f t="shared" ref="AU35:BB35" si="59">SUM(AU32:AU34)</f>
         <v>0</v>
       </c>
       <c r="AV35" s="89"/>
       <c r="AW35" s="90"/>
       <c r="AX35" s="90">
-        <f t="shared" ref="AX35" si="52">SUM(AX32:AX34)+SUMIF($K32:$K34,AX$2,$L32:$L34)</f>
+        <f t="shared" ref="AX35" si="60">SUM(AX32:AX34)+SUMIF($K32:$K34,AX$2,$L32:$L34)</f>
         <v>0</v>
       </c>
       <c r="AY35" s="101"/>
       <c r="AZ35" s="36"/>
       <c r="BA35" s="89">
-        <f t="shared" si="51"/>
+        <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="BB35" s="89">
-        <f t="shared" si="51"/>
+        <f t="shared" si="59"/>
         <v>0</v>
       </c>
       <c r="BC35" s="90">
-        <f t="shared" ref="BC35" si="53">SUM(BC32:BC34)+SUMIF($K32:$K34,BC$2,$L32:$L34)</f>
+        <f t="shared" ref="BC35" si="61">SUM(BC32:BC34)+SUMIF($K32:$K34,BC$2,$L32:$L34)</f>
         <v>0</v>
       </c>
       <c r="BD35" s="99">
-        <f t="shared" ref="BD35:BF35" si="54">SUM(BD32:BD34)+SUMIF($K32:$K34,BD$2,$L32:$L34)</f>
+        <f t="shared" ref="BD35:BF35" si="62">SUM(BD32:BD34)+SUMIF($K32:$K34,BD$2,$L32:$L34)</f>
         <v>0</v>
       </c>
       <c r="BE35" s="99">
-        <f t="shared" si="54"/>
+        <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="BF35" s="99">
-        <f t="shared" si="54"/>
+        <f t="shared" si="62"/>
         <v>0</v>
       </c>
       <c r="BG35" s="261"/>
       <c r="BH35" s="254"/>
     </row>
     <row r="36" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A36" s="264"/>
-      <c r="D36" s="21"/>
+      <c r="D36" s="180"/>
       <c r="E36" s="61"/>
       <c r="F36" s="21"/>
       <c r="G36" s="21"/>
       <c r="H36" s="21"/>
       <c r="I36" s="21"/>
       <c r="J36" s="61"/>
       <c r="K36" s="21"/>
       <c r="L36" s="58"/>
       <c r="M36" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M36:M38" si="63">SUM(L36,O36,S36,T36,AA36,AC36,AD36,AE36,AO36,AP36,AQ36,AR36,P36,Q36,U36,V36,W36,X36,Y36,Z36,AB36,R36,AF36,AG36,AH36,AI36,AJ36,AK36,AL36,AM36,AN36,AS36,AX36,BC36,BD36,BE36,BF36)</f>
         <v>0</v>
       </c>
       <c r="N36" s="61"/>
       <c r="O36" s="65"/>
       <c r="P36" s="65"/>
       <c r="Q36" s="65"/>
       <c r="R36" s="65"/>
       <c r="S36" s="65"/>
       <c r="T36" s="65"/>
       <c r="U36" s="65"/>
       <c r="V36" s="65"/>
       <c r="W36" s="65"/>
       <c r="X36" s="65"/>
       <c r="Y36" s="65"/>
       <c r="Z36" s="65"/>
       <c r="AA36" s="65"/>
       <c r="AB36" s="65"/>
       <c r="AC36" s="65"/>
       <c r="AD36" s="65"/>
       <c r="AE36" s="65"/>
       <c r="AF36" s="65"/>
       <c r="AG36" s="65"/>
       <c r="AH36" s="65"/>
       <c r="AI36" s="65"/>
       <c r="AJ36" s="65"/>
       <c r="AK36" s="65"/>
       <c r="AL36" s="65"/>
       <c r="AM36" s="65"/>
       <c r="AN36" s="65"/>
       <c r="AO36" s="65"/>
       <c r="AP36" s="65"/>
       <c r="AQ36" s="65"/>
       <c r="AR36" s="65"/>
       <c r="AS36" s="65"/>
       <c r="AT36" s="21"/>
       <c r="AU36" s="64"/>
       <c r="AV36" s="64"/>
       <c r="AW36" s="65"/>
       <c r="AX36" s="66">
-        <f t="shared" ref="AX36:AX38" si="55">AU36*AV36*AW36</f>
+        <f t="shared" ref="AX36:AX38" si="64">AU36*AV36*AW36</f>
         <v>0</v>
       </c>
       <c r="AY36" s="67"/>
       <c r="AZ36" s="21"/>
       <c r="BA36" s="64"/>
       <c r="BB36" s="64"/>
       <c r="BC36" s="66">
-        <f t="shared" ref="BC36:BC38" si="56">BA36*BB36</f>
+        <f t="shared" ref="BC36:BC38" si="65">BA36*BB36</f>
         <v>0</v>
       </c>
       <c r="BD36" s="65"/>
       <c r="BE36" s="65"/>
       <c r="BF36" s="65"/>
       <c r="BG36" s="260"/>
       <c r="BH36" s="255"/>
     </row>
     <row r="37" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="264"/>
-      <c r="D37" s="27"/>
+      <c r="D37" s="181"/>
       <c r="E37" s="71"/>
       <c r="F37" s="27"/>
       <c r="G37" s="27"/>
       <c r="H37" s="27"/>
       <c r="I37" s="27"/>
       <c r="J37" s="71"/>
       <c r="K37" s="27"/>
       <c r="L37" s="93"/>
       <c r="M37" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="N37" s="71"/>
       <c r="O37" s="106"/>
       <c r="P37" s="106"/>
       <c r="Q37" s="106"/>
       <c r="R37" s="106"/>
       <c r="S37" s="106"/>
       <c r="T37" s="106"/>
       <c r="U37" s="106"/>
       <c r="V37" s="106"/>
       <c r="W37" s="106"/>
       <c r="X37" s="106"/>
       <c r="Y37" s="106"/>
       <c r="Z37" s="106"/>
       <c r="AA37" s="106"/>
       <c r="AB37" s="106"/>
       <c r="AC37" s="106"/>
       <c r="AD37" s="106"/>
       <c r="AE37" s="106"/>
       <c r="AF37" s="106"/>
       <c r="AG37" s="106"/>
       <c r="AH37" s="106"/>
       <c r="AI37" s="106"/>
       <c r="AJ37" s="106"/>
       <c r="AK37" s="106"/>
       <c r="AL37" s="106"/>
       <c r="AM37" s="106"/>
       <c r="AN37" s="106"/>
       <c r="AO37" s="106"/>
       <c r="AP37" s="106"/>
       <c r="AQ37" s="106"/>
       <c r="AR37" s="106"/>
       <c r="AS37" s="106"/>
       <c r="AT37" s="27"/>
       <c r="AU37" s="74"/>
       <c r="AV37" s="74"/>
       <c r="AW37" s="75"/>
       <c r="AX37" s="94">
-        <f t="shared" si="55"/>
+        <f t="shared" si="64"/>
         <v>0</v>
       </c>
       <c r="AY37" s="95"/>
       <c r="AZ37" s="27"/>
       <c r="BA37" s="74"/>
       <c r="BB37" s="74"/>
       <c r="BC37" s="94">
-        <f t="shared" si="56"/>
+        <f t="shared" si="65"/>
         <v>0</v>
       </c>
       <c r="BD37" s="106"/>
       <c r="BE37" s="106"/>
       <c r="BF37" s="106"/>
       <c r="BG37" s="260"/>
       <c r="BH37" s="256"/>
     </row>
     <row r="38" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="265"/>
       <c r="B38" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="79"/>
-      <c r="D38" s="32"/>
+      <c r="D38" s="51"/>
       <c r="E38" s="81"/>
       <c r="F38" s="32"/>
       <c r="G38" s="32"/>
       <c r="H38" s="32"/>
       <c r="I38" s="32"/>
       <c r="J38" s="81"/>
       <c r="K38" s="32"/>
       <c r="M38" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="63"/>
         <v>0</v>
       </c>
       <c r="N38" s="81"/>
       <c r="O38" s="83"/>
       <c r="P38" s="83"/>
       <c r="Q38" s="83"/>
       <c r="R38" s="83"/>
       <c r="S38" s="83"/>
       <c r="T38" s="83"/>
       <c r="U38" s="83"/>
       <c r="V38" s="83"/>
       <c r="W38" s="83"/>
       <c r="X38" s="83"/>
       <c r="Y38" s="83"/>
       <c r="Z38" s="83"/>
       <c r="AA38" s="83"/>
       <c r="AB38" s="83"/>
       <c r="AC38" s="83"/>
       <c r="AD38" s="83"/>
       <c r="AE38" s="83"/>
       <c r="AF38" s="83"/>
       <c r="AG38" s="83"/>
       <c r="AH38" s="83"/>
       <c r="AI38" s="83"/>
       <c r="AJ38" s="83"/>
       <c r="AK38" s="83"/>
       <c r="AL38" s="83"/>
       <c r="AM38" s="83"/>
       <c r="AN38" s="83"/>
       <c r="AO38" s="83"/>
       <c r="AP38" s="83"/>
       <c r="AQ38" s="83"/>
       <c r="AR38" s="83"/>
       <c r="AS38" s="83"/>
       <c r="AT38" s="32"/>
       <c r="AU38" s="82"/>
       <c r="AV38" s="82"/>
       <c r="AW38" s="83"/>
       <c r="AX38" s="70">
-        <f t="shared" si="55"/>
+        <f t="shared" si="64"/>
         <v>0</v>
       </c>
       <c r="AY38" s="84"/>
       <c r="AZ38" s="32"/>
       <c r="BA38" s="82"/>
       <c r="BB38" s="82"/>
       <c r="BC38" s="70">
-        <f t="shared" si="56"/>
+        <f t="shared" si="65"/>
         <v>0</v>
       </c>
       <c r="BD38" s="83"/>
       <c r="BE38" s="83"/>
       <c r="BF38" s="83"/>
       <c r="BG38" s="261"/>
       <c r="BH38" s="257"/>
     </row>
     <row r="39" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="265"/>
       <c r="B39" s="98"/>
       <c r="C39" s="98"/>
       <c r="D39" s="36" t="s">
         <v>56</v>
       </c>
       <c r="E39" s="100"/>
       <c r="F39" s="36"/>
       <c r="G39" s="36"/>
       <c r="H39" s="36"/>
       <c r="I39" s="36"/>
       <c r="J39" s="100"/>
       <c r="K39" s="36"/>
       <c r="L39" s="87">
         <f>SUM(L36:L38)</f>
         <v>0</v>
       </c>
-      <c r="M39" s="335">
-        <f t="shared" si="2"/>
+      <c r="M39" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N39" s="100"/>
       <c r="O39" s="99">
         <f>SUM(O36:O38)+SUMIF($K36:$K38,O$2,$L36:$L38)</f>
         <v>0</v>
       </c>
       <c r="P39" s="99">
-        <f t="shared" ref="P39:AS39" si="57">SUM(P36:P38)+SUMIF($K36:$K38,P$2,$L36:$L38)</f>
+        <f t="shared" ref="P39:AS39" si="66">SUM(P36:P38)+SUMIF($K36:$K38,P$2,$L36:$L38)</f>
         <v>0</v>
       </c>
       <c r="Q39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="R39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="S39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="T39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="U39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="V39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="W39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="X39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="Y39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="Z39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AA39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AB39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AC39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AD39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AE39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AF39" s="99">
         <f>SUM(AF36:AF38)+SUMIF($K36:$K38,$AF$2,$L36:$L38)</f>
         <v>0</v>
       </c>
       <c r="AG39" s="87">
         <f>SUM(AG36:AG38)+SUMIF($K36:$K38,$AG$2,$L36:$L38)</f>
         <v>0</v>
       </c>
       <c r="AH39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AI39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AJ39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AK39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AL39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AM39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AN39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AO39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AP39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AQ39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AR39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AS39" s="99">
-        <f t="shared" si="57"/>
+        <f t="shared" si="66"/>
         <v>0</v>
       </c>
       <c r="AT39" s="36"/>
       <c r="AU39" s="89">
-        <f t="shared" ref="AU39:BB39" si="58">SUM(AU36:AU38)</f>
+        <f t="shared" ref="AU39:BB39" si="67">SUM(AU36:AU38)</f>
         <v>0</v>
       </c>
       <c r="AV39" s="89"/>
       <c r="AW39" s="90"/>
       <c r="AX39" s="90">
-        <f t="shared" ref="AX39" si="59">SUM(AX36:AX38)+SUMIF($K36:$K38,AX$2,$L36:$L38)</f>
+        <f t="shared" ref="AX39" si="68">SUM(AX36:AX38)+SUMIF($K36:$K38,AX$2,$L36:$L38)</f>
         <v>0</v>
       </c>
       <c r="AY39" s="101"/>
       <c r="AZ39" s="36"/>
       <c r="BA39" s="89">
-        <f t="shared" si="58"/>
+        <f t="shared" si="67"/>
         <v>0</v>
       </c>
       <c r="BB39" s="89">
-        <f t="shared" si="58"/>
+        <f t="shared" si="67"/>
         <v>0</v>
       </c>
       <c r="BC39" s="90">
-        <f t="shared" ref="BC39" si="60">SUM(BC36:BC38)+SUMIF($K36:$K38,BC$2,$L36:$L38)</f>
+        <f t="shared" ref="BC39" si="69">SUM(BC36:BC38)+SUMIF($K36:$K38,BC$2,$L36:$L38)</f>
         <v>0</v>
       </c>
       <c r="BD39" s="99">
-        <f t="shared" ref="BD39:BF39" si="61">SUM(BD36:BD38)+SUMIF($K36:$K38,BD$2,$L36:$L38)</f>
+        <f t="shared" ref="BD39:BF39" si="70">SUM(BD36:BD38)+SUMIF($K36:$K38,BD$2,$L36:$L38)</f>
         <v>0</v>
       </c>
       <c r="BE39" s="99">
-        <f t="shared" si="61"/>
+        <f t="shared" si="70"/>
         <v>0</v>
       </c>
       <c r="BF39" s="99">
-        <f t="shared" si="61"/>
+        <f t="shared" si="70"/>
         <v>0</v>
       </c>
       <c r="BG39" s="261"/>
       <c r="BH39" s="254"/>
     </row>
     <row r="40" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A40" s="264"/>
-      <c r="D40" s="21"/>
+      <c r="D40" s="180"/>
       <c r="E40" s="61"/>
       <c r="F40" s="21"/>
       <c r="G40" s="21"/>
       <c r="H40" s="21"/>
       <c r="I40" s="21"/>
       <c r="J40" s="61"/>
       <c r="K40" s="21"/>
       <c r="L40" s="58"/>
       <c r="M40" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M40:M42" si="71">SUM(L40,O40,S40,T40,AA40,AC40,AD40,AE40,AO40,AP40,AQ40,AR40,P40,Q40,U40,V40,W40,X40,Y40,Z40,AB40,R40,AF40,AG40,AH40,AI40,AJ40,AK40,AL40,AM40,AN40,AS40,AX40,BC40,BD40,BE40,BF40)</f>
         <v>0</v>
       </c>
       <c r="N40" s="61"/>
       <c r="O40" s="65"/>
       <c r="P40" s="65"/>
       <c r="Q40" s="65"/>
       <c r="R40" s="65"/>
       <c r="S40" s="65"/>
       <c r="T40" s="65"/>
       <c r="U40" s="65"/>
       <c r="V40" s="65"/>
       <c r="W40" s="65"/>
       <c r="X40" s="65"/>
       <c r="Y40" s="65"/>
       <c r="Z40" s="65"/>
       <c r="AA40" s="65"/>
       <c r="AB40" s="65"/>
       <c r="AC40" s="65"/>
       <c r="AD40" s="65"/>
       <c r="AE40" s="65"/>
       <c r="AF40" s="65"/>
       <c r="AG40" s="65"/>
       <c r="AH40" s="65"/>
       <c r="AI40" s="65"/>
       <c r="AJ40" s="65"/>
       <c r="AK40" s="65"/>
       <c r="AL40" s="65"/>
       <c r="AM40" s="65"/>
       <c r="AN40" s="65"/>
       <c r="AO40" s="65"/>
       <c r="AP40" s="65"/>
       <c r="AQ40" s="65"/>
       <c r="AR40" s="65"/>
       <c r="AS40" s="65"/>
       <c r="AT40" s="21"/>
       <c r="AU40" s="64"/>
       <c r="AV40" s="64"/>
       <c r="AW40" s="65"/>
       <c r="AX40" s="66">
-        <f t="shared" ref="AX40:AX42" si="62">AU40*AV40*AW40</f>
+        <f t="shared" ref="AX40:AX42" si="72">AU40*AV40*AW40</f>
         <v>0</v>
       </c>
       <c r="AY40" s="67"/>
       <c r="AZ40" s="21"/>
       <c r="BA40" s="64"/>
       <c r="BB40" s="64"/>
       <c r="BC40" s="66">
-        <f t="shared" ref="BC40:BC42" si="63">BA40*BB40</f>
+        <f t="shared" ref="BC40:BC42" si="73">BA40*BB40</f>
         <v>0</v>
       </c>
       <c r="BD40" s="65"/>
       <c r="BE40" s="65"/>
       <c r="BF40" s="65"/>
       <c r="BG40" s="260"/>
       <c r="BH40" s="255"/>
     </row>
     <row r="41" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="264"/>
-      <c r="D41" s="27"/>
+      <c r="D41" s="181"/>
       <c r="E41" s="71"/>
       <c r="F41" s="27"/>
       <c r="G41" s="27"/>
       <c r="H41" s="27"/>
       <c r="I41" s="27"/>
       <c r="J41" s="71"/>
       <c r="K41" s="27"/>
       <c r="L41" s="93"/>
       <c r="M41" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="71"/>
         <v>0</v>
       </c>
       <c r="N41" s="71"/>
       <c r="O41" s="106"/>
       <c r="P41" s="106"/>
       <c r="Q41" s="106"/>
       <c r="R41" s="106"/>
       <c r="S41" s="106"/>
       <c r="T41" s="106"/>
       <c r="U41" s="106"/>
       <c r="V41" s="106"/>
       <c r="W41" s="106"/>
       <c r="X41" s="106"/>
       <c r="Y41" s="106"/>
       <c r="Z41" s="106"/>
       <c r="AA41" s="106"/>
       <c r="AB41" s="106"/>
       <c r="AC41" s="106"/>
       <c r="AD41" s="106"/>
       <c r="AE41" s="106"/>
       <c r="AF41" s="106"/>
       <c r="AG41" s="106"/>
       <c r="AH41" s="106"/>
       <c r="AI41" s="106"/>
       <c r="AJ41" s="106"/>
       <c r="AK41" s="106"/>
       <c r="AL41" s="106"/>
       <c r="AM41" s="106"/>
       <c r="AN41" s="106"/>
       <c r="AO41" s="106"/>
       <c r="AP41" s="106"/>
       <c r="AQ41" s="106"/>
       <c r="AR41" s="106"/>
       <c r="AS41" s="106"/>
       <c r="AT41" s="27"/>
       <c r="AU41" s="74"/>
       <c r="AV41" s="74"/>
       <c r="AW41" s="75"/>
       <c r="AX41" s="94">
-        <f t="shared" si="62"/>
+        <f t="shared" si="72"/>
         <v>0</v>
       </c>
       <c r="AY41" s="95"/>
       <c r="AZ41" s="27"/>
       <c r="BA41" s="74"/>
       <c r="BB41" s="74"/>
       <c r="BC41" s="94">
-        <f t="shared" si="63"/>
+        <f t="shared" si="73"/>
         <v>0</v>
       </c>
       <c r="BD41" s="106"/>
       <c r="BE41" s="106"/>
       <c r="BF41" s="106"/>
       <c r="BG41" s="260"/>
       <c r="BH41" s="256"/>
     </row>
     <row r="42" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="265"/>
       <c r="B42" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="79"/>
-      <c r="D42" s="32"/>
+      <c r="D42" s="51"/>
       <c r="E42" s="81"/>
       <c r="F42" s="32"/>
       <c r="G42" s="32"/>
       <c r="H42" s="32"/>
       <c r="I42" s="32"/>
       <c r="J42" s="81"/>
       <c r="K42" s="32"/>
       <c r="M42" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="71"/>
         <v>0</v>
       </c>
       <c r="N42" s="81"/>
       <c r="O42" s="83"/>
       <c r="P42" s="83"/>
       <c r="Q42" s="83"/>
       <c r="R42" s="83"/>
       <c r="S42" s="83"/>
       <c r="T42" s="83"/>
       <c r="U42" s="83"/>
       <c r="V42" s="83"/>
       <c r="W42" s="83"/>
       <c r="X42" s="83"/>
       <c r="Y42" s="83"/>
       <c r="Z42" s="83"/>
       <c r="AA42" s="83"/>
       <c r="AB42" s="83"/>
       <c r="AC42" s="83"/>
       <c r="AD42" s="83"/>
       <c r="AE42" s="83"/>
       <c r="AF42" s="83"/>
       <c r="AG42" s="83"/>
       <c r="AH42" s="83"/>
       <c r="AI42" s="83"/>
       <c r="AJ42" s="83"/>
       <c r="AK42" s="83"/>
       <c r="AL42" s="83"/>
       <c r="AM42" s="83"/>
       <c r="AN42" s="83"/>
       <c r="AO42" s="83"/>
       <c r="AP42" s="83"/>
       <c r="AQ42" s="83"/>
       <c r="AR42" s="83"/>
       <c r="AS42" s="83"/>
       <c r="AT42" s="32"/>
       <c r="AU42" s="82"/>
       <c r="AV42" s="82"/>
       <c r="AW42" s="83"/>
       <c r="AX42" s="70">
-        <f t="shared" si="62"/>
+        <f t="shared" si="72"/>
         <v>0</v>
       </c>
       <c r="AY42" s="84"/>
       <c r="AZ42" s="32"/>
       <c r="BA42" s="82"/>
       <c r="BB42" s="82"/>
       <c r="BC42" s="70">
-        <f t="shared" si="63"/>
+        <f t="shared" si="73"/>
         <v>0</v>
       </c>
       <c r="BD42" s="83"/>
       <c r="BE42" s="83"/>
       <c r="BF42" s="83"/>
       <c r="BG42" s="261"/>
       <c r="BH42" s="257"/>
     </row>
     <row r="43" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="265"/>
       <c r="B43" s="98"/>
       <c r="C43" s="98"/>
       <c r="D43" s="36" t="s">
         <v>57</v>
       </c>
       <c r="E43" s="100"/>
       <c r="F43" s="36"/>
       <c r="G43" s="36"/>
       <c r="H43" s="36"/>
       <c r="I43" s="36"/>
       <c r="J43" s="100"/>
       <c r="K43" s="36"/>
       <c r="L43" s="87">
         <f>SUM(L40:L42)</f>
         <v>0</v>
       </c>
-      <c r="M43" s="335">
-        <f t="shared" si="2"/>
+      <c r="M43" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N43" s="100"/>
       <c r="O43" s="99">
         <f>SUM(O40:O42)+SUMIF($K40:$K42,O$2,$L40:$L42)</f>
         <v>0</v>
       </c>
       <c r="P43" s="99">
-        <f t="shared" ref="P43:AS43" si="64">SUM(P40:P42)+SUMIF($K40:$K42,P$2,$L40:$L42)</f>
+        <f t="shared" ref="P43:AS43" si="74">SUM(P40:P42)+SUMIF($K40:$K42,P$2,$L40:$L42)</f>
         <v>0</v>
       </c>
       <c r="Q43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="R43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="S43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="T43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="U43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="V43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="W43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="X43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="Y43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="Z43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AA43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AB43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AC43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AD43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AE43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AF43" s="99">
         <f>SUM(AF40:AF42)+SUMIF($K40:$K42,$AF$2,$L40:$L42)</f>
         <v>0</v>
       </c>
       <c r="AG43" s="87">
         <f>SUM(AG40:AG42)+SUMIF($K40:$K42,$AG$2,$L40:$L42)</f>
         <v>0</v>
       </c>
       <c r="AH43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AI43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AJ43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AK43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AL43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AM43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AN43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AO43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AP43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AQ43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AR43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AS43" s="99">
-        <f t="shared" si="64"/>
+        <f t="shared" si="74"/>
         <v>0</v>
       </c>
       <c r="AT43" s="36"/>
       <c r="AU43" s="89">
-        <f t="shared" ref="AU43:BB43" si="65">SUM(AU40:AU42)</f>
+        <f t="shared" ref="AU43:BB43" si="75">SUM(AU40:AU42)</f>
         <v>0</v>
       </c>
       <c r="AV43" s="89"/>
       <c r="AW43" s="90"/>
       <c r="AX43" s="90">
-        <f t="shared" ref="AX43" si="66">SUM(AX40:AX42)+SUMIF($K40:$K42,AX$2,$L40:$L42)</f>
+        <f t="shared" ref="AX43" si="76">SUM(AX40:AX42)+SUMIF($K40:$K42,AX$2,$L40:$L42)</f>
         <v>0</v>
       </c>
       <c r="AY43" s="101"/>
       <c r="AZ43" s="36"/>
       <c r="BA43" s="89">
-        <f t="shared" si="65"/>
+        <f t="shared" si="75"/>
         <v>0</v>
       </c>
       <c r="BB43" s="89">
-        <f t="shared" si="65"/>
+        <f t="shared" si="75"/>
         <v>0</v>
       </c>
       <c r="BC43" s="90">
-        <f t="shared" ref="BC43" si="67">SUM(BC40:BC42)+SUMIF($K40:$K42,BC$2,$L40:$L42)</f>
+        <f t="shared" ref="BC43" si="77">SUM(BC40:BC42)+SUMIF($K40:$K42,BC$2,$L40:$L42)</f>
         <v>0</v>
       </c>
       <c r="BD43" s="99">
-        <f t="shared" ref="BD43:BF43" si="68">SUM(BD40:BD42)+SUMIF($K40:$K42,BD$2,$L40:$L42)</f>
+        <f t="shared" ref="BD43:BF43" si="78">SUM(BD40:BD42)+SUMIF($K40:$K42,BD$2,$L40:$L42)</f>
         <v>0</v>
       </c>
       <c r="BE43" s="99">
-        <f t="shared" si="68"/>
+        <f t="shared" si="78"/>
         <v>0</v>
       </c>
       <c r="BF43" s="99">
-        <f t="shared" si="68"/>
+        <f t="shared" si="78"/>
         <v>0</v>
       </c>
       <c r="BG43" s="261"/>
       <c r="BH43" s="254"/>
     </row>
     <row r="44" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A44" s="264"/>
-      <c r="D44" s="21"/>
+      <c r="D44" s="180"/>
       <c r="E44" s="61"/>
       <c r="F44" s="21"/>
       <c r="G44" s="21"/>
       <c r="H44" s="21"/>
       <c r="I44" s="21"/>
       <c r="J44" s="61"/>
       <c r="K44" s="21"/>
       <c r="L44" s="58"/>
       <c r="M44" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M44:M46" si="79">SUM(L44,O44,S44,T44,AA44,AC44,AD44,AE44,AO44,AP44,AQ44,AR44,P44,Q44,U44,V44,W44,X44,Y44,Z44,AB44,R44,AF44,AG44,AH44,AI44,AJ44,AK44,AL44,AM44,AN44,AS44,AX44,BC44,BD44,BE44,BF44)</f>
         <v>0</v>
       </c>
       <c r="N44" s="61"/>
       <c r="O44" s="65"/>
       <c r="P44" s="65"/>
       <c r="Q44" s="65"/>
       <c r="R44" s="65"/>
       <c r="S44" s="65"/>
       <c r="T44" s="65"/>
       <c r="U44" s="65"/>
       <c r="V44" s="65"/>
       <c r="W44" s="65"/>
       <c r="X44" s="65"/>
       <c r="Y44" s="65"/>
       <c r="Z44" s="65"/>
       <c r="AA44" s="65"/>
       <c r="AB44" s="65"/>
       <c r="AC44" s="65"/>
       <c r="AD44" s="65"/>
       <c r="AE44" s="65"/>
       <c r="AF44" s="65"/>
       <c r="AG44" s="65"/>
       <c r="AH44" s="65"/>
       <c r="AI44" s="65"/>
       <c r="AJ44" s="65"/>
       <c r="AK44" s="65"/>
       <c r="AL44" s="65"/>
       <c r="AM44" s="65"/>
       <c r="AN44" s="65"/>
       <c r="AO44" s="65"/>
       <c r="AP44" s="65"/>
       <c r="AQ44" s="65"/>
       <c r="AR44" s="65"/>
       <c r="AS44" s="65"/>
       <c r="AT44" s="21"/>
       <c r="AU44" s="64"/>
       <c r="AV44" s="64"/>
       <c r="AW44" s="65"/>
       <c r="AX44" s="66">
-        <f t="shared" ref="AX44:AX46" si="69">AU44*AV44*AW44</f>
+        <f t="shared" ref="AX44:AX46" si="80">AU44*AV44*AW44</f>
         <v>0</v>
       </c>
       <c r="AY44" s="67"/>
       <c r="AZ44" s="21"/>
       <c r="BA44" s="64"/>
       <c r="BB44" s="64"/>
       <c r="BC44" s="66">
-        <f t="shared" ref="BC44:BC46" si="70">BA44*BB44</f>
+        <f t="shared" ref="BC44:BC46" si="81">BA44*BB44</f>
         <v>0</v>
       </c>
       <c r="BD44" s="65"/>
       <c r="BE44" s="65"/>
       <c r="BF44" s="65"/>
       <c r="BG44" s="260"/>
       <c r="BH44" s="255"/>
     </row>
     <row r="45" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A45" s="264"/>
-      <c r="D45" s="27"/>
+      <c r="D45" s="181"/>
       <c r="E45" s="71"/>
       <c r="F45" s="27"/>
       <c r="G45" s="27"/>
       <c r="H45" s="27"/>
       <c r="I45" s="27"/>
       <c r="J45" s="71"/>
       <c r="K45" s="27"/>
       <c r="L45" s="93"/>
       <c r="M45" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="79"/>
         <v>0</v>
       </c>
       <c r="N45" s="71"/>
       <c r="O45" s="106"/>
       <c r="P45" s="106"/>
       <c r="Q45" s="106"/>
       <c r="R45" s="106"/>
       <c r="S45" s="106"/>
       <c r="T45" s="106"/>
       <c r="U45" s="106"/>
       <c r="V45" s="106"/>
       <c r="W45" s="106"/>
       <c r="X45" s="106"/>
       <c r="Y45" s="106"/>
       <c r="Z45" s="106"/>
       <c r="AA45" s="106"/>
       <c r="AB45" s="106"/>
       <c r="AC45" s="106"/>
       <c r="AD45" s="106"/>
       <c r="AE45" s="106"/>
       <c r="AF45" s="106"/>
       <c r="AG45" s="106"/>
       <c r="AH45" s="106"/>
       <c r="AI45" s="106"/>
       <c r="AJ45" s="106"/>
       <c r="AK45" s="106"/>
       <c r="AL45" s="106"/>
       <c r="AM45" s="106"/>
       <c r="AN45" s="106"/>
       <c r="AO45" s="106"/>
       <c r="AP45" s="106"/>
       <c r="AQ45" s="106"/>
       <c r="AR45" s="106"/>
       <c r="AS45" s="106"/>
       <c r="AT45" s="27"/>
       <c r="AU45" s="74"/>
       <c r="AV45" s="74"/>
       <c r="AW45" s="75"/>
       <c r="AX45" s="94">
-        <f t="shared" si="69"/>
+        <f t="shared" si="80"/>
         <v>0</v>
       </c>
       <c r="AY45" s="95"/>
       <c r="AZ45" s="27"/>
       <c r="BA45" s="74"/>
       <c r="BB45" s="74"/>
       <c r="BC45" s="94">
-        <f t="shared" si="70"/>
+        <f t="shared" si="81"/>
         <v>0</v>
       </c>
       <c r="BD45" s="106"/>
       <c r="BE45" s="106"/>
       <c r="BF45" s="106"/>
       <c r="BG45" s="260"/>
       <c r="BH45" s="256"/>
     </row>
     <row r="46" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A46" s="265"/>
       <c r="B46" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C46" s="79"/>
-      <c r="D46" s="32"/>
+      <c r="D46" s="51"/>
       <c r="E46" s="81"/>
       <c r="F46" s="32"/>
       <c r="G46" s="32"/>
       <c r="H46" s="32"/>
       <c r="I46" s="32"/>
       <c r="J46" s="81"/>
       <c r="K46" s="32"/>
       <c r="M46" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="79"/>
         <v>0</v>
       </c>
       <c r="N46" s="81"/>
       <c r="O46" s="83"/>
       <c r="P46" s="83"/>
       <c r="Q46" s="83"/>
       <c r="R46" s="83"/>
       <c r="S46" s="83"/>
       <c r="T46" s="83"/>
       <c r="U46" s="83"/>
       <c r="V46" s="83"/>
       <c r="W46" s="83"/>
       <c r="X46" s="83"/>
       <c r="Y46" s="83"/>
       <c r="Z46" s="83"/>
       <c r="AA46" s="83"/>
       <c r="AB46" s="83"/>
       <c r="AC46" s="83"/>
       <c r="AD46" s="83"/>
       <c r="AE46" s="83"/>
       <c r="AF46" s="83"/>
       <c r="AG46" s="83"/>
       <c r="AH46" s="83"/>
       <c r="AI46" s="83"/>
       <c r="AJ46" s="83"/>
       <c r="AK46" s="83"/>
       <c r="AL46" s="83"/>
       <c r="AM46" s="83"/>
       <c r="AN46" s="83"/>
       <c r="AO46" s="83"/>
       <c r="AP46" s="83"/>
       <c r="AQ46" s="83"/>
       <c r="AR46" s="83"/>
       <c r="AS46" s="83"/>
       <c r="AT46" s="32"/>
       <c r="AU46" s="82"/>
       <c r="AV46" s="82"/>
       <c r="AW46" s="83"/>
       <c r="AX46" s="70">
-        <f t="shared" si="69"/>
+        <f t="shared" si="80"/>
         <v>0</v>
       </c>
       <c r="AY46" s="84"/>
       <c r="AZ46" s="32"/>
       <c r="BA46" s="82"/>
       <c r="BB46" s="82"/>
       <c r="BC46" s="70">
-        <f t="shared" si="70"/>
+        <f t="shared" si="81"/>
         <v>0</v>
       </c>
       <c r="BD46" s="83"/>
       <c r="BE46" s="83"/>
       <c r="BF46" s="83"/>
       <c r="BG46" s="261"/>
       <c r="BH46" s="257"/>
     </row>
     <row r="47" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="265"/>
       <c r="B47" s="98"/>
       <c r="C47" s="98"/>
       <c r="D47" s="36" t="s">
         <v>58</v>
       </c>
       <c r="E47" s="100"/>
       <c r="F47" s="36"/>
       <c r="G47" s="36"/>
       <c r="H47" s="36"/>
       <c r="I47" s="36"/>
       <c r="J47" s="100"/>
       <c r="K47" s="36"/>
       <c r="L47" s="87">
         <f>SUM(L44:L46)</f>
         <v>0</v>
       </c>
-      <c r="M47" s="335">
-        <f t="shared" si="2"/>
+      <c r="M47" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N47" s="100"/>
       <c r="O47" s="99">
         <f>SUM(O44:O46)+SUMIF($K44:$K46,O$2,$L44:$L46)</f>
         <v>0</v>
       </c>
       <c r="P47" s="99">
-        <f t="shared" ref="P47:AS47" si="71">SUM(P44:P46)+SUMIF($K44:$K46,P$2,$L44:$L46)</f>
+        <f t="shared" ref="P47:AS47" si="82">SUM(P44:P46)+SUMIF($K44:$K46,P$2,$L44:$L46)</f>
         <v>0</v>
       </c>
       <c r="Q47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="R47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="S47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="T47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="U47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="V47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="W47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="X47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="Y47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="Z47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AA47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AB47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AC47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AD47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AE47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AF47" s="99">
         <f>SUM(AF44:AF46)+SUMIF($K44:$K46,$AF$2,$L44:$L46)</f>
         <v>0</v>
       </c>
       <c r="AG47" s="87">
         <f>SUM(AG44:AG46)+SUMIF($K44:$K46,$AG$2,$L44:$L46)</f>
         <v>0</v>
       </c>
       <c r="AH47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AI47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AJ47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AK47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AL47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AM47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AN47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AO47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AP47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AQ47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AR47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AS47" s="99">
-        <f t="shared" si="71"/>
+        <f t="shared" si="82"/>
         <v>0</v>
       </c>
       <c r="AT47" s="36"/>
       <c r="AU47" s="89">
-        <f t="shared" ref="AU47:BB47" si="72">SUM(AU44:AU46)</f>
+        <f t="shared" ref="AU47:BB47" si="83">SUM(AU44:AU46)</f>
         <v>0</v>
       </c>
       <c r="AV47" s="89"/>
       <c r="AW47" s="90"/>
       <c r="AX47" s="90">
-        <f t="shared" ref="AX47" si="73">SUM(AX44:AX46)+SUMIF($K44:$K46,AX$2,$L44:$L46)</f>
+        <f t="shared" ref="AX47" si="84">SUM(AX44:AX46)+SUMIF($K44:$K46,AX$2,$L44:$L46)</f>
         <v>0</v>
       </c>
       <c r="AY47" s="101"/>
       <c r="AZ47" s="36"/>
       <c r="BA47" s="89">
-        <f t="shared" si="72"/>
+        <f t="shared" si="83"/>
         <v>0</v>
       </c>
       <c r="BB47" s="89">
-        <f t="shared" si="72"/>
+        <f t="shared" si="83"/>
         <v>0</v>
       </c>
       <c r="BC47" s="90">
-        <f t="shared" ref="BC47" si="74">SUM(BC44:BC46)+SUMIF($K44:$K46,BC$2,$L44:$L46)</f>
+        <f t="shared" ref="BC47" si="85">SUM(BC44:BC46)+SUMIF($K44:$K46,BC$2,$L44:$L46)</f>
         <v>0</v>
       </c>
       <c r="BD47" s="99">
-        <f t="shared" ref="BD47:BF47" si="75">SUM(BD44:BD46)+SUMIF($K44:$K46,BD$2,$L44:$L46)</f>
+        <f t="shared" ref="BD47:BF47" si="86">SUM(BD44:BD46)+SUMIF($K44:$K46,BD$2,$L44:$L46)</f>
         <v>0</v>
       </c>
       <c r="BE47" s="99">
-        <f t="shared" si="75"/>
+        <f t="shared" si="86"/>
         <v>0</v>
       </c>
       <c r="BF47" s="99">
-        <f t="shared" si="75"/>
+        <f t="shared" si="86"/>
         <v>0</v>
       </c>
       <c r="BG47" s="261"/>
       <c r="BH47" s="254"/>
     </row>
     <row r="48" spans="1:60" s="103" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A48" s="264"/>
-      <c r="D48" s="21"/>
+      <c r="D48" s="180"/>
       <c r="E48" s="61"/>
       <c r="F48" s="21"/>
       <c r="G48" s="21"/>
       <c r="H48" s="21"/>
       <c r="I48" s="21"/>
       <c r="J48" s="61"/>
       <c r="K48" s="21"/>
       <c r="L48" s="58"/>
       <c r="M48" s="59">
-        <f t="shared" si="2"/>
+        <f t="shared" ref="M48:M50" si="87">SUM(L48,O48,S48,T48,AA48,AC48,AD48,AE48,AO48,AP48,AQ48,AR48,P48,Q48,U48,V48,W48,X48,Y48,Z48,AB48,R48,AF48,AG48,AH48,AI48,AJ48,AK48,AL48,AM48,AN48,AS48,AX48,BC48,BD48,BE48,BF48)</f>
         <v>0</v>
       </c>
       <c r="N48" s="61"/>
       <c r="O48" s="65"/>
       <c r="P48" s="65"/>
       <c r="Q48" s="65"/>
       <c r="R48" s="65"/>
       <c r="S48" s="65"/>
       <c r="T48" s="65"/>
       <c r="U48" s="65"/>
       <c r="V48" s="65"/>
       <c r="W48" s="65"/>
       <c r="X48" s="65"/>
       <c r="Y48" s="65"/>
       <c r="Z48" s="65"/>
       <c r="AA48" s="65"/>
       <c r="AB48" s="65"/>
       <c r="AC48" s="65"/>
       <c r="AD48" s="65"/>
       <c r="AE48" s="65"/>
       <c r="AF48" s="65"/>
       <c r="AG48" s="65"/>
       <c r="AH48" s="65"/>
       <c r="AI48" s="65"/>
       <c r="AJ48" s="65"/>
       <c r="AK48" s="65"/>
       <c r="AL48" s="65"/>
       <c r="AM48" s="65"/>
       <c r="AN48" s="65"/>
       <c r="AO48" s="65"/>
       <c r="AP48" s="65"/>
       <c r="AQ48" s="65"/>
       <c r="AR48" s="65"/>
       <c r="AS48" s="65"/>
       <c r="AT48" s="21"/>
       <c r="AU48" s="64"/>
       <c r="AV48" s="64"/>
       <c r="AW48" s="65"/>
       <c r="AX48" s="66">
-        <f t="shared" ref="AX48:AX50" si="76">AU48*AV48*AW48</f>
+        <f t="shared" ref="AX48:AX50" si="88">AU48*AV48*AW48</f>
         <v>0</v>
       </c>
       <c r="AY48" s="67"/>
       <c r="AZ48" s="21"/>
       <c r="BA48" s="64"/>
       <c r="BB48" s="64"/>
       <c r="BC48" s="66">
-        <f t="shared" ref="BC48:BC50" si="77">BA48*BB48</f>
+        <f t="shared" ref="BC48:BC50" si="89">BA48*BB48</f>
         <v>0</v>
       </c>
       <c r="BD48" s="65"/>
       <c r="BE48" s="65"/>
       <c r="BF48" s="65"/>
       <c r="BG48" s="260"/>
       <c r="BH48" s="255"/>
     </row>
     <row r="49" spans="1:60" s="104" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A49" s="264"/>
-      <c r="D49" s="27"/>
+      <c r="D49" s="181"/>
       <c r="E49" s="71"/>
       <c r="F49" s="27"/>
       <c r="G49" s="27"/>
       <c r="H49" s="27"/>
       <c r="I49" s="27"/>
       <c r="J49" s="71"/>
       <c r="K49" s="27"/>
       <c r="L49" s="93"/>
       <c r="M49" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="87"/>
         <v>0</v>
       </c>
       <c r="N49" s="71"/>
       <c r="O49" s="106"/>
       <c r="P49" s="106"/>
       <c r="Q49" s="106"/>
       <c r="R49" s="106"/>
       <c r="S49" s="106"/>
       <c r="T49" s="106"/>
       <c r="U49" s="106"/>
       <c r="V49" s="106"/>
       <c r="W49" s="106"/>
       <c r="X49" s="106"/>
       <c r="Y49" s="106"/>
       <c r="Z49" s="106"/>
       <c r="AA49" s="106"/>
       <c r="AB49" s="106"/>
       <c r="AC49" s="106"/>
       <c r="AD49" s="106"/>
       <c r="AE49" s="106"/>
       <c r="AF49" s="106"/>
       <c r="AG49" s="106"/>
       <c r="AH49" s="106"/>
       <c r="AI49" s="106"/>
       <c r="AJ49" s="106"/>
       <c r="AK49" s="106"/>
       <c r="AL49" s="106"/>
       <c r="AM49" s="106"/>
       <c r="AN49" s="106"/>
       <c r="AO49" s="106"/>
       <c r="AP49" s="106"/>
       <c r="AQ49" s="106"/>
       <c r="AR49" s="106"/>
       <c r="AS49" s="106"/>
       <c r="AT49" s="27"/>
       <c r="AU49" s="74"/>
       <c r="AV49" s="74"/>
       <c r="AW49" s="75"/>
       <c r="AX49" s="94">
-        <f t="shared" si="76"/>
+        <f t="shared" si="88"/>
         <v>0</v>
       </c>
       <c r="AY49" s="95"/>
       <c r="AZ49" s="27"/>
       <c r="BA49" s="74"/>
       <c r="BB49" s="74"/>
       <c r="BC49" s="94">
-        <f t="shared" si="77"/>
+        <f t="shared" si="89"/>
         <v>0</v>
       </c>
       <c r="BD49" s="106"/>
       <c r="BE49" s="106"/>
       <c r="BF49" s="106"/>
       <c r="BG49" s="260"/>
       <c r="BH49" s="256"/>
     </row>
     <row r="50" spans="1:60" s="105" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="265"/>
       <c r="B50" s="79" t="s">
         <v>63</v>
       </c>
       <c r="C50" s="79"/>
-      <c r="D50" s="32"/>
+      <c r="D50" s="51"/>
       <c r="E50" s="81"/>
       <c r="F50" s="32"/>
       <c r="G50" s="32"/>
       <c r="H50" s="32"/>
       <c r="I50" s="32"/>
       <c r="J50" s="81"/>
       <c r="K50" s="32"/>
       <c r="M50" s="70">
-        <f t="shared" si="2"/>
+        <f t="shared" si="87"/>
         <v>0</v>
       </c>
       <c r="N50" s="81"/>
       <c r="O50" s="83"/>
       <c r="P50" s="83"/>
       <c r="Q50" s="83"/>
       <c r="R50" s="83"/>
       <c r="S50" s="83"/>
       <c r="T50" s="83"/>
       <c r="U50" s="83"/>
       <c r="V50" s="83"/>
       <c r="W50" s="83"/>
       <c r="X50" s="83"/>
       <c r="Y50" s="83"/>
       <c r="Z50" s="83"/>
       <c r="AA50" s="83"/>
       <c r="AB50" s="83"/>
       <c r="AC50" s="83"/>
       <c r="AD50" s="83"/>
       <c r="AE50" s="83"/>
       <c r="AF50" s="83"/>
       <c r="AG50" s="83"/>
       <c r="AH50" s="83"/>
       <c r="AI50" s="83"/>
       <c r="AJ50" s="83"/>
       <c r="AK50" s="83"/>
       <c r="AL50" s="83"/>
       <c r="AM50" s="83"/>
       <c r="AN50" s="83"/>
       <c r="AO50" s="83"/>
       <c r="AP50" s="83"/>
       <c r="AQ50" s="83"/>
       <c r="AR50" s="83"/>
       <c r="AS50" s="83"/>
       <c r="AT50" s="32"/>
       <c r="AU50" s="82"/>
       <c r="AV50" s="82"/>
       <c r="AW50" s="83"/>
       <c r="AX50" s="70">
-        <f t="shared" si="76"/>
+        <f t="shared" si="88"/>
         <v>0</v>
       </c>
       <c r="AY50" s="84"/>
       <c r="AZ50" s="32"/>
       <c r="BA50" s="82"/>
       <c r="BB50" s="82"/>
       <c r="BC50" s="70">
-        <f t="shared" si="77"/>
+        <f t="shared" si="89"/>
         <v>0</v>
       </c>
       <c r="BD50" s="83"/>
       <c r="BE50" s="83"/>
       <c r="BF50" s="83"/>
       <c r="BG50" s="261"/>
       <c r="BH50" s="257"/>
     </row>
     <row r="51" spans="1:60" s="102" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="265"/>
       <c r="B51" s="98"/>
       <c r="C51" s="98"/>
       <c r="D51" s="36" t="s">
         <v>59</v>
       </c>
       <c r="E51" s="100"/>
       <c r="F51" s="36"/>
       <c r="G51" s="36"/>
       <c r="H51" s="36"/>
       <c r="I51" s="36"/>
       <c r="J51" s="100"/>
       <c r="K51" s="36"/>
       <c r="L51" s="87">
         <f>SUM(L48:L50)</f>
         <v>0</v>
       </c>
-      <c r="M51" s="335">
-        <f t="shared" si="2"/>
+      <c r="M51" s="334">
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N51" s="100"/>
       <c r="O51" s="99">
         <f>SUM(O48:O50)+SUMIF($K48:$K50,O$2,$L48:$L50)</f>
         <v>0</v>
       </c>
       <c r="P51" s="99">
-        <f t="shared" ref="P51:AS51" si="78">SUM(P48:P50)+SUMIF($K48:$K50,P$2,$L48:$L50)</f>
+        <f t="shared" ref="P51:AS51" si="90">SUM(P48:P50)+SUMIF($K48:$K50,P$2,$L48:$L50)</f>
         <v>0</v>
       </c>
       <c r="Q51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="R51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="S51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="T51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="U51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="V51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="W51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="X51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="Y51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="Z51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AA51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AB51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AC51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AD51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AE51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AF51" s="99">
         <f>SUM(AF48:AF50)+SUMIF($K48:$K50,$AF$2,$L48:$L50)</f>
         <v>0</v>
       </c>
       <c r="AG51" s="99">
         <f>SUM(AG48:AG50)+SUMIF($K48:$K50,$AG$2,$L48:$L50)</f>
         <v>0</v>
       </c>
       <c r="AH51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AI51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AJ51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AK51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AL51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AM51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AN51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AO51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AP51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AQ51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AR51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AS51" s="99">
-        <f t="shared" si="78"/>
+        <f t="shared" si="90"/>
         <v>0</v>
       </c>
       <c r="AT51" s="36"/>
       <c r="AU51" s="89">
-        <f t="shared" ref="AU51:BB51" si="79">SUM(AU48:AU50)</f>
+        <f t="shared" ref="AU51:BB51" si="91">SUM(AU48:AU50)</f>
         <v>0</v>
       </c>
       <c r="AV51" s="89"/>
       <c r="AW51" s="90"/>
       <c r="AX51" s="90">
-        <f t="shared" ref="AX51" si="80">SUM(AX48:AX50)+SUMIF($K48:$K50,AX$2,$L48:$L50)</f>
+        <f t="shared" ref="AX51" si="92">SUM(AX48:AX50)+SUMIF($K48:$K50,AX$2,$L48:$L50)</f>
         <v>0</v>
       </c>
       <c r="AY51" s="101"/>
       <c r="AZ51" s="36"/>
       <c r="BA51" s="89">
-        <f t="shared" si="79"/>
+        <f t="shared" si="91"/>
         <v>0</v>
       </c>
       <c r="BB51" s="89">
-        <f t="shared" si="79"/>
+        <f t="shared" si="91"/>
         <v>0</v>
       </c>
       <c r="BC51" s="90">
-        <f t="shared" ref="BC51" si="81">SUM(BC48:BC50)+SUMIF($K48:$K50,BC$2,$L48:$L50)</f>
+        <f t="shared" ref="BC51" si="93">SUM(BC48:BC50)+SUMIF($K48:$K50,BC$2,$L48:$L50)</f>
         <v>0</v>
       </c>
       <c r="BD51" s="99">
-        <f t="shared" ref="BD51:BF51" si="82">SUM(BD48:BD50)+SUMIF($K48:$K50,BD$2,$L48:$L50)</f>
+        <f t="shared" ref="BD51:BF51" si="94">SUM(BD48:BD50)+SUMIF($K48:$K50,BD$2,$L48:$L50)</f>
         <v>0</v>
       </c>
       <c r="BE51" s="99">
-        <f t="shared" si="82"/>
+        <f t="shared" si="94"/>
         <v>0</v>
       </c>
       <c r="BF51" s="99">
-        <f t="shared" si="82"/>
+        <f t="shared" si="94"/>
         <v>0</v>
       </c>
       <c r="BG51" s="261"/>
       <c r="BH51" s="254"/>
     </row>
     <row r="52" spans="1:60" s="4" customFormat="1" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1"/>
       <c r="B52" s="107"/>
       <c r="C52" s="107"/>
       <c r="D52" s="107"/>
       <c r="E52" s="107"/>
       <c r="F52" s="107"/>
       <c r="G52" s="107"/>
       <c r="H52" s="107"/>
       <c r="I52" s="107"/>
       <c r="J52" s="107"/>
       <c r="K52" s="107"/>
       <c r="L52" s="107"/>
       <c r="M52" s="107"/>
       <c r="N52" s="107"/>
       <c r="O52" s="109"/>
       <c r="P52" s="109"/>
       <c r="Q52" s="108"/>
       <c r="R52" s="108"/>
       <c r="S52" s="108"/>
@@ -20367,55 +20873,55 @@
       <c r="AL52" s="108"/>
       <c r="AM52" s="108"/>
       <c r="AN52" s="108"/>
       <c r="AO52" s="108"/>
       <c r="AP52" s="108"/>
       <c r="AQ52" s="108"/>
       <c r="AR52" s="108"/>
       <c r="AS52" s="108"/>
       <c r="AT52" s="108"/>
       <c r="AU52" s="107"/>
       <c r="AV52" s="107"/>
       <c r="AW52" s="107"/>
       <c r="AX52" s="108"/>
       <c r="AY52" s="108"/>
       <c r="AZ52" s="108"/>
       <c r="BA52" s="107"/>
       <c r="BB52" s="107"/>
       <c r="BC52" s="108"/>
       <c r="BD52" s="108"/>
       <c r="BE52" s="108"/>
       <c r="BF52" s="108"/>
       <c r="BG52" s="261"/>
     </row>
     <row r="53" spans="1:60" s="4" customFormat="1" hidden="1" x14ac:dyDescent="0.25">
       <c r="A53" s="1"/>
-      <c r="B53" s="400" t="s">
+      <c r="B53" s="401" t="s">
         <v>84</v>
       </c>
-      <c r="C53" s="401"/>
-      <c r="D53" s="402"/>
+      <c r="C53" s="402"/>
+      <c r="D53" s="403"/>
       <c r="E53" s="110"/>
       <c r="F53" s="107"/>
       <c r="G53" s="107"/>
       <c r="H53" s="107"/>
       <c r="I53" s="107"/>
       <c r="J53" s="107"/>
       <c r="K53" s="107"/>
       <c r="L53" s="107"/>
       <c r="M53" s="107"/>
       <c r="N53" s="107"/>
       <c r="O53" s="108"/>
       <c r="P53" s="108"/>
       <c r="Q53" s="108"/>
       <c r="R53" s="108"/>
       <c r="S53" s="108"/>
       <c r="T53" s="108"/>
       <c r="U53" s="108"/>
       <c r="V53" s="108"/>
       <c r="W53" s="108"/>
       <c r="X53" s="108"/>
       <c r="Y53" s="108"/>
       <c r="Z53" s="108"/>
       <c r="AA53" s="108"/>
       <c r="AB53" s="108"/>
       <c r="AC53" s="108"/>
@@ -20462,1356 +20968,1356 @@
       <c r="BF53" s="108"/>
       <c r="BG53" s="261"/>
     </row>
     <row r="54" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F54" s="112" t="str">
         <f>'Drop-Down Lists Input'!C1</f>
         <v>Expenditures - Vendor/Payees</v>
       </c>
       <c r="G54" s="112" t="str">
         <f>'Drop-Down Lists Input'!E1</f>
         <v>Checking Accounts</v>
       </c>
       <c r="H54" s="112" t="str">
         <f>'Drop-Down Lists Input'!G1</f>
         <v>Enterprises</v>
       </c>
       <c r="I54" s="112" t="str">
         <f>'Drop-Down Lists Input'!I1</f>
         <v>Farm Names</v>
       </c>
       <c r="K54" s="112" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F55" s="344" t="str">
+      <c r="F55" s="343" t="str">
         <f>'Drop-Down Lists Input'!C2</f>
         <v>Enter vendors of farm inputs or services</v>
       </c>
-      <c r="G55" s="344" t="str">
+      <c r="G55" s="343" t="str">
         <f>'Drop-Down Lists Input'!E2</f>
         <v>List accounts used for farm</v>
       </c>
-      <c r="H55" s="344" t="str">
+      <c r="H55" s="343" t="str">
         <f>'Drop-Down Lists Input'!G2</f>
         <v>List farm business units</v>
       </c>
-      <c r="I55" s="344" t="str">
+      <c r="I55" s="343" t="str">
         <f>'Drop-Down Lists Input'!I2</f>
         <v>List farm names</v>
       </c>
-      <c r="J55" s="345"/>
-      <c r="K55" s="344" t="str" cm="1">
+      <c r="J55" s="344"/>
+      <c r="K55" s="343" t="str" cm="1">
         <f t="array" ref="K55:K86">TRANSPOSE(O2:AT2)</f>
         <v>Car and Truck Expenses</v>
       </c>
     </row>
     <row r="56" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F56" s="344">
+      <c r="F56" s="343">
         <f>'Drop-Down Lists Input'!C3</f>
         <v>0</v>
       </c>
-      <c r="G56" s="344">
+      <c r="G56" s="343">
         <f>'Drop-Down Lists Input'!E3</f>
         <v>0</v>
       </c>
-      <c r="H56" s="344">
+      <c r="H56" s="343">
         <f>'Drop-Down Lists Input'!G3</f>
         <v>0</v>
       </c>
-      <c r="I56" s="344">
+      <c r="I56" s="343">
         <f>'Drop-Down Lists Input'!I3</f>
         <v>0</v>
       </c>
-      <c r="J56" s="345"/>
-      <c r="K56" s="344" t="str">
+      <c r="J56" s="344"/>
+      <c r="K56" s="343" t="str">
         <v>Crop Protection Chemicals</v>
       </c>
     </row>
     <row r="57" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F57" s="344">
+      <c r="F57" s="343">
         <f>'Drop-Down Lists Input'!C4</f>
         <v>0</v>
       </c>
-      <c r="G57" s="344">
+      <c r="G57" s="343">
         <f>'Drop-Down Lists Input'!E4</f>
         <v>0</v>
       </c>
-      <c r="H57" s="344">
+      <c r="H57" s="343">
         <f>'Drop-Down Lists Input'!G4</f>
         <v>0</v>
       </c>
-      <c r="I57" s="344">
+      <c r="I57" s="343">
         <f>'Drop-Down Lists Input'!I4</f>
         <v>0</v>
       </c>
-      <c r="J57" s="345"/>
-      <c r="K57" s="344" t="str">
+      <c r="J57" s="344"/>
+      <c r="K57" s="343" t="str">
         <v>Conservation</v>
       </c>
     </row>
     <row r="58" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F58" s="344">
+      <c r="F58" s="343">
         <f>'Drop-Down Lists Input'!C5</f>
         <v>0</v>
       </c>
-      <c r="G58" s="344">
+      <c r="G58" s="343">
         <f>'Drop-Down Lists Input'!E5</f>
         <v>0</v>
       </c>
-      <c r="H58" s="344">
+      <c r="H58" s="343">
         <f>'Drop-Down Lists Input'!G5</f>
         <v>0</v>
       </c>
-      <c r="I58" s="344">
+      <c r="I58" s="343">
         <f>'Drop-Down Lists Input'!I5</f>
         <v>0</v>
       </c>
-      <c r="J58" s="345"/>
-      <c r="K58" s="344" t="str">
+      <c r="J58" s="344"/>
+      <c r="K58" s="343" t="str">
         <v>Machine Hire</v>
       </c>
     </row>
     <row r="59" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F59" s="344">
+      <c r="F59" s="343">
         <f>'Drop-Down Lists Input'!C6</f>
         <v>0</v>
       </c>
-      <c r="G59" s="344">
+      <c r="G59" s="343">
         <f>'Drop-Down Lists Input'!E6</f>
         <v>0</v>
       </c>
-      <c r="H59" s="344">
+      <c r="H59" s="343">
         <f>'Drop-Down Lists Input'!G6</f>
         <v>0</v>
       </c>
-      <c r="I59" s="344">
+      <c r="I59" s="343">
         <f>'Drop-Down Lists Input'!I6</f>
         <v>0</v>
       </c>
-      <c r="J59" s="345"/>
-      <c r="K59" s="344" t="str">
+      <c r="J59" s="344"/>
+      <c r="K59" s="343" t="str">
         <v>Depreciation and Section 179 expense</v>
       </c>
     </row>
     <row r="60" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F60" s="344">
+      <c r="F60" s="343">
         <f>'Drop-Down Lists Input'!C7</f>
         <v>0</v>
       </c>
-      <c r="G60" s="344">
+      <c r="G60" s="343">
         <f>'Drop-Down Lists Input'!E7</f>
         <v>0</v>
       </c>
-      <c r="H60" s="344">
+      <c r="H60" s="343">
         <f>'Drop-Down Lists Input'!G7</f>
         <v>0</v>
       </c>
-      <c r="I60" s="344">
+      <c r="I60" s="343">
         <f>'Drop-Down Lists Input'!I7</f>
         <v>0</v>
       </c>
-      <c r="J60" s="345"/>
-      <c r="K60" s="344" t="str">
+      <c r="J60" s="344"/>
+      <c r="K60" s="343" t="str">
         <v xml:space="preserve">Non-pension employee benefits </v>
       </c>
     </row>
     <row r="61" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F61" s="344">
+      <c r="F61" s="343">
         <f>'Drop-Down Lists Input'!C8</f>
         <v>0</v>
       </c>
-      <c r="G61" s="344">
+      <c r="G61" s="343">
         <f>'Drop-Down Lists Input'!E8</f>
         <v>0</v>
       </c>
-      <c r="H61" s="344">
+      <c r="H61" s="343">
         <f>'Drop-Down Lists Input'!G8</f>
         <v>0</v>
       </c>
-      <c r="I61" s="344">
+      <c r="I61" s="343">
         <f>'Drop-Down Lists Input'!I8</f>
         <v>0</v>
       </c>
-      <c r="J61" s="345"/>
-      <c r="K61" s="344" t="str">
+      <c r="J61" s="344"/>
+      <c r="K61" s="343" t="str">
         <v>Feed</v>
       </c>
     </row>
     <row r="62" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F62" s="344">
+      <c r="F62" s="343">
         <f>'Drop-Down Lists Input'!C9</f>
         <v>0</v>
       </c>
-      <c r="G62" s="344">
+      <c r="G62" s="343">
         <f>'Drop-Down Lists Input'!E9</f>
         <v>0</v>
       </c>
-      <c r="H62" s="344">
+      <c r="H62" s="343">
         <f>'Drop-Down Lists Input'!G9</f>
         <v>0</v>
       </c>
-      <c r="I62" s="344">
+      <c r="I62" s="343">
         <f>'Drop-Down Lists Input'!I9</f>
         <v>0</v>
       </c>
-      <c r="J62" s="345"/>
-      <c r="K62" s="344" t="str">
+      <c r="J62" s="344"/>
+      <c r="K62" s="343" t="str">
         <v>Fertilizer &amp; Soil Amendments</v>
       </c>
     </row>
     <row r="63" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F63" s="344">
+      <c r="F63" s="343">
         <f>'Drop-Down Lists Input'!C11</f>
         <v>0</v>
       </c>
-      <c r="G63" s="344">
+      <c r="G63" s="343">
         <f>'Drop-Down Lists Input'!E10</f>
         <v>0</v>
       </c>
-      <c r="H63" s="344">
+      <c r="H63" s="343">
         <f>'Drop-Down Lists Input'!G10</f>
         <v>0</v>
       </c>
-      <c r="I63" s="344">
+      <c r="I63" s="343">
         <f>'Drop-Down Lists Input'!I10</f>
         <v>0</v>
       </c>
-      <c r="J63" s="345"/>
-      <c r="K63" s="344" t="str">
+      <c r="J63" s="344"/>
+      <c r="K63" s="343" t="str">
         <v>Freight &amp; Trucking</v>
       </c>
     </row>
     <row r="64" spans="1:60" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F64" s="344">
+      <c r="F64" s="343">
         <f>'Drop-Down Lists Input'!C12</f>
         <v>0</v>
       </c>
-      <c r="G64" s="344">
+      <c r="G64" s="343">
         <f>'Drop-Down Lists Input'!E11</f>
         <v>0</v>
       </c>
-      <c r="H64" s="344">
+      <c r="H64" s="343">
         <f>'Drop-Down Lists Input'!G11</f>
         <v>0</v>
       </c>
-      <c r="I64" s="344">
+      <c r="I64" s="343">
         <f>'Drop-Down Lists Input'!I11</f>
         <v>0</v>
       </c>
-      <c r="J64" s="345"/>
-      <c r="K64" s="344" t="str">
+      <c r="J64" s="344"/>
+      <c r="K64" s="343" t="str">
         <v>Gasoline, Fuel, and Oil</v>
       </c>
     </row>
     <row r="65" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F65" s="344">
+      <c r="F65" s="343">
         <f>'Drop-Down Lists Input'!C12</f>
         <v>0</v>
       </c>
-      <c r="G65" s="344"/>
-[...1 lines deleted...]
-      <c r="I65" s="344">
+      <c r="G65" s="343"/>
+      <c r="H65" s="343"/>
+      <c r="I65" s="343">
         <f>'Drop-Down Lists Input'!I12</f>
         <v>0</v>
       </c>
-      <c r="J65" s="345"/>
-      <c r="K65" s="344" t="str">
+      <c r="J65" s="344"/>
+      <c r="K65" s="343" t="str">
         <v>Insurance (other than health)</v>
       </c>
     </row>
     <row r="66" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F66" s="344">
+      <c r="F66" s="343">
         <f>'Drop-Down Lists Input'!C13</f>
         <v>0</v>
       </c>
-      <c r="G66" s="344"/>
-[...1 lines deleted...]
-      <c r="I66" s="344">
+      <c r="G66" s="343"/>
+      <c r="H66" s="343"/>
+      <c r="I66" s="343">
         <f>'Drop-Down Lists Input'!I13</f>
         <v>0</v>
       </c>
-      <c r="J66" s="345"/>
-      <c r="K66" s="344" t="str">
+      <c r="J66" s="344"/>
+      <c r="K66" s="343" t="str">
         <v>Interest paid to banks</v>
       </c>
     </row>
     <row r="67" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F67" s="344">
+      <c r="F67" s="343">
         <f>'Drop-Down Lists Input'!C14</f>
         <v>0</v>
       </c>
-      <c r="G67" s="344"/>
-[...1 lines deleted...]
-      <c r="I67" s="344">
+      <c r="G67" s="343"/>
+      <c r="H67" s="343"/>
+      <c r="I67" s="343">
         <f>'Drop-Down Lists Input'!I14</f>
         <v>0</v>
       </c>
-      <c r="J67" s="345"/>
-      <c r="K67" s="344" t="str">
+      <c r="J67" s="344"/>
+      <c r="K67" s="343" t="str">
         <v>Interest paid to others</v>
       </c>
     </row>
     <row r="68" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F68" s="344">
+      <c r="F68" s="343">
         <f>'Drop-Down Lists Input'!C15</f>
         <v>0</v>
       </c>
-      <c r="G68" s="344"/>
-[...1 lines deleted...]
-      <c r="I68" s="344">
+      <c r="G68" s="343"/>
+      <c r="H68" s="343"/>
+      <c r="I68" s="343">
         <f>'Drop-Down Lists Input'!I15</f>
         <v>0</v>
       </c>
-      <c r="J68" s="345"/>
-      <c r="K68" s="344" t="str">
+      <c r="J68" s="344"/>
+      <c r="K68" s="343" t="str">
         <v>Labor Hired</v>
       </c>
     </row>
     <row r="69" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F69" s="344">
+      <c r="F69" s="343">
         <f>'Drop-Down Lists Input'!C16</f>
         <v>0</v>
       </c>
-      <c r="G69" s="344"/>
-[...1 lines deleted...]
-      <c r="I69" s="344">
+      <c r="G69" s="343"/>
+      <c r="H69" s="343"/>
+      <c r="I69" s="343">
         <f>'Drop-Down Lists Input'!I16</f>
         <v>0</v>
       </c>
-      <c r="J69" s="345"/>
-      <c r="K69" s="344" t="str">
+      <c r="J69" s="344"/>
+      <c r="K69" s="343" t="str">
         <v>Pensions and profit share</v>
       </c>
     </row>
     <row r="70" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F70" s="344">
+      <c r="F70" s="343">
         <f>'Drop-Down Lists Input'!C17</f>
         <v>0</v>
       </c>
-      <c r="G70" s="344"/>
-[...1 lines deleted...]
-      <c r="I70" s="344">
+      <c r="G70" s="343"/>
+      <c r="H70" s="343"/>
+      <c r="I70" s="343">
         <f>'Drop-Down Lists Input'!I17</f>
         <v>0</v>
       </c>
-      <c r="J70" s="345"/>
-      <c r="K70" s="344" t="str">
+      <c r="J70" s="344"/>
+      <c r="K70" s="343" t="str">
         <v>Rent paid on machinery or equipment</v>
       </c>
     </row>
     <row r="71" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F71" s="344">
+      <c r="F71" s="343">
         <f>'Drop-Down Lists Input'!C18</f>
         <v>0</v>
       </c>
-      <c r="G71" s="344"/>
-[...1 lines deleted...]
-      <c r="I71" s="344">
+      <c r="G71" s="343"/>
+      <c r="H71" s="343"/>
+      <c r="I71" s="343">
         <f>'Drop-Down Lists Input'!I18</f>
         <v>0</v>
       </c>
-      <c r="J71" s="345"/>
-[...1 lines deleted...]
-        <v xml:space="preserve"> Land, livestock, or building rent</v>
+      <c r="J71" s="344"/>
+      <c r="K71" s="343" t="str">
+        <v>Rent paid on land or buildings</v>
       </c>
     </row>
     <row r="72" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F72" s="344">
+      <c r="F72" s="343">
         <f>'Drop-Down Lists Input'!C19</f>
         <v>0</v>
       </c>
-      <c r="G72" s="344"/>
-[...1 lines deleted...]
-      <c r="I72" s="344">
+      <c r="G72" s="343"/>
+      <c r="H72" s="343"/>
+      <c r="I72" s="343">
         <f>'Drop-Down Lists Input'!I19</f>
         <v>0</v>
       </c>
-      <c r="J72" s="345"/>
-      <c r="K72" s="344" t="str">
+      <c r="J72" s="344"/>
+      <c r="K72" s="343" t="str">
         <v>Machinery repair</v>
       </c>
     </row>
     <row r="73" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F73" s="344">
+      <c r="F73" s="343">
         <f>'Drop-Down Lists Input'!C20</f>
         <v>0</v>
       </c>
-      <c r="G73" s="344"/>
-[...1 lines deleted...]
-      <c r="I73" s="344">
+      <c r="G73" s="343"/>
+      <c r="H73" s="343"/>
+      <c r="I73" s="343">
         <f>'Drop-Down Lists Input'!I20</f>
         <v>0</v>
       </c>
-      <c r="J73" s="345"/>
-      <c r="K73" s="344" t="str">
+      <c r="J73" s="344"/>
+      <c r="K73" s="343" t="str">
         <v>Building &amp; Fence repair</v>
       </c>
     </row>
     <row r="74" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F74" s="344">
+      <c r="F74" s="343">
         <f>'Drop-Down Lists Input'!C21</f>
         <v>0</v>
       </c>
-      <c r="G74" s="344"/>
-[...1 lines deleted...]
-      <c r="I74" s="344">
+      <c r="G74" s="343"/>
+      <c r="H74" s="343"/>
+      <c r="I74" s="343">
         <f>'Drop-Down Lists Input'!I21</f>
         <v>0</v>
       </c>
-      <c r="J74" s="345"/>
-      <c r="K74" s="344" t="str">
+      <c r="J74" s="344"/>
+      <c r="K74" s="343" t="str">
         <v>Seeds &amp; Plants</v>
       </c>
     </row>
     <row r="75" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F75" s="344">
+      <c r="F75" s="343">
         <f>'Drop-Down Lists Input'!C22</f>
         <v>0</v>
       </c>
-      <c r="G75" s="344"/>
-[...3 lines deleted...]
-      <c r="K75" s="344" t="str">
+      <c r="G75" s="343"/>
+      <c r="H75" s="343"/>
+      <c r="I75" s="343"/>
+      <c r="J75" s="344"/>
+      <c r="K75" s="343" t="str">
         <v>Storage</v>
       </c>
     </row>
     <row r="76" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F76" s="344">
+      <c r="F76" s="343">
         <f>'Drop-Down Lists Input'!C23</f>
         <v>0</v>
       </c>
-      <c r="G76" s="344"/>
-[...3 lines deleted...]
-      <c r="K76" s="344" t="str">
+      <c r="G76" s="343"/>
+      <c r="H76" s="343"/>
+      <c r="I76" s="343"/>
+      <c r="J76" s="344"/>
+      <c r="K76" s="343" t="str">
         <v>Supplies</v>
       </c>
     </row>
     <row r="77" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F77" s="344">
+      <c r="F77" s="343">
         <f>'Drop-Down Lists Input'!C24</f>
         <v>0</v>
       </c>
-      <c r="G77" s="344"/>
-[...3 lines deleted...]
-      <c r="K77" s="344" t="str">
+      <c r="G77" s="343"/>
+      <c r="H77" s="343"/>
+      <c r="I77" s="343"/>
+      <c r="J77" s="344"/>
+      <c r="K77" s="343" t="str">
         <v>Taxes</v>
       </c>
     </row>
     <row r="78" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F78" s="344">
+      <c r="F78" s="343">
         <f>'Drop-Down Lists Input'!C25</f>
         <v>0</v>
       </c>
-      <c r="G78" s="344"/>
-[...3 lines deleted...]
-      <c r="K78" s="344" t="str">
+      <c r="G78" s="343"/>
+      <c r="H78" s="343"/>
+      <c r="I78" s="343"/>
+      <c r="J78" s="344"/>
+      <c r="K78" s="343" t="str">
         <v>Farm Utilities</v>
       </c>
     </row>
     <row r="79" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F79" s="344">
+      <c r="F79" s="343">
         <f>'Drop-Down Lists Input'!C26</f>
         <v>0</v>
       </c>
-      <c r="G79" s="344"/>
-[...3 lines deleted...]
-      <c r="K79" s="344" t="str">
+      <c r="G79" s="343"/>
+      <c r="H79" s="343"/>
+      <c r="I79" s="343"/>
+      <c r="J79" s="344"/>
+      <c r="K79" s="343" t="str">
         <v>Breeding, Vet, and Medicine</v>
       </c>
     </row>
     <row r="80" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F80" s="344">
+      <c r="F80" s="343">
         <f>'Drop-Down Lists Input'!C27</f>
         <v>0</v>
       </c>
-      <c r="G80" s="344"/>
-[...3 lines deleted...]
-      <c r="K80" s="344" t="str">
+      <c r="G80" s="343"/>
+      <c r="H80" s="343"/>
+      <c r="I80" s="343"/>
+      <c r="J80" s="344"/>
+      <c r="K80" s="343" t="str">
         <v>Enter other expense type</v>
       </c>
     </row>
     <row r="81" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F81" s="344">
+      <c r="F81" s="343">
         <f>'Drop-Down Lists Input'!C28</f>
         <v>0</v>
       </c>
-      <c r="G81" s="344"/>
-[...3 lines deleted...]
-      <c r="K81" s="344" t="str">
+      <c r="G81" s="343"/>
+      <c r="H81" s="343"/>
+      <c r="I81" s="343"/>
+      <c r="J81" s="344"/>
+      <c r="K81" s="343" t="str">
         <v>Enter other expense type</v>
       </c>
     </row>
     <row r="82" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F82" s="344">
+      <c r="F82" s="343">
         <f>'Drop-Down Lists Input'!C29</f>
         <v>0</v>
       </c>
-      <c r="G82" s="344"/>
-[...3 lines deleted...]
-      <c r="K82" s="344" t="str">
+      <c r="G82" s="343"/>
+      <c r="H82" s="343"/>
+      <c r="I82" s="343"/>
+      <c r="J82" s="344"/>
+      <c r="K82" s="343" t="str">
         <v>Enter other expense type</v>
       </c>
     </row>
     <row r="83" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F83" s="344">
+      <c r="F83" s="343">
         <f>'Drop-Down Lists Input'!C30</f>
         <v>0</v>
       </c>
-      <c r="G83" s="344"/>
-[...3 lines deleted...]
-      <c r="K83" s="344" t="str">
+      <c r="G83" s="343"/>
+      <c r="H83" s="343"/>
+      <c r="I83" s="343"/>
+      <c r="J83" s="344"/>
+      <c r="K83" s="343" t="str">
         <v>Enter other expense type</v>
       </c>
     </row>
     <row r="84" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F84" s="344">
+      <c r="F84" s="343">
         <f>'Drop-Down Lists Input'!C31</f>
         <v>0</v>
       </c>
-      <c r="G84" s="344"/>
-[...3 lines deleted...]
-      <c r="K84" s="344" t="str">
+      <c r="G84" s="343"/>
+      <c r="H84" s="343"/>
+      <c r="I84" s="343"/>
+      <c r="J84" s="344"/>
+      <c r="K84" s="343" t="str">
         <v>Enter other expense type</v>
       </c>
     </row>
     <row r="85" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F85" s="344">
+      <c r="F85" s="343">
         <f>'Drop-Down Lists Input'!C32</f>
         <v>0</v>
       </c>
-      <c r="G85" s="344"/>
-[...3 lines deleted...]
-      <c r="K85" s="344" t="str">
+      <c r="G85" s="343"/>
+      <c r="H85" s="343"/>
+      <c r="I85" s="343"/>
+      <c r="J85" s="344"/>
+      <c r="K85" s="343" t="str">
         <v>Enter other expense type</v>
       </c>
     </row>
     <row r="86" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F86" s="344">
+      <c r="F86" s="343">
         <f>'Drop-Down Lists Input'!C33</f>
         <v>0</v>
       </c>
-      <c r="G86" s="344"/>
-[...3 lines deleted...]
-      <c r="K86" s="344" t="str">
+      <c r="G86" s="343"/>
+      <c r="H86" s="343"/>
+      <c r="I86" s="343"/>
+      <c r="J86" s="344"/>
+      <c r="K86" s="343" t="str">
         <v>Livestock for reselling</v>
       </c>
     </row>
     <row r="87" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F87" s="344">
+      <c r="F87" s="343">
         <f>'Drop-Down Lists Input'!C34</f>
         <v>0</v>
       </c>
-      <c r="G87" s="344"/>
-[...3 lines deleted...]
-      <c r="K87" s="344" t="str">
+      <c r="G87" s="343"/>
+      <c r="H87" s="343"/>
+      <c r="I87" s="343"/>
+      <c r="J87" s="344"/>
+      <c r="K87" s="343" t="str">
         <f>AZ2</f>
         <v>Breeding or working Livestock</v>
       </c>
     </row>
     <row r="88" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F88" s="344">
+      <c r="F88" s="343">
         <f>'Drop-Down Lists Input'!C35</f>
         <v>0</v>
       </c>
-      <c r="G88" s="344"/>
-[...3 lines deleted...]
-      <c r="K88" s="346" t="str">
+      <c r="G88" s="343"/>
+      <c r="H88" s="343"/>
+      <c r="I88" s="343"/>
+      <c r="J88" s="344"/>
+      <c r="K88" s="345" t="str">
         <f>BD2</f>
         <v>Machinery, Equip, Fence</v>
       </c>
     </row>
     <row r="89" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F89" s="344">
+      <c r="F89" s="343">
         <f>'Drop-Down Lists Input'!C36</f>
         <v>0</v>
       </c>
-      <c r="G89" s="344"/>
-[...3 lines deleted...]
-      <c r="K89" s="346" t="str">
+      <c r="G89" s="343"/>
+      <c r="H89" s="343"/>
+      <c r="I89" s="343"/>
+      <c r="J89" s="344"/>
+      <c r="K89" s="345" t="str">
         <f>BE2</f>
         <v>Land &amp; Buildings</v>
       </c>
     </row>
     <row r="90" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F90" s="344">
+      <c r="F90" s="343">
         <f>'Drop-Down Lists Input'!C37</f>
         <v>0</v>
       </c>
-      <c r="G90" s="344"/>
-[...3 lines deleted...]
-      <c r="K90" s="346" t="str">
+      <c r="G90" s="343"/>
+      <c r="H90" s="343"/>
+      <c r="I90" s="343"/>
+      <c r="J90" s="344"/>
+      <c r="K90" s="345" t="str">
         <f>BF2</f>
         <v>Principal Paid on debt</v>
       </c>
     </row>
     <row r="91" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F91" s="344">
+      <c r="F91" s="343">
         <f>'Drop-Down Lists Input'!C38</f>
         <v>0</v>
       </c>
-      <c r="G91" s="344"/>
-[...3 lines deleted...]
-      <c r="K91" s="344"/>
+      <c r="G91" s="343"/>
+      <c r="H91" s="343"/>
+      <c r="I91" s="343"/>
+      <c r="J91" s="344"/>
+      <c r="K91" s="343"/>
     </row>
     <row r="92" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F92" s="344">
+      <c r="F92" s="343">
         <f>'Drop-Down Lists Input'!C39</f>
         <v>0</v>
       </c>
-      <c r="G92" s="344"/>
-[...3 lines deleted...]
-      <c r="K92" s="344"/>
+      <c r="G92" s="343"/>
+      <c r="H92" s="343"/>
+      <c r="I92" s="343"/>
+      <c r="J92" s="344"/>
+      <c r="K92" s="343"/>
     </row>
     <row r="93" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F93" s="344">
+      <c r="F93" s="343">
         <f>'Drop-Down Lists Input'!C40</f>
         <v>0</v>
       </c>
-      <c r="G93" s="344"/>
-[...3 lines deleted...]
-      <c r="K93" s="344"/>
+      <c r="G93" s="343"/>
+      <c r="H93" s="343"/>
+      <c r="I93" s="343"/>
+      <c r="J93" s="344"/>
+      <c r="K93" s="343"/>
     </row>
     <row r="94" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F94" s="344">
+      <c r="F94" s="343">
         <f>'Drop-Down Lists Input'!C41</f>
         <v>0</v>
       </c>
-      <c r="G94" s="344"/>
-[...3 lines deleted...]
-      <c r="K94" s="344"/>
+      <c r="G94" s="343"/>
+      <c r="H94" s="343"/>
+      <c r="I94" s="343"/>
+      <c r="J94" s="344"/>
+      <c r="K94" s="343"/>
     </row>
     <row r="95" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F95" s="344">
+      <c r="F95" s="343">
         <f>'Drop-Down Lists Input'!C42</f>
         <v>0</v>
       </c>
-      <c r="G95" s="344"/>
-[...3 lines deleted...]
-      <c r="K95" s="344"/>
+      <c r="G95" s="343"/>
+      <c r="H95" s="343"/>
+      <c r="I95" s="343"/>
+      <c r="J95" s="344"/>
+      <c r="K95" s="343"/>
     </row>
     <row r="96" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F96" s="344">
+      <c r="F96" s="343">
         <f>'Drop-Down Lists Input'!C43</f>
         <v>0</v>
       </c>
-      <c r="G96" s="344"/>
-[...3 lines deleted...]
-      <c r="K96" s="344"/>
+      <c r="G96" s="343"/>
+      <c r="H96" s="343"/>
+      <c r="I96" s="343"/>
+      <c r="J96" s="344"/>
+      <c r="K96" s="343"/>
     </row>
     <row r="97" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F97" s="344">
+      <c r="F97" s="343">
         <f>'Drop-Down Lists Input'!C44</f>
         <v>0</v>
       </c>
-      <c r="G97" s="344"/>
-[...3 lines deleted...]
-      <c r="K97" s="344"/>
+      <c r="G97" s="343"/>
+      <c r="H97" s="343"/>
+      <c r="I97" s="343"/>
+      <c r="J97" s="344"/>
+      <c r="K97" s="343"/>
     </row>
     <row r="98" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F98" s="344">
+      <c r="F98" s="343">
         <f>'Drop-Down Lists Input'!C45</f>
         <v>0</v>
       </c>
-      <c r="G98" s="344"/>
-[...3 lines deleted...]
-      <c r="K98" s="344"/>
+      <c r="G98" s="343"/>
+      <c r="H98" s="343"/>
+      <c r="I98" s="343"/>
+      <c r="J98" s="344"/>
+      <c r="K98" s="343"/>
     </row>
     <row r="99" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F99" s="344">
+      <c r="F99" s="343">
         <f>'Drop-Down Lists Input'!C46</f>
         <v>0</v>
       </c>
-      <c r="G99" s="344"/>
-[...3 lines deleted...]
-      <c r="K99" s="344"/>
+      <c r="G99" s="343"/>
+      <c r="H99" s="343"/>
+      <c r="I99" s="343"/>
+      <c r="J99" s="344"/>
+      <c r="K99" s="343"/>
     </row>
     <row r="100" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F100" s="344">
+      <c r="F100" s="343">
         <f>'Drop-Down Lists Input'!C47</f>
         <v>0</v>
       </c>
-      <c r="G100" s="344"/>
-[...3 lines deleted...]
-      <c r="K100" s="344"/>
+      <c r="G100" s="343"/>
+      <c r="H100" s="343"/>
+      <c r="I100" s="343"/>
+      <c r="J100" s="344"/>
+      <c r="K100" s="343"/>
     </row>
     <row r="101" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F101" s="344">
+      <c r="F101" s="343">
         <f>'Drop-Down Lists Input'!C48</f>
         <v>0</v>
       </c>
-      <c r="G101" s="344"/>
-[...3 lines deleted...]
-      <c r="K101" s="344"/>
+      <c r="G101" s="343"/>
+      <c r="H101" s="343"/>
+      <c r="I101" s="343"/>
+      <c r="J101" s="344"/>
+      <c r="K101" s="343"/>
     </row>
     <row r="102" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F102" s="344">
+      <c r="F102" s="343">
         <f>'Drop-Down Lists Input'!C49</f>
         <v>0</v>
       </c>
-      <c r="G102" s="344"/>
-[...3 lines deleted...]
-      <c r="K102" s="344"/>
+      <c r="G102" s="343"/>
+      <c r="H102" s="343"/>
+      <c r="I102" s="343"/>
+      <c r="J102" s="344"/>
+      <c r="K102" s="343"/>
     </row>
     <row r="103" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F103" s="344">
+      <c r="F103" s="343">
         <f>'Drop-Down Lists Input'!C50</f>
         <v>0</v>
       </c>
-      <c r="G103" s="344"/>
-[...3 lines deleted...]
-      <c r="K103" s="344"/>
+      <c r="G103" s="343"/>
+      <c r="H103" s="343"/>
+      <c r="I103" s="343"/>
+      <c r="J103" s="344"/>
+      <c r="K103" s="343"/>
     </row>
     <row r="104" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F104" s="344">
+      <c r="F104" s="343">
         <f>'Drop-Down Lists Input'!C51</f>
         <v>0</v>
       </c>
-      <c r="G104" s="344"/>
-[...3 lines deleted...]
-      <c r="K104" s="344"/>
+      <c r="G104" s="343"/>
+      <c r="H104" s="343"/>
+      <c r="I104" s="343"/>
+      <c r="J104" s="344"/>
+      <c r="K104" s="343"/>
     </row>
     <row r="105" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F105" s="344">
+      <c r="F105" s="343">
         <f>'Drop-Down Lists Input'!C52</f>
         <v>0</v>
       </c>
-      <c r="G105" s="344"/>
-[...3 lines deleted...]
-      <c r="K105" s="344"/>
+      <c r="G105" s="343"/>
+      <c r="H105" s="343"/>
+      <c r="I105" s="343"/>
+      <c r="J105" s="344"/>
+      <c r="K105" s="343"/>
     </row>
     <row r="106" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F106" s="344">
+      <c r="F106" s="343">
         <f>'Drop-Down Lists Input'!C53</f>
         <v>0</v>
       </c>
-      <c r="G106" s="344"/>
-[...3 lines deleted...]
-      <c r="K106" s="344"/>
+      <c r="G106" s="343"/>
+      <c r="H106" s="343"/>
+      <c r="I106" s="343"/>
+      <c r="J106" s="344"/>
+      <c r="K106" s="343"/>
     </row>
     <row r="107" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F107" s="344">
+      <c r="F107" s="343">
         <f>'Drop-Down Lists Input'!C54</f>
         <v>0</v>
       </c>
-      <c r="G107" s="344"/>
-[...3 lines deleted...]
-      <c r="K107" s="344"/>
+      <c r="G107" s="343"/>
+      <c r="H107" s="343"/>
+      <c r="I107" s="343"/>
+      <c r="J107" s="344"/>
+      <c r="K107" s="343"/>
     </row>
     <row r="108" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F108" s="344">
+      <c r="F108" s="343">
         <f>'Drop-Down Lists Input'!C55</f>
         <v>0</v>
       </c>
-      <c r="G108" s="344"/>
-[...3 lines deleted...]
-      <c r="K108" s="344"/>
+      <c r="G108" s="343"/>
+      <c r="H108" s="343"/>
+      <c r="I108" s="343"/>
+      <c r="J108" s="344"/>
+      <c r="K108" s="343"/>
     </row>
     <row r="109" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F109" s="344">
+      <c r="F109" s="343">
         <f>'Drop-Down Lists Input'!C56</f>
         <v>0</v>
       </c>
-      <c r="G109" s="344"/>
-[...3 lines deleted...]
-      <c r="K109" s="344"/>
+      <c r="G109" s="343"/>
+      <c r="H109" s="343"/>
+      <c r="I109" s="343"/>
+      <c r="J109" s="344"/>
+      <c r="K109" s="343"/>
     </row>
     <row r="110" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F110" s="344">
+      <c r="F110" s="343">
         <f>'Drop-Down Lists Input'!C57</f>
         <v>0</v>
       </c>
-      <c r="G110" s="344"/>
-[...3 lines deleted...]
-      <c r="K110" s="344"/>
+      <c r="G110" s="343"/>
+      <c r="H110" s="343"/>
+      <c r="I110" s="343"/>
+      <c r="J110" s="344"/>
+      <c r="K110" s="343"/>
     </row>
     <row r="111" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F111" s="344">
+      <c r="F111" s="343">
         <f>'Drop-Down Lists Input'!C58</f>
         <v>0</v>
       </c>
-      <c r="G111" s="344"/>
-[...3 lines deleted...]
-      <c r="K111" s="344"/>
+      <c r="G111" s="343"/>
+      <c r="H111" s="343"/>
+      <c r="I111" s="343"/>
+      <c r="J111" s="344"/>
+      <c r="K111" s="343"/>
     </row>
     <row r="112" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F112" s="344">
+      <c r="F112" s="343">
         <f>'Drop-Down Lists Input'!C59</f>
         <v>0</v>
       </c>
-      <c r="G112" s="344"/>
-[...3 lines deleted...]
-      <c r="K112" s="344"/>
+      <c r="G112" s="343"/>
+      <c r="H112" s="343"/>
+      <c r="I112" s="343"/>
+      <c r="J112" s="344"/>
+      <c r="K112" s="343"/>
     </row>
     <row r="113" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F113" s="344">
+      <c r="F113" s="343">
         <f>'Drop-Down Lists Input'!C60</f>
         <v>0</v>
       </c>
-      <c r="G113" s="344"/>
-[...3 lines deleted...]
-      <c r="K113" s="344"/>
+      <c r="G113" s="343"/>
+      <c r="H113" s="343"/>
+      <c r="I113" s="343"/>
+      <c r="J113" s="344"/>
+      <c r="K113" s="343"/>
     </row>
     <row r="114" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F114" s="344">
+      <c r="F114" s="343">
         <f>'Drop-Down Lists Input'!C61</f>
         <v>0</v>
       </c>
-      <c r="G114" s="344"/>
-[...3 lines deleted...]
-      <c r="K114" s="344"/>
+      <c r="G114" s="343"/>
+      <c r="H114" s="343"/>
+      <c r="I114" s="343"/>
+      <c r="J114" s="344"/>
+      <c r="K114" s="343"/>
     </row>
     <row r="115" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F115" s="344">
+      <c r="F115" s="343">
         <f>'Drop-Down Lists Input'!C62</f>
         <v>0</v>
       </c>
-      <c r="G115" s="344"/>
-[...3 lines deleted...]
-      <c r="K115" s="344"/>
+      <c r="G115" s="343"/>
+      <c r="H115" s="343"/>
+      <c r="I115" s="343"/>
+      <c r="J115" s="344"/>
+      <c r="K115" s="343"/>
     </row>
     <row r="116" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F116" s="344">
+      <c r="F116" s="343">
         <f>'Drop-Down Lists Input'!C63</f>
         <v>0</v>
       </c>
-      <c r="G116" s="344"/>
-[...3 lines deleted...]
-      <c r="K116" s="344"/>
+      <c r="G116" s="343"/>
+      <c r="H116" s="343"/>
+      <c r="I116" s="343"/>
+      <c r="J116" s="344"/>
+      <c r="K116" s="343"/>
     </row>
     <row r="117" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F117" s="344">
+      <c r="F117" s="343">
         <f>'Drop-Down Lists Input'!C64</f>
         <v>0</v>
       </c>
-      <c r="G117" s="344"/>
-[...3 lines deleted...]
-      <c r="K117" s="344"/>
+      <c r="G117" s="343"/>
+      <c r="H117" s="343"/>
+      <c r="I117" s="343"/>
+      <c r="J117" s="344"/>
+      <c r="K117" s="343"/>
     </row>
     <row r="118" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F118" s="344">
+      <c r="F118" s="343">
         <f>'Drop-Down Lists Input'!C65</f>
         <v>0</v>
       </c>
-      <c r="G118" s="344"/>
-[...3 lines deleted...]
-      <c r="K118" s="344"/>
+      <c r="G118" s="343"/>
+      <c r="H118" s="343"/>
+      <c r="I118" s="343"/>
+      <c r="J118" s="344"/>
+      <c r="K118" s="343"/>
     </row>
     <row r="119" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F119" s="344">
+      <c r="F119" s="343">
         <f>'Drop-Down Lists Input'!C66</f>
         <v>0</v>
       </c>
-      <c r="G119" s="344"/>
-[...3 lines deleted...]
-      <c r="K119" s="344"/>
+      <c r="G119" s="343"/>
+      <c r="H119" s="343"/>
+      <c r="I119" s="343"/>
+      <c r="J119" s="344"/>
+      <c r="K119" s="343"/>
     </row>
     <row r="120" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F120" s="344">
+      <c r="F120" s="343">
         <f>'Drop-Down Lists Input'!C67</f>
         <v>0</v>
       </c>
-      <c r="G120" s="344"/>
-[...3 lines deleted...]
-      <c r="K120" s="344"/>
+      <c r="G120" s="343"/>
+      <c r="H120" s="343"/>
+      <c r="I120" s="343"/>
+      <c r="J120" s="344"/>
+      <c r="K120" s="343"/>
     </row>
     <row r="121" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F121" s="344">
+      <c r="F121" s="343">
         <f>'Drop-Down Lists Input'!C68</f>
         <v>0</v>
       </c>
-      <c r="G121" s="344"/>
-[...3 lines deleted...]
-      <c r="K121" s="344"/>
+      <c r="G121" s="343"/>
+      <c r="H121" s="343"/>
+      <c r="I121" s="343"/>
+      <c r="J121" s="344"/>
+      <c r="K121" s="343"/>
     </row>
     <row r="122" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F122" s="344">
+      <c r="F122" s="343">
         <f>'Drop-Down Lists Input'!C69</f>
         <v>0</v>
       </c>
-      <c r="G122" s="344"/>
-[...3 lines deleted...]
-      <c r="K122" s="344"/>
+      <c r="G122" s="343"/>
+      <c r="H122" s="343"/>
+      <c r="I122" s="343"/>
+      <c r="J122" s="344"/>
+      <c r="K122" s="343"/>
     </row>
     <row r="123" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F123" s="344">
+      <c r="F123" s="343">
         <f>'Drop-Down Lists Input'!C70</f>
         <v>0</v>
       </c>
-      <c r="G123" s="344"/>
-[...3 lines deleted...]
-      <c r="K123" s="344"/>
+      <c r="G123" s="343"/>
+      <c r="H123" s="343"/>
+      <c r="I123" s="343"/>
+      <c r="J123" s="344"/>
+      <c r="K123" s="343"/>
     </row>
     <row r="124" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F124" s="344">
+      <c r="F124" s="343">
         <f>'Drop-Down Lists Input'!C71</f>
         <v>0</v>
       </c>
-      <c r="G124" s="344"/>
-[...3 lines deleted...]
-      <c r="K124" s="344"/>
+      <c r="G124" s="343"/>
+      <c r="H124" s="343"/>
+      <c r="I124" s="343"/>
+      <c r="J124" s="344"/>
+      <c r="K124" s="343"/>
     </row>
     <row r="125" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F125" s="344">
+      <c r="F125" s="343">
         <f>'Drop-Down Lists Input'!C72</f>
         <v>0</v>
       </c>
-      <c r="G125" s="344"/>
-[...3 lines deleted...]
-      <c r="K125" s="344"/>
+      <c r="G125" s="343"/>
+      <c r="H125" s="343"/>
+      <c r="I125" s="343"/>
+      <c r="J125" s="344"/>
+      <c r="K125" s="343"/>
     </row>
     <row r="126" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F126" s="344">
+      <c r="F126" s="343">
         <f>'Drop-Down Lists Input'!C73</f>
         <v>0</v>
       </c>
-      <c r="G126" s="344"/>
-[...3 lines deleted...]
-      <c r="K126" s="344"/>
+      <c r="G126" s="343"/>
+      <c r="H126" s="343"/>
+      <c r="I126" s="343"/>
+      <c r="J126" s="344"/>
+      <c r="K126" s="343"/>
     </row>
     <row r="127" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F127" s="344">
+      <c r="F127" s="343">
         <f>'Drop-Down Lists Input'!C74</f>
         <v>0</v>
       </c>
-      <c r="G127" s="344"/>
-[...3 lines deleted...]
-      <c r="K127" s="344"/>
+      <c r="G127" s="343"/>
+      <c r="H127" s="343"/>
+      <c r="I127" s="343"/>
+      <c r="J127" s="344"/>
+      <c r="K127" s="343"/>
     </row>
     <row r="128" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F128" s="344">
+      <c r="F128" s="343">
         <f>'Drop-Down Lists Input'!C75</f>
         <v>0</v>
       </c>
-      <c r="G128" s="344"/>
-[...3 lines deleted...]
-      <c r="K128" s="344"/>
+      <c r="G128" s="343"/>
+      <c r="H128" s="343"/>
+      <c r="I128" s="343"/>
+      <c r="J128" s="344"/>
+      <c r="K128" s="343"/>
     </row>
     <row r="129" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F129" s="344">
+      <c r="F129" s="343">
         <f>'Drop-Down Lists Input'!C76</f>
         <v>0</v>
       </c>
-      <c r="G129" s="344"/>
-[...3 lines deleted...]
-      <c r="K129" s="344"/>
+      <c r="G129" s="343"/>
+      <c r="H129" s="343"/>
+      <c r="I129" s="343"/>
+      <c r="J129" s="344"/>
+      <c r="K129" s="343"/>
     </row>
     <row r="130" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F130" s="344">
+      <c r="F130" s="343">
         <f>'Drop-Down Lists Input'!C77</f>
         <v>0</v>
       </c>
-      <c r="G130" s="344"/>
-[...3 lines deleted...]
-      <c r="K130" s="344"/>
+      <c r="G130" s="343"/>
+      <c r="H130" s="343"/>
+      <c r="I130" s="343"/>
+      <c r="J130" s="344"/>
+      <c r="K130" s="343"/>
     </row>
     <row r="131" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F131" s="344">
+      <c r="F131" s="343">
         <f>'Drop-Down Lists Input'!C78</f>
         <v>0</v>
       </c>
-      <c r="G131" s="344"/>
-[...3 lines deleted...]
-      <c r="K131" s="344"/>
+      <c r="G131" s="343"/>
+      <c r="H131" s="343"/>
+      <c r="I131" s="343"/>
+      <c r="J131" s="344"/>
+      <c r="K131" s="343"/>
     </row>
     <row r="132" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F132" s="344">
+      <c r="F132" s="343">
         <f>'Drop-Down Lists Input'!C79</f>
         <v>0</v>
       </c>
-      <c r="G132" s="344"/>
-[...3 lines deleted...]
-      <c r="K132" s="344"/>
+      <c r="G132" s="343"/>
+      <c r="H132" s="343"/>
+      <c r="I132" s="343"/>
+      <c r="J132" s="344"/>
+      <c r="K132" s="343"/>
     </row>
     <row r="133" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F133" s="344">
+      <c r="F133" s="343">
         <f>'Drop-Down Lists Input'!C80</f>
         <v>0</v>
       </c>
-      <c r="G133" s="344"/>
-[...3 lines deleted...]
-      <c r="K133" s="344"/>
+      <c r="G133" s="343"/>
+      <c r="H133" s="343"/>
+      <c r="I133" s="343"/>
+      <c r="J133" s="344"/>
+      <c r="K133" s="343"/>
     </row>
     <row r="134" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F134" s="344">
+      <c r="F134" s="343">
         <f>'Drop-Down Lists Input'!C81</f>
         <v>0</v>
       </c>
-      <c r="G134" s="344"/>
-[...3 lines deleted...]
-      <c r="K134" s="344"/>
+      <c r="G134" s="343"/>
+      <c r="H134" s="343"/>
+      <c r="I134" s="343"/>
+      <c r="J134" s="344"/>
+      <c r="K134" s="343"/>
     </row>
     <row r="135" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F135" s="344">
+      <c r="F135" s="343">
         <f>'Drop-Down Lists Input'!C82</f>
         <v>0</v>
       </c>
-      <c r="G135" s="344"/>
-[...3 lines deleted...]
-      <c r="K135" s="344"/>
+      <c r="G135" s="343"/>
+      <c r="H135" s="343"/>
+      <c r="I135" s="343"/>
+      <c r="J135" s="344"/>
+      <c r="K135" s="343"/>
     </row>
     <row r="136" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F136" s="344">
+      <c r="F136" s="343">
         <f>'Drop-Down Lists Input'!C83</f>
         <v>0</v>
       </c>
-      <c r="G136" s="344"/>
-[...3 lines deleted...]
-      <c r="K136" s="344"/>
+      <c r="G136" s="343"/>
+      <c r="H136" s="343"/>
+      <c r="I136" s="343"/>
+      <c r="J136" s="344"/>
+      <c r="K136" s="343"/>
     </row>
     <row r="137" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F137" s="344">
+      <c r="F137" s="343">
         <f>'Drop-Down Lists Input'!C84</f>
         <v>0</v>
       </c>
-      <c r="G137" s="344"/>
-[...3 lines deleted...]
-      <c r="K137" s="344"/>
+      <c r="G137" s="343"/>
+      <c r="H137" s="343"/>
+      <c r="I137" s="343"/>
+      <c r="J137" s="344"/>
+      <c r="K137" s="343"/>
     </row>
     <row r="138" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F138" s="344">
+      <c r="F138" s="343">
         <f>'Drop-Down Lists Input'!C85</f>
         <v>0</v>
       </c>
-      <c r="G138" s="344"/>
-[...3 lines deleted...]
-      <c r="K138" s="344"/>
+      <c r="G138" s="343"/>
+      <c r="H138" s="343"/>
+      <c r="I138" s="343"/>
+      <c r="J138" s="344"/>
+      <c r="K138" s="343"/>
     </row>
     <row r="139" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F139" s="344">
+      <c r="F139" s="343">
         <f>'Drop-Down Lists Input'!C86</f>
         <v>0</v>
       </c>
-      <c r="G139" s="344"/>
-[...3 lines deleted...]
-      <c r="K139" s="344"/>
+      <c r="G139" s="343"/>
+      <c r="H139" s="343"/>
+      <c r="I139" s="343"/>
+      <c r="J139" s="344"/>
+      <c r="K139" s="343"/>
     </row>
     <row r="140" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F140" s="344">
+      <c r="F140" s="343">
         <f>'Drop-Down Lists Input'!C87</f>
         <v>0</v>
       </c>
-      <c r="G140" s="344"/>
-[...3 lines deleted...]
-      <c r="K140" s="344"/>
+      <c r="G140" s="343"/>
+      <c r="H140" s="343"/>
+      <c r="I140" s="343"/>
+      <c r="J140" s="344"/>
+      <c r="K140" s="343"/>
     </row>
     <row r="141" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F141" s="344">
+      <c r="F141" s="343">
         <f>'Drop-Down Lists Input'!C88</f>
         <v>0</v>
       </c>
-      <c r="G141" s="344"/>
-[...3 lines deleted...]
-      <c r="K141" s="344"/>
+      <c r="G141" s="343"/>
+      <c r="H141" s="343"/>
+      <c r="I141" s="343"/>
+      <c r="J141" s="344"/>
+      <c r="K141" s="343"/>
     </row>
     <row r="142" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F142" s="344">
+      <c r="F142" s="343">
         <f>'Drop-Down Lists Input'!C89</f>
         <v>0</v>
       </c>
-      <c r="G142" s="344"/>
-[...3 lines deleted...]
-      <c r="K142" s="344"/>
+      <c r="G142" s="343"/>
+      <c r="H142" s="343"/>
+      <c r="I142" s="343"/>
+      <c r="J142" s="344"/>
+      <c r="K142" s="343"/>
     </row>
     <row r="143" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F143" s="344">
+      <c r="F143" s="343">
         <f>'Drop-Down Lists Input'!C90</f>
         <v>0</v>
       </c>
-      <c r="G143" s="344"/>
-[...3 lines deleted...]
-      <c r="K143" s="344"/>
+      <c r="G143" s="343"/>
+      <c r="H143" s="343"/>
+      <c r="I143" s="343"/>
+      <c r="J143" s="344"/>
+      <c r="K143" s="343"/>
     </row>
     <row r="144" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F144" s="344">
+      <c r="F144" s="343">
         <f>'Drop-Down Lists Input'!C91</f>
         <v>0</v>
       </c>
-      <c r="G144" s="344"/>
-[...3 lines deleted...]
-      <c r="K144" s="344"/>
+      <c r="G144" s="343"/>
+      <c r="H144" s="343"/>
+      <c r="I144" s="343"/>
+      <c r="J144" s="344"/>
+      <c r="K144" s="343"/>
     </row>
     <row r="145" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F145" s="344">
+      <c r="F145" s="343">
         <f>'Drop-Down Lists Input'!C92</f>
         <v>0</v>
       </c>
-      <c r="G145" s="344"/>
-[...3 lines deleted...]
-      <c r="K145" s="344"/>
+      <c r="G145" s="343"/>
+      <c r="H145" s="343"/>
+      <c r="I145" s="343"/>
+      <c r="J145" s="344"/>
+      <c r="K145" s="343"/>
     </row>
     <row r="146" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F146" s="344">
+      <c r="F146" s="343">
         <f>'Drop-Down Lists Input'!C93</f>
         <v>0</v>
       </c>
-      <c r="G146" s="344"/>
-[...3 lines deleted...]
-      <c r="K146" s="344"/>
+      <c r="G146" s="343"/>
+      <c r="H146" s="343"/>
+      <c r="I146" s="343"/>
+      <c r="J146" s="344"/>
+      <c r="K146" s="343"/>
     </row>
     <row r="147" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F147" s="344">
+      <c r="F147" s="343">
         <f>'Drop-Down Lists Input'!C94</f>
         <v>0</v>
       </c>
-      <c r="G147" s="344"/>
-[...3 lines deleted...]
-      <c r="K147" s="344"/>
+      <c r="G147" s="343"/>
+      <c r="H147" s="343"/>
+      <c r="I147" s="343"/>
+      <c r="J147" s="344"/>
+      <c r="K147" s="343"/>
     </row>
     <row r="148" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F148" s="344">
+      <c r="F148" s="343">
         <f>'Drop-Down Lists Input'!C95</f>
         <v>0</v>
       </c>
-      <c r="G148" s="344"/>
-[...3 lines deleted...]
-      <c r="K148" s="344"/>
+      <c r="G148" s="343"/>
+      <c r="H148" s="343"/>
+      <c r="I148" s="343"/>
+      <c r="J148" s="344"/>
+      <c r="K148" s="343"/>
     </row>
     <row r="149" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F149" s="344">
+      <c r="F149" s="343">
         <f>'Drop-Down Lists Input'!C96</f>
         <v>0</v>
       </c>
-      <c r="G149" s="344"/>
-[...3 lines deleted...]
-      <c r="K149" s="344"/>
+      <c r="G149" s="343"/>
+      <c r="H149" s="343"/>
+      <c r="I149" s="343"/>
+      <c r="J149" s="344"/>
+      <c r="K149" s="343"/>
     </row>
     <row r="150" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F150" s="344">
+      <c r="F150" s="343">
         <f>'Drop-Down Lists Input'!C97</f>
         <v>0</v>
       </c>
-      <c r="G150" s="344"/>
-[...3 lines deleted...]
-      <c r="K150" s="344"/>
+      <c r="G150" s="343"/>
+      <c r="H150" s="343"/>
+      <c r="I150" s="343"/>
+      <c r="J150" s="344"/>
+      <c r="K150" s="343"/>
     </row>
     <row r="151" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F151" s="344">
+      <c r="F151" s="343">
         <f>'Drop-Down Lists Input'!C98</f>
         <v>0</v>
       </c>
-      <c r="G151" s="344"/>
-[...3 lines deleted...]
-      <c r="K151" s="344"/>
+      <c r="G151" s="343"/>
+      <c r="H151" s="343"/>
+      <c r="I151" s="343"/>
+      <c r="J151" s="344"/>
+      <c r="K151" s="343"/>
     </row>
     <row r="152" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F152" s="344">
+      <c r="F152" s="343">
         <f>'Drop-Down Lists Input'!C99</f>
         <v>0</v>
       </c>
-      <c r="G152" s="344"/>
-[...3 lines deleted...]
-      <c r="K152" s="344"/>
+      <c r="G152" s="343"/>
+      <c r="H152" s="343"/>
+      <c r="I152" s="343"/>
+      <c r="J152" s="344"/>
+      <c r="K152" s="343"/>
     </row>
     <row r="153" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F153" s="344">
+      <c r="F153" s="343">
         <f>'Drop-Down Lists Input'!C100</f>
         <v>0</v>
       </c>
-      <c r="G153" s="344"/>
-[...3 lines deleted...]
-      <c r="K153" s="344"/>
+      <c r="G153" s="343"/>
+      <c r="H153" s="343"/>
+      <c r="I153" s="343"/>
+      <c r="J153" s="344"/>
+      <c r="K153" s="343"/>
     </row>
     <row r="154" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F154" s="344">
+      <c r="F154" s="343">
         <f>'Drop-Down Lists Input'!C101</f>
         <v>0</v>
       </c>
-      <c r="G154" s="344"/>
-[...3 lines deleted...]
-      <c r="K154" s="344"/>
+      <c r="G154" s="343"/>
+      <c r="H154" s="343"/>
+      <c r="I154" s="343"/>
+      <c r="J154" s="344"/>
+      <c r="K154" s="343"/>
     </row>
     <row r="155" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F155" s="344">
+      <c r="F155" s="343">
         <f>'Drop-Down Lists Input'!C102</f>
         <v>0</v>
       </c>
-      <c r="G155" s="344"/>
-[...3 lines deleted...]
-      <c r="K155" s="344"/>
+      <c r="G155" s="343"/>
+      <c r="H155" s="343"/>
+      <c r="I155" s="343"/>
+      <c r="J155" s="344"/>
+      <c r="K155" s="343"/>
     </row>
     <row r="156" spans="6:11" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <mergeCells count="53">
     <mergeCell ref="AM2:AM3"/>
     <mergeCell ref="AN2:AN3"/>
     <mergeCell ref="AZ1:BF1"/>
     <mergeCell ref="AO2:AO3"/>
     <mergeCell ref="AP2:AP3"/>
     <mergeCell ref="AQ2:AQ3"/>
     <mergeCell ref="AR2:AR3"/>
     <mergeCell ref="AS2:AS3"/>
     <mergeCell ref="AT2:AX2"/>
     <mergeCell ref="BF2:BF3"/>
     <mergeCell ref="O1:AX1"/>
     <mergeCell ref="AZ2:BC2"/>
     <mergeCell ref="BD2:BD3"/>
     <mergeCell ref="BE2:BE3"/>
     <mergeCell ref="AF2:AF3"/>
     <mergeCell ref="AG2:AG3"/>
     <mergeCell ref="AH2:AH3"/>
     <mergeCell ref="AI2:AI3"/>
     <mergeCell ref="AJ2:AJ3"/>
     <mergeCell ref="AK2:AK3"/>
@@ -21880,111 +22386,109 @@
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CF0014B7-8171-42D3-9EE8-6E63A96B7199}">
           <x14:formula1>
             <xm:f>'Drop-Down Lists Input'!$M$13:$M$23</xm:f>
           </x14:formula1>
           <xm:sqref>AZ12:AZ14 AZ16:AZ18 AZ20:AZ22 AZ24:AZ26 AZ28:AZ30 AZ32:AZ34 AZ36:AZ38 AZ40:AZ42 AZ44:AZ46 AZ48:AZ50 AZ4:AZ6 AZ8:AZ10</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C3EED354-3B7A-40C0-A375-3B5D65485A0E}">
           <x14:formula1>
             <xm:f>'Drop-Down Lists Input'!$M$2:$M$11</xm:f>
           </x14:formula1>
           <xm:sqref>AT12:AT14 AT16:AT18 AT20:AT22 AT24:AT26 AT28:AT30 AT32:AT34 AT36:AT38 AT40:AT42 AT44:AT46 AT48:AT50 AT4:AT6 AT8:AT10</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:P93"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A12" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="42" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="14" width="15.7109375" style="1" customWidth="1"/>
     <col min="15" max="15" width="16.7109375" style="1" customWidth="1"/>
     <col min="16" max="16" width="3.28515625" style="1" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B1" s="347" t="s">
-        <v>296</v>
+      <c r="B1" s="346" t="s">
+        <v>295</v>
       </c>
       <c r="C1" s="114" t="s">
         <v>21</v>
       </c>
       <c r="D1" s="115" t="s">
         <v>22</v>
       </c>
       <c r="E1" s="115" t="s">
         <v>23</v>
       </c>
       <c r="F1" s="115" t="s">
         <v>24</v>
       </c>
       <c r="G1" s="115" t="s">
         <v>25</v>
       </c>
       <c r="H1" s="115" t="s">
         <v>26</v>
       </c>
       <c r="I1" s="115" t="s">
         <v>27</v>
       </c>
       <c r="J1" s="115" t="s">
         <v>28</v>
       </c>
       <c r="K1" s="115" t="s">
         <v>29</v>
       </c>
       <c r="L1" s="115" t="s">
         <v>30</v>
       </c>
       <c r="M1" s="115" t="s">
         <v>31</v>
       </c>
       <c r="N1" s="116" t="s">
         <v>32</v>
       </c>
       <c r="O1" s="117" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="2" spans="2:15" ht="19.5" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B2" s="193" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C2" s="194"/>
       <c r="D2" s="195"/>
       <c r="E2" s="195"/>
       <c r="F2" s="195"/>
       <c r="G2" s="195"/>
       <c r="H2" s="195"/>
       <c r="I2" s="195"/>
       <c r="J2" s="195"/>
       <c r="K2" s="195"/>
       <c r="L2" s="195"/>
       <c r="M2" s="195"/>
       <c r="N2" s="195"/>
       <c r="O2" s="196"/>
     </row>
     <row r="3" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B3" s="207" t="str">
         <f>"Crop Sales: "&amp;'Drop-Down Lists Input'!K2</f>
         <v>Crop Sales: List crops grown</v>
       </c>
       <c r="C3" s="208">
         <f>SUMIF('Farm Receipts'!$I$4:$I$6,'Drop-Down Lists Input'!$K2,'Farm Receipts'!$L$4:$L$6)</f>
         <v>0</v>
       </c>
       <c r="D3" s="208">
@@ -22536,91 +23040,91 @@
         <f>'Farm Receipts'!$AA39</f>
         <v>0</v>
       </c>
       <c r="L12" s="52">
         <f>'Farm Receipts'!$AA43</f>
         <v>0</v>
       </c>
       <c r="M12" s="52">
         <f>'Farm Receipts'!$AA47</f>
         <v>0</v>
       </c>
       <c r="N12" s="210">
         <f>'Farm Receipts'!$AA51</f>
         <v>0</v>
       </c>
       <c r="O12" s="209">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B13" s="207" t="str">
         <v>Cash rental income</v>
       </c>
       <c r="C13" s="208">
-        <f>'Farm Receipts'!$AB6</f>
+        <f>'Farm Receipts'!$AB7</f>
         <v>0</v>
       </c>
       <c r="D13" s="52">
-        <f>'Farm Receipts'!$AB10</f>
+        <f>'Farm Receipts'!$AB11</f>
         <v>0</v>
       </c>
       <c r="E13" s="52">
-        <f>'Farm Receipts'!$AB14</f>
+        <f>'Farm Receipts'!$AB15</f>
         <v>0</v>
       </c>
       <c r="F13" s="52">
-        <f>'Farm Receipts'!$AB18</f>
+        <f>'Farm Receipts'!$AB19</f>
         <v>0</v>
       </c>
       <c r="G13" s="52">
-        <f>'Farm Receipts'!$AB22</f>
+        <f>'Farm Receipts'!$AB23</f>
         <v>0</v>
       </c>
       <c r="H13" s="52">
-        <f>'Farm Receipts'!$AB26</f>
+        <f>'Farm Receipts'!$AB27</f>
         <v>0</v>
       </c>
       <c r="I13" s="52">
-        <f>'Farm Receipts'!$AB30</f>
+        <f>'Farm Receipts'!$AB31</f>
         <v>0</v>
       </c>
       <c r="J13" s="52">
-        <f>'Farm Receipts'!$AB34</f>
+        <f>'Farm Receipts'!$AB35</f>
         <v>0</v>
       </c>
       <c r="K13" s="52">
-        <f>'Farm Receipts'!$AB38</f>
+        <f>'Farm Receipts'!$AB39</f>
         <v>0</v>
       </c>
       <c r="L13" s="52">
-        <f>'Farm Receipts'!$AB42</f>
+        <f>'Farm Receipts'!$AB43</f>
         <v>0</v>
       </c>
       <c r="M13" s="52">
-        <f>'Farm Receipts'!$AB46</f>
+        <f>'Farm Receipts'!$AB47</f>
         <v>0</v>
       </c>
       <c r="N13" s="210">
         <f>'Farm Receipts'!$AB51</f>
         <v>0</v>
       </c>
       <c r="O13" s="209">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B14" s="207" t="s">
         <v>194</v>
       </c>
       <c r="C14" s="208">
         <f>'Farm Receipts'!$AO7</f>
         <v>0</v>
       </c>
       <c r="D14" s="52">
         <f>'Farm Receipts'!$AO11</f>
         <v>0</v>
       </c>
       <c r="E14" s="52">
         <f>'Farm Receipts'!$AO15</f>
@@ -22936,51 +23440,51 @@
         <v>0</v>
       </c>
       <c r="K19" s="208">
         <f>'Farm Receipts'!$R$39-SUM(K15:K18)</f>
         <v>0</v>
       </c>
       <c r="L19" s="208">
         <f>'Farm Receipts'!$R$43-SUM(L15:L18)</f>
         <v>0</v>
       </c>
       <c r="M19" s="208">
         <f>'Farm Receipts'!$R$47-SUM(M15:M18)</f>
         <v>0</v>
       </c>
       <c r="N19" s="211">
         <f>'Farm Receipts'!$R$51-SUM(N15:N18)</f>
         <v>0</v>
       </c>
       <c r="O19" s="209">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B20" s="207" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C20" s="208">
         <f>'Farm Receipts'!$AE7</f>
         <v>0</v>
       </c>
       <c r="D20" s="208">
         <f>'Farm Receipts'!$AE11</f>
         <v>0</v>
       </c>
       <c r="E20" s="208">
         <f>'Farm Receipts'!$AE15</f>
         <v>0</v>
       </c>
       <c r="F20" s="208">
         <f>'Farm Receipts'!$AE19</f>
         <v>0</v>
       </c>
       <c r="G20" s="208">
         <f>'Farm Receipts'!$AE23</f>
         <v>0</v>
       </c>
       <c r="H20" s="208">
         <f>'Farm Receipts'!$AE27</f>
         <v>0</v>
       </c>
@@ -23830,51 +24334,51 @@
       <c r="J35" s="120"/>
       <c r="K35" s="120"/>
       <c r="L35" s="120"/>
       <c r="M35" s="120"/>
       <c r="N35" s="120"/>
       <c r="O35" s="121"/>
     </row>
     <row r="36" spans="2:15" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B36" s="122"/>
       <c r="C36" s="122"/>
       <c r="D36" s="123"/>
       <c r="E36" s="123"/>
       <c r="F36" s="123"/>
       <c r="G36" s="123"/>
       <c r="H36" s="123"/>
       <c r="I36" s="123"/>
       <c r="J36" s="123"/>
       <c r="K36" s="123"/>
       <c r="L36" s="123"/>
       <c r="M36" s="123"/>
       <c r="N36" s="123"/>
       <c r="O36" s="124"/>
     </row>
     <row r="37" spans="2:15" ht="19.5" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B37" s="193" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C37" s="194"/>
       <c r="D37" s="195"/>
       <c r="E37" s="195"/>
       <c r="F37" s="195"/>
       <c r="G37" s="195"/>
       <c r="H37" s="195"/>
       <c r="I37" s="195"/>
       <c r="J37" s="195"/>
       <c r="K37" s="195"/>
       <c r="L37" s="195"/>
       <c r="M37" s="195"/>
       <c r="N37" s="195"/>
       <c r="O37" s="196"/>
     </row>
     <row r="38" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B38" s="207" t="str" cm="1">
         <f t="array" ref="B38:B68">TRANSPOSE('Farm Expenditures'!O2:AS2)</f>
         <v>Car and Truck Expenses</v>
       </c>
       <c r="C38" s="208">
         <f>'Farm Expenditures'!$O$7</f>
         <v>0</v>
       </c>
       <c r="D38" s="52">
@@ -24761,51 +25265,51 @@
         <v>0</v>
       </c>
       <c r="K53" s="52">
         <f>'Farm Expenditures'!$AD$39</f>
         <v>0</v>
       </c>
       <c r="L53" s="52">
         <f>'Farm Expenditures'!$AD$43</f>
         <v>0</v>
       </c>
       <c r="M53" s="52">
         <f>'Farm Expenditures'!$AD$47</f>
         <v>0</v>
       </c>
       <c r="N53" s="210">
         <f>'Farm Expenditures'!$AD$51</f>
         <v>0</v>
       </c>
       <c r="O53" s="209">
         <f>SUM(C53:N53)</f>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="2:15" x14ac:dyDescent="0.25">
       <c r="B54" s="207" t="str">
-        <v xml:space="preserve"> Land, livestock, or building rent</v>
+        <v>Rent paid on land or buildings</v>
       </c>
       <c r="C54" s="208">
         <f>'Farm Expenditures'!$AE$7</f>
         <v>0</v>
       </c>
       <c r="D54" s="52">
         <f>'Farm Expenditures'!$AE$11</f>
         <v>0</v>
       </c>
       <c r="E54" s="52">
         <f>'Farm Expenditures'!$AE$15</f>
         <v>0</v>
       </c>
       <c r="F54" s="52">
         <f>'Farm Expenditures'!$AE$19</f>
         <v>0</v>
       </c>
       <c r="G54" s="52">
         <f>'Farm Expenditures'!$AE$23</f>
         <v>0</v>
       </c>
       <c r="H54" s="52">
         <f>'Farm Expenditures'!$AE$27</f>
         <v>0</v>
       </c>
@@ -26606,72 +27110,72 @@
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="K86" s="249">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="L86" s="249">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="M86" s="249">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="N86" s="249">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="O86" s="250">
         <f>C88+O33-O82</f>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="2:15" ht="22.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="B87" s="323" t="s">
-        <v>291</v>
+      <c r="B87" s="322" t="s">
+        <v>290</v>
       </c>
       <c r="C87" s="125"/>
       <c r="D87" s="125"/>
       <c r="E87" s="125"/>
       <c r="F87" s="125"/>
       <c r="G87" s="125"/>
       <c r="H87" s="125"/>
       <c r="I87" s="125"/>
       <c r="J87" s="125"/>
       <c r="K87" s="125"/>
       <c r="L87" s="125"/>
       <c r="M87" s="125"/>
       <c r="N87" s="125"/>
       <c r="O87" s="125"/>
     </row>
     <row r="88" spans="2:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B88" s="324" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="325"/>
+      <c r="B88" s="323" t="s">
+        <v>291</v>
+      </c>
+      <c r="C88" s="324"/>
       <c r="D88" s="126"/>
       <c r="E88" s="126"/>
       <c r="F88" s="126"/>
       <c r="G88" s="126"/>
       <c r="H88" s="126"/>
       <c r="I88" s="126"/>
       <c r="J88" s="126"/>
       <c r="K88" s="126"/>
       <c r="L88" s="126"/>
       <c r="M88" s="126"/>
       <c r="N88" s="126"/>
       <c r="O88" s="126"/>
     </row>
     <row r="89" spans="2:15" x14ac:dyDescent="0.25">
       <c r="C89" s="127"/>
       <c r="D89" s="127"/>
       <c r="E89" s="127"/>
       <c r="F89" s="127"/>
       <c r="G89" s="127"/>
       <c r="H89" s="127"/>
       <c r="I89" s="127"/>
       <c r="J89" s="127"/>
       <c r="K89" s="127"/>
       <c r="L89" s="127"/>
       <c r="M89" s="127"/>
@@ -26722,161 +27226,161 @@
       <c r="M92" s="127"/>
       <c r="N92" s="127"/>
       <c r="O92" s="127"/>
     </row>
     <row r="93" spans="2:15" x14ac:dyDescent="0.25">
       <c r="C93" s="127"/>
       <c r="D93" s="127"/>
       <c r="E93" s="127"/>
       <c r="F93" s="127"/>
       <c r="G93" s="127"/>
       <c r="H93" s="127"/>
       <c r="I93" s="127"/>
       <c r="J93" s="127"/>
       <c r="K93" s="127"/>
       <c r="L93" s="127"/>
       <c r="M93" s="127"/>
       <c r="N93" s="127"/>
       <c r="O93" s="127"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="C88" name="Edit cell"/>
   </protectedRanges>
   <conditionalFormatting sqref="C85:O85">
-    <cfRule type="cellIs" dxfId="6" priority="2" operator="lessThan">
+    <cfRule type="cellIs" dxfId="7" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="5" priority="3" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="6" priority="3" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C86:O86">
-    <cfRule type="cellIs" dxfId="4" priority="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="5" priority="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="B1" location="Directions!A172" display="Directions for sheet" xr:uid="{86FB0F43-4235-4262-A06A-9E1D3D2EE189}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="78" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="35" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3636CD8A-D503-4B4F-BC19-5E0334D55BD2}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="B1:T15"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="L9" sqref="L9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="22.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="11" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="9.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="3.28515625" style="1" customWidth="1"/>
     <col min="11" max="11" width="25.28515625" style="1" customWidth="1"/>
     <col min="12" max="12" width="10" style="1" customWidth="1"/>
     <col min="13" max="13" width="9.5703125" style="1" customWidth="1"/>
     <col min="14" max="14" width="8.140625" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="16.140625" style="1" customWidth="1"/>
     <col min="17" max="18" width="9.140625" style="1" customWidth="1"/>
     <col min="19" max="19" width="9.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14" style="1" customWidth="1"/>
     <col min="21" max="21" width="3.28515625" style="1" customWidth="1"/>
     <col min="22" max="16384" width="0" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B1" s="428" t="s">
-[...5 lines deleted...]
-      <c r="F1" s="328" t="s">
+      <c r="B1" s="429" t="s">
+        <v>295</v>
+      </c>
+      <c r="C1" s="429"/>
+      <c r="D1" s="429"/>
+      <c r="E1" s="328"/>
+      <c r="F1" s="327" t="s">
         <v>204</v>
       </c>
-      <c r="G1" s="329"/>
-[...13 lines deleted...]
-      <c r="T1" s="427"/>
+      <c r="G1" s="328"/>
+      <c r="H1" s="328"/>
+      <c r="I1" s="329"/>
+      <c r="K1" s="426" t="s">
+        <v>279</v>
+      </c>
+      <c r="L1" s="427"/>
+      <c r="M1" s="427"/>
+      <c r="N1" s="427"/>
+      <c r="O1" s="427"/>
+      <c r="P1" s="427"/>
+      <c r="Q1" s="427"/>
+      <c r="R1" s="427"/>
+      <c r="S1" s="427"/>
+      <c r="T1" s="428"/>
     </row>
     <row r="2" spans="2:20" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="128"/>
       <c r="C2" s="129"/>
-      <c r="D2" s="419" t="s">
+      <c r="D2" s="420" t="s">
         <v>199</v>
       </c>
-      <c r="E2" s="420"/>
-[...1 lines deleted...]
-      <c r="G2" s="422" t="s">
+      <c r="E2" s="421"/>
+      <c r="F2" s="422"/>
+      <c r="G2" s="423" t="s">
         <v>202</v>
       </c>
-      <c r="H2" s="423"/>
-      <c r="I2" s="424"/>
+      <c r="H2" s="424"/>
+      <c r="I2" s="425"/>
       <c r="K2" s="128"/>
       <c r="L2" s="129"/>
-      <c r="M2" s="419" t="s">
+      <c r="M2" s="420" t="s">
         <v>199</v>
       </c>
-      <c r="N2" s="419"/>
-[...2 lines deleted...]
-      <c r="Q2" s="422" t="s">
+      <c r="N2" s="420"/>
+      <c r="O2" s="421"/>
+      <c r="P2" s="422"/>
+      <c r="Q2" s="423" t="s">
         <v>202</v>
       </c>
-      <c r="R2" s="422"/>
-[...1 lines deleted...]
-      <c r="T2" s="424"/>
+      <c r="R2" s="423"/>
+      <c r="S2" s="424"/>
+      <c r="T2" s="425"/>
     </row>
     <row r="3" spans="2:20" ht="47.25" x14ac:dyDescent="0.25">
       <c r="B3" s="130" t="s">
         <v>198</v>
       </c>
       <c r="C3" s="131" t="s">
         <v>203</v>
       </c>
       <c r="D3" s="131" t="s">
         <v>200</v>
       </c>
       <c r="E3" s="131" t="s">
         <v>165</v>
       </c>
       <c r="F3" s="272" t="s">
         <v>201</v>
       </c>
       <c r="G3" s="131" t="s">
         <v>200</v>
       </c>
       <c r="H3" s="131" t="s">
         <v>165</v>
       </c>
       <c r="I3" s="272" t="s">
         <v>201</v>
@@ -27332,107 +27836,105 @@
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="C4:E13 G4:H13 L4:O13 Q4:S13" name="Edit cells"/>
   </protectedRanges>
   <mergeCells count="6">
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:I2"/>
     <mergeCell ref="M2:P2"/>
     <mergeCell ref="Q2:T2"/>
     <mergeCell ref="K1:T1"/>
     <mergeCell ref="B1:D1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B1:D1" location="Directions!A223" display="Directions for sheet" xr:uid="{520B4BA8-4D55-451B-998E-C1DC9214AF39}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4833AAA-0CDF-4AA8-B862-20A3C2E6024D}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:M44"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.28515625" style="138" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="138" customWidth="1"/>
     <col min="3" max="3" width="74" style="138" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" style="138" customWidth="1"/>
     <col min="5" max="5" width="3.28515625" style="138" customWidth="1"/>
     <col min="6" max="6" width="8.5703125" style="138" customWidth="1"/>
     <col min="7" max="7" width="39.42578125" style="138" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.85546875" style="138" customWidth="1"/>
     <col min="9" max="9" width="8.42578125" style="138" customWidth="1"/>
     <col min="10" max="10" width="45.85546875" style="138" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="12.5703125" style="138" customWidth="1"/>
     <col min="12" max="12" width="3.28515625" style="138" customWidth="1"/>
     <col min="13" max="13" width="0" style="138" hidden="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="138" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B1" s="429" t="s">
+      <c r="B1" s="430" t="s">
         <v>85</v>
       </c>
-      <c r="C1" s="430"/>
-[...1 lines deleted...]
-      <c r="F1" s="429" t="s">
+      <c r="C1" s="431"/>
+      <c r="D1" s="432"/>
+      <c r="F1" s="430" t="s">
         <v>86</v>
       </c>
-      <c r="G1" s="430"/>
-[...3 lines deleted...]
-      <c r="K1" s="431"/>
+      <c r="G1" s="431"/>
+      <c r="H1" s="431"/>
+      <c r="I1" s="431"/>
+      <c r="J1" s="431"/>
+      <c r="K1" s="432"/>
     </row>
     <row r="2" spans="2:13" ht="30" x14ac:dyDescent="0.25">
-      <c r="B2" s="348" t="s">
+      <c r="B2" s="347" t="s">
         <v>88</v>
       </c>
       <c r="C2" s="141" t="s">
         <v>89</v>
       </c>
       <c r="D2" s="142" t="s">
         <v>90</v>
       </c>
-      <c r="F2" s="348" t="s">
+      <c r="F2" s="347" t="s">
         <v>88</v>
       </c>
       <c r="G2" s="141" t="s">
         <v>89</v>
       </c>
       <c r="H2" s="141" t="s">
         <v>90</v>
       </c>
-      <c r="I2" s="349" t="s">
+      <c r="I2" s="348" t="s">
         <v>88</v>
       </c>
       <c r="J2" s="141" t="s">
         <v>89</v>
       </c>
       <c r="K2" s="142" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="3" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B3" s="143" t="s">
         <v>92</v>
       </c>
       <c r="C3" s="138" t="s">
         <v>93</v>
       </c>
       <c r="D3" s="278">
         <f>SUMIF('Farm Receipts'!N4:N50,'Farm Receipts'!M56,'Farm Receipts'!R4:R50)</f>
         <v>0</v>
       </c>
       <c r="F3" s="143">
         <v>10</v>
       </c>
       <c r="G3" s="138" t="s">
         <v>94</v>
@@ -27586,704 +28088,704 @@
       </c>
       <c r="C8" s="138" t="s">
         <v>113</v>
       </c>
       <c r="D8" s="277">
         <f>'Cash Flow Summary'!O11</f>
         <v>0</v>
       </c>
       <c r="F8" s="143">
         <v>15</v>
       </c>
       <c r="G8" s="138" t="s">
         <v>114</v>
       </c>
       <c r="H8" s="282">
         <f>'Cash Flow Summary'!O43</f>
         <v>0</v>
       </c>
       <c r="I8" s="144">
         <v>27</v>
       </c>
       <c r="J8" s="138" t="s">
         <v>115</v>
       </c>
       <c r="K8" s="278">
-        <f>'Cash Flow Summary'!O57</f>
+        <f>'Cash Flow Summary'!O58</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B9" s="143" t="s">
         <v>116</v>
       </c>
       <c r="C9" s="138" t="s">
         <v>117</v>
       </c>
       <c r="D9" s="278">
         <f>'Cash Flow Summary'!O9</f>
         <v>0</v>
       </c>
       <c r="F9" s="143">
         <v>16</v>
       </c>
       <c r="G9" s="138" t="s">
         <v>10</v>
       </c>
       <c r="H9" s="282">
         <f>'Cash Flow Summary'!O44</f>
         <v>0</v>
       </c>
       <c r="I9" s="144">
         <v>28</v>
       </c>
       <c r="J9" s="138" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="278">
-        <f>'Cash Flow Summary'!O58</f>
+        <f>'Cash Flow Summary'!O59</f>
         <v>0</v>
       </c>
       <c r="M9" s="145" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="10" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B10" s="143" t="s">
         <v>118</v>
       </c>
       <c r="C10" s="138" t="s">
         <v>119</v>
       </c>
       <c r="D10" s="277">
         <f>'Cash Flow Summary'!O9</f>
         <v>0</v>
       </c>
       <c r="F10" s="143">
         <v>17</v>
       </c>
       <c r="G10" s="138" t="s">
         <v>120</v>
       </c>
       <c r="H10" s="282">
         <f>'Cash Flow Summary'!O45</f>
         <v>0</v>
       </c>
       <c r="I10" s="144">
         <v>29</v>
       </c>
       <c r="J10" s="138" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="278">
-        <f>'Cash Flow Summary'!O59</f>
+        <f>'Cash Flow Summary'!O60</f>
         <v>0</v>
       </c>
       <c r="M10" s="138" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="11" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B11" s="143" t="s">
         <v>121</v>
       </c>
       <c r="C11" s="138" t="s">
         <v>122</v>
       </c>
       <c r="D11" s="278">
         <f>'Farm Receipts'!AO53</f>
         <v>0</v>
       </c>
       <c r="F11" s="143">
         <v>18</v>
       </c>
       <c r="G11" s="138" t="s">
         <v>123</v>
       </c>
       <c r="H11" s="282">
         <f>'Cash Flow Summary'!O46</f>
         <v>0</v>
       </c>
       <c r="I11" s="144">
         <v>30</v>
       </c>
       <c r="J11" s="138" t="s">
         <v>124</v>
       </c>
       <c r="K11" s="278">
-        <f>'Cash Flow Summary'!O60</f>
+        <f>'Cash Flow Summary'!O61</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B12" s="143" t="s">
         <v>125</v>
       </c>
       <c r="C12" s="138" t="s">
         <v>126</v>
       </c>
       <c r="D12" s="278">
         <f>'Farm Receipts'!AP53</f>
         <v>0</v>
       </c>
       <c r="F12" s="143">
         <v>19</v>
       </c>
       <c r="G12" s="138" t="s">
         <v>174</v>
       </c>
       <c r="H12" s="282">
         <f>'Cash Flow Summary'!O47</f>
         <v>0</v>
       </c>
       <c r="I12" s="144">
         <v>31</v>
       </c>
       <c r="J12" s="138" t="s">
         <v>127</v>
       </c>
       <c r="K12" s="278">
-        <f>'Cash Flow Summary'!O61</f>
+        <f>'Cash Flow Summary'!O62</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B13" s="143" t="s">
         <v>128</v>
       </c>
       <c r="C13" s="138" t="s">
         <v>129</v>
       </c>
       <c r="D13" s="278">
         <f>D11-D12</f>
         <v>0</v>
       </c>
       <c r="F13" s="143">
         <v>20</v>
       </c>
       <c r="G13" s="138" t="s">
         <v>130</v>
       </c>
       <c r="H13" s="282">
         <f>'Cash Flow Summary'!O48</f>
         <v>0</v>
       </c>
       <c r="I13" s="144" t="s">
         <v>131</v>
       </c>
-      <c r="J13" s="138">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="J13" s="138" t="str">
+        <f>'Farm Expenditures'!AN2</f>
+        <v>Enter other expense type</v>
       </c>
       <c r="K13" s="278">
-        <f>'Cash Flow Summary'!O62</f>
+        <f>'Cash Flow Summary'!O63</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B14" s="143" t="s">
         <v>136</v>
       </c>
       <c r="C14" s="138" t="s">
         <v>197</v>
       </c>
       <c r="D14" s="278">
         <f>'Cash Flow Summary'!O8</f>
         <v>0</v>
       </c>
       <c r="F14" s="143" t="s">
         <v>133</v>
       </c>
       <c r="G14" s="138" t="s">
         <v>134</v>
       </c>
       <c r="H14" s="282">
         <f>'Cash Flow Summary'!O49</f>
         <v>0</v>
       </c>
       <c r="I14" s="144" t="s">
         <v>135</v>
       </c>
-      <c r="J14" s="138">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="J14" s="138" t="str">
+        <f>'Farm Expenditures'!AO2</f>
+        <v>Enter other expense type</v>
       </c>
       <c r="K14" s="278">
-        <f>'Cash Flow Summary'!O63</f>
+        <f>'Cash Flow Summary'!O64</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B15" s="143" t="s">
         <v>140</v>
       </c>
       <c r="C15" s="138" t="s">
         <v>141</v>
       </c>
       <c r="D15" s="278">
         <f>'Cash Flow Summary'!O8</f>
         <v>0</v>
       </c>
       <c r="F15" s="143" t="s">
         <v>137</v>
       </c>
       <c r="G15" s="138" t="s">
         <v>138</v>
       </c>
       <c r="H15" s="282">
         <f>'Cash Flow Summary'!O50</f>
         <v>0</v>
       </c>
       <c r="I15" s="144" t="s">
         <v>139</v>
       </c>
-      <c r="J15" s="138">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="J15" s="138" t="str">
+        <f>'Farm Expenditures'!AP2</f>
+        <v>Enter other expense type</v>
       </c>
       <c r="K15" s="278">
-        <f>'Cash Flow Summary'!O64</f>
+        <f>'Cash Flow Summary'!O65</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:13" x14ac:dyDescent="0.25">
       <c r="B16" s="143" t="s">
         <v>144</v>
       </c>
       <c r="C16" s="138" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="D16" s="281" t="s">
         <v>196</v>
       </c>
       <c r="F16" s="143">
         <v>22</v>
       </c>
       <c r="G16" s="138" t="s">
         <v>142</v>
       </c>
       <c r="H16" s="282">
         <f>'Cash Flow Summary'!O51</f>
         <v>0</v>
       </c>
       <c r="I16" s="144" t="s">
         <v>143</v>
       </c>
-      <c r="J16" s="138">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="J16" s="138" t="str">
+        <f>'Farm Expenditures'!AQ2</f>
+        <v>Enter other expense type</v>
       </c>
       <c r="K16" s="278">
-        <f>'Cash Flow Summary'!O65</f>
+        <f>'Cash Flow Summary'!O66</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B17" s="143" t="s">
         <v>146</v>
       </c>
       <c r="C17" s="138" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D17" s="281"/>
       <c r="F17" s="139"/>
       <c r="I17" s="144" t="s">
         <v>145</v>
       </c>
-      <c r="J17" s="138">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="J17" s="138" t="str">
+        <f>'Farm Expenditures'!AR2</f>
+        <v>Enter other expense type</v>
       </c>
       <c r="K17" s="278">
-        <f>'Cash Flow Summary'!O66</f>
+        <f>'Cash Flow Summary'!O67</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B18" s="139">
         <v>7</v>
       </c>
       <c r="C18" s="138" t="s">
         <v>148</v>
       </c>
       <c r="D18" s="278">
         <f>'Cash Flow Summary'!O10</f>
         <v>0</v>
       </c>
       <c r="F18" s="146"/>
       <c r="G18" s="147"/>
       <c r="H18" s="147"/>
       <c r="I18" s="148" t="s">
         <v>147</v>
       </c>
-      <c r="J18" s="147">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="J18" s="147" t="str">
+        <f>'Farm Expenditures'!AS2</f>
+        <v>Enter other expense type</v>
       </c>
       <c r="K18" s="279">
-        <f>'Cash Flow Summary'!O67</f>
+        <f>'Cash Flow Summary'!O68</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B19" s="146">
         <v>8</v>
       </c>
       <c r="C19" s="147" t="s">
         <v>150</v>
       </c>
       <c r="D19" s="279">
         <f>SUM('Cash Flow Summary'!O21:O24)</f>
         <v>0</v>
       </c>
       <c r="F19" s="139"/>
       <c r="I19" s="149">
         <v>33</v>
       </c>
       <c r="J19" s="150" t="s">
         <v>149</v>
       </c>
       <c r="K19" s="283">
         <f>SUM(H3:H16,K3:K18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:11" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="151">
         <v>9</v>
       </c>
       <c r="C20" s="152" t="s">
         <v>151</v>
       </c>
       <c r="D20" s="280">
         <f ca="1">SUM(D6,D8,D10,D11,D13,D15,IF(D16="yes",D17,0),D18,D19)</f>
         <v>0</v>
       </c>
       <c r="F20" s="153"/>
       <c r="G20" s="154"/>
       <c r="H20" s="154"/>
       <c r="I20" s="155">
         <v>34</v>
       </c>
       <c r="J20" s="156" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="K20" s="280">
         <f ca="1">D20-K19</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:11" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B21" s="432" t="s">
-[...6 lines deleted...]
-      <c r="K21" s="354">
+      <c r="B21" s="433" t="s">
+        <v>295</v>
+      </c>
+      <c r="C21" s="433"/>
+      <c r="J21" s="352" t="s">
+        <v>330</v>
+      </c>
+      <c r="K21" s="353">
         <f ca="1">D42 -K19</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="23" spans="2:11" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B23" s="429" t="s">
+      <c r="B23" s="430" t="s">
         <v>152</v>
       </c>
-      <c r="C23" s="430"/>
-      <c r="D23" s="431"/>
+      <c r="C23" s="431"/>
+      <c r="D23" s="432"/>
       <c r="F23" s="140" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="24" spans="2:11" ht="30" x14ac:dyDescent="0.25">
-      <c r="B24" s="348" t="s">
+      <c r="B24" s="347" t="s">
         <v>88</v>
       </c>
       <c r="C24" s="141" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="142" t="s">
         <v>90</v>
       </c>
       <c r="F24" s="140" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="25" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B25" s="143">
         <v>37</v>
       </c>
       <c r="C25" s="138" t="s">
         <v>210</v>
       </c>
-      <c r="D25" s="350">
+      <c r="D25" s="349">
         <f ca="1">SUM('Cash Flow Summary'!O3:O7,'Cash Flow Summary'!O15:O24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B26" s="143" t="s">
         <v>153</v>
       </c>
       <c r="C26" s="138" t="s">
         <v>109</v>
       </c>
-      <c r="D26" s="350">
+      <c r="D26" s="349">
         <f>'Cash Flow Summary'!O11</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B27" s="143" t="s">
         <v>154</v>
       </c>
       <c r="C27" s="138" t="s">
         <v>113</v>
       </c>
       <c r="D27" s="277">
         <f>'Cash Flow Summary'!O14</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B28" s="143" t="s">
         <v>155</v>
       </c>
       <c r="C28" s="138" t="s">
         <v>117</v>
       </c>
-      <c r="D28" s="350">
+      <c r="D28" s="349">
         <f>'Cash Flow Summary'!O9</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B29" s="143" t="s">
         <v>156</v>
       </c>
       <c r="C29" s="138" t="s">
         <v>119</v>
       </c>
       <c r="D29" s="277">
         <f>'Cash Flow Summary'!O9</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B30" s="143" t="s">
         <v>157</v>
       </c>
       <c r="C30" s="138" t="s">
         <v>122</v>
       </c>
-      <c r="D30" s="350">
+      <c r="D30" s="349">
         <f>'Farm Receipts'!AO53</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B31" s="143" t="s">
         <v>158</v>
       </c>
       <c r="C31" s="138" t="s">
         <v>126</v>
       </c>
-      <c r="D31" s="350">
+      <c r="D31" s="349">
         <f>'Farm Receipts'!AP53</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B32" s="143" t="s">
         <v>159</v>
       </c>
       <c r="C32" s="138" t="s">
         <v>129</v>
       </c>
-      <c r="D32" s="350">
+      <c r="D32" s="349">
         <f>D30-D31</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" s="143">
         <v>41</v>
       </c>
       <c r="C33" s="138" t="s">
         <v>132</v>
       </c>
-      <c r="D33" s="350">
+      <c r="D33" s="349">
         <f>D14</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" s="143">
         <v>42</v>
       </c>
       <c r="C34" s="138" t="s">
         <v>148</v>
       </c>
-      <c r="D34" s="350">
+      <c r="D34" s="349">
         <f>'Cash Flow Summary'!O10</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" s="143">
         <v>43</v>
       </c>
       <c r="C35" s="138" t="s">
         <v>160</v>
       </c>
-      <c r="D35" s="350">
+      <c r="D35" s="349">
         <f>SUM('Cash Flow Summary'!O21:O24)</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" s="143">
         <v>44</v>
       </c>
       <c r="C36" s="138" t="s">
         <v>161</v>
       </c>
       <c r="D36" s="278">
         <f ca="1">SUM(D25,D27,D29,D30,D32,D33:D35)</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:4" ht="30" x14ac:dyDescent="0.25">
       <c r="B37" s="292">
         <v>45</v>
       </c>
       <c r="C37" s="157" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="D37" s="351">
+        <v>282</v>
+      </c>
+      <c r="D37" s="350">
         <f>SUM(Inventory!F14,Inventory!P14)</f>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B38" s="158">
         <v>46</v>
       </c>
       <c r="C38" s="147" t="s">
         <v>209</v>
       </c>
-      <c r="D38" s="352">
+      <c r="D38" s="351">
         <f>SUM('Cash Flow Summary'!O69:O73)</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" s="143">
         <v>47</v>
       </c>
       <c r="C39" s="138" t="s">
         <v>191</v>
       </c>
       <c r="D39" s="278">
         <f>D37+D38</f>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" s="143">
         <v>48</v>
       </c>
       <c r="C40" s="138" t="s">
         <v>162</v>
       </c>
-      <c r="D40" s="350">
+      <c r="D40" s="349">
         <f>Inventory!I14+Inventory!T14</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B41" s="158">
         <v>49</v>
       </c>
       <c r="C41" s="147" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D41" s="279">
         <f>D39-D40</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B42" s="159">
         <v>50</v>
       </c>
       <c r="C42" s="156" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="D42" s="280">
         <f ca="1">D36-D41</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:4" x14ac:dyDescent="0.25"/>
     <row r="44" spans="2:4" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="D8 D10 D16:D17 D27 D29" name="Edit cells"/>
   </protectedRanges>
   <mergeCells count="4">
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B23:D23"/>
     <mergeCell ref="F1:K1"/>
     <mergeCell ref="B21:C21"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D16" xr:uid="{94660A57-02D6-49A4-B675-8072FF7E38B4}">
       <formula1>$M$9:$M$10</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="This cell assumes all co-op distributions are taxable.  A co-op eligible for IRC section 521 should notify you that their distribution is tax-exempt. In that case, reduce the calculated amount by the total of exempt distributions." sqref="D8 D27" xr:uid="{2067BB46-EADE-4E10-A3ED-B3A8328E3CB0}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="This cell assumes all program payments are taxable.  Program payments may not be taxable in specific instances, noted on form 1099-G. In that case, reduce the calculated amount by the total of tax-exempt payments." sqref="D10 D29" xr:uid="{CF5E6108-9433-45EF-804C-5C139A4B7D9D}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F23" r:id="rId1" xr:uid="{179FA192-3465-4B18-85EF-3D44ECAFDFF3}"/>
     <hyperlink ref="F24" r:id="rId2" xr:uid="{B8DA2DE5-8988-474D-98F7-A5DCE19055C7}"/>
     <hyperlink ref="B21:C21" location="Directions!A278" display="Directions for sheet" xr:uid="{91D57241-784D-4EDB-A4F5-E2AEDC8E7D4C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet8"/>
-  <dimension ref="A1:P93"/>
+  <dimension ref="A1:P142"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H3" sqref="H3"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.42578125" style="306" customWidth="1"/>
     <col min="2" max="2" width="15.140625" style="306" customWidth="1"/>
     <col min="3" max="3" width="5.7109375" style="305" customWidth="1"/>
     <col min="4" max="4" width="24.7109375" style="306" customWidth="1"/>
     <col min="5" max="5" width="14.85546875" style="306" customWidth="1"/>
     <col min="6" max="6" width="5.7109375" style="305" customWidth="1"/>
     <col min="7" max="7" width="19.140625" style="306" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="306" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.28515625" style="306" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.28515625" style="306" customWidth="1"/>
     <col min="11" max="11" width="5.7109375" style="305" customWidth="1"/>
     <col min="12" max="12" width="13.7109375" style="306" customWidth="1"/>
     <col min="13" max="14" width="14.28515625" style="306" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="14.28515625" style="306" customWidth="1"/>
     <col min="16" max="16" width="9.140625" style="305" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="306" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="38.25" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="293" t="str">
         <f>'Drop-Down Lists Input'!A1</f>
@@ -28729,51 +29231,51 @@
       </c>
       <c r="M9" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I9,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N9" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I9,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O9" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="296">
         <f>'Drop-Down Lists Input'!A10</f>
         <v>0</v>
       </c>
       <c r="B10" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A10,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C10" s="303"/>
       <c r="D10" s="296">
-        <f>'Drop-Down Lists Input'!C11</f>
+        <f>'Drop-Down Lists Input'!C10</f>
         <v>0</v>
       </c>
       <c r="E10" s="304">
         <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C11,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G10" s="296">
         <f>'Drop-Down Lists Input'!G10</f>
         <v>0</v>
       </c>
       <c r="H10" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G10,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I10" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G10,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J10" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L10" s="296">
         <f>'Drop-Down Lists Input'!I10</f>
         <v>0</v>
@@ -28829,2107 +29331,3422 @@
         <f>'Drop-Down Lists Input'!I11</f>
         <v>0</v>
       </c>
       <c r="M11" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I11,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N11" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I11,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O11" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" s="296">
         <f>'Drop-Down Lists Input'!A12</f>
         <v>0</v>
       </c>
       <c r="B12" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A12,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C12" s="303"/>
       <c r="D12" s="296">
-        <f>'Drop-Down Lists Input'!C13</f>
+        <f>'Drop-Down Lists Input'!C12</f>
         <v>0</v>
       </c>
       <c r="E12" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C12,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G12" s="296">
         <f>'Drop-Down Lists Input'!G12</f>
         <v>0</v>
       </c>
       <c r="H12" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G12,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I12" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G12,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J12" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L12" s="296">
         <f>'Drop-Down Lists Input'!I12</f>
         <v>0</v>
       </c>
       <c r="M12" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I12,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N12" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I12,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O12" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" s="296">
         <f>'Drop-Down Lists Input'!A13</f>
         <v>0</v>
       </c>
       <c r="B13" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A13,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C13" s="303"/>
       <c r="D13" s="296">
         <f>'Drop-Down Lists Input'!C13</f>
         <v>0</v>
       </c>
       <c r="E13" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C13,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G13" s="296">
         <f>'Drop-Down Lists Input'!G13</f>
         <v>0</v>
       </c>
       <c r="H13" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G13,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I13" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G13,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J13" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L13" s="296">
         <f>'Drop-Down Lists Input'!I13</f>
         <v>0</v>
       </c>
       <c r="M13" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I13,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N13" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I13,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O13" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" s="296">
         <f>'Drop-Down Lists Input'!A14</f>
         <v>0</v>
       </c>
       <c r="B14" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A14,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C14" s="303"/>
       <c r="D14" s="296">
-        <f>'Drop-Down Lists Input'!C15</f>
+        <f>'Drop-Down Lists Input'!C14</f>
         <v>0</v>
       </c>
       <c r="E14" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C14,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G14" s="296">
         <f>'Drop-Down Lists Input'!G14</f>
         <v>0</v>
       </c>
       <c r="H14" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G14,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I14" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G14,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J14" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L14" s="296">
         <f>'Drop-Down Lists Input'!I14</f>
         <v>0</v>
       </c>
       <c r="M14" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I14,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N14" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I14,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O14" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" s="296">
         <f>'Drop-Down Lists Input'!A15</f>
         <v>0</v>
       </c>
       <c r="B15" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A15,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C15" s="303"/>
       <c r="D15" s="296">
         <f>'Drop-Down Lists Input'!C15</f>
         <v>0</v>
       </c>
       <c r="E15" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C15,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G15" s="296">
         <f>'Drop-Down Lists Input'!G15</f>
         <v>0</v>
       </c>
       <c r="H15" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G15,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I15" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G15,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J15" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L15" s="296">
         <f>'Drop-Down Lists Input'!I15</f>
         <v>0</v>
       </c>
       <c r="M15" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I15,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N15" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I15,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O15" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" s="296">
         <f>'Drop-Down Lists Input'!A16</f>
         <v>0</v>
       </c>
       <c r="B16" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A16,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C16" s="303"/>
       <c r="D16" s="296">
-        <f>'Drop-Down Lists Input'!C17</f>
+        <f>'Drop-Down Lists Input'!C16</f>
         <v>0</v>
       </c>
       <c r="E16" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C16,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G16" s="296">
         <f>'Drop-Down Lists Input'!G16</f>
         <v>0</v>
       </c>
       <c r="H16" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G16,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I16" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G16,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J16" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L16" s="296">
         <f>'Drop-Down Lists Input'!I16</f>
         <v>0</v>
       </c>
       <c r="M16" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I16,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N16" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I16,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O16" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A17" s="296">
         <f>'Drop-Down Lists Input'!A17</f>
         <v>0</v>
       </c>
       <c r="B17" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A17,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C17" s="303"/>
       <c r="D17" s="296">
         <f>'Drop-Down Lists Input'!C17</f>
         <v>0</v>
       </c>
       <c r="E17" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C17,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G17" s="296">
         <f>'Drop-Down Lists Input'!G17</f>
         <v>0</v>
       </c>
       <c r="H17" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G17,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I17" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G17,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J17" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L17" s="296">
         <f>'Drop-Down Lists Input'!I17</f>
         <v>0</v>
       </c>
       <c r="M17" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I17,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N17" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I17,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O17" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A18" s="296">
         <f>'Drop-Down Lists Input'!A18</f>
         <v>0</v>
       </c>
       <c r="B18" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A18,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C18" s="303"/>
       <c r="D18" s="296">
-        <f>'Drop-Down Lists Input'!C19</f>
+        <f>'Drop-Down Lists Input'!C18</f>
         <v>0</v>
       </c>
       <c r="E18" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C18,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G18" s="296">
         <f>'Drop-Down Lists Input'!G18</f>
         <v>0</v>
       </c>
       <c r="H18" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G18,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I18" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G18,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J18" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L18" s="296">
         <f>'Drop-Down Lists Input'!I18</f>
         <v>0</v>
       </c>
       <c r="M18" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I18,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N18" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I18,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O18" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" s="296">
         <f>'Drop-Down Lists Input'!A19</f>
         <v>0</v>
       </c>
       <c r="B19" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A19,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C19" s="303"/>
       <c r="D19" s="296">
         <f>'Drop-Down Lists Input'!C19</f>
         <v>0</v>
       </c>
       <c r="E19" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C19,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G19" s="296">
         <f>'Drop-Down Lists Input'!G19</f>
         <v>0</v>
       </c>
       <c r="H19" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G19,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I19" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G19,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J19" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L19" s="296">
         <f>'Drop-Down Lists Input'!I19</f>
         <v>0</v>
       </c>
       <c r="M19" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I19,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N19" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I19,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O19" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" s="296">
         <f>'Drop-Down Lists Input'!A20</f>
         <v>0</v>
       </c>
       <c r="B20" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A20,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C20" s="303"/>
       <c r="D20" s="296">
-        <f>'Drop-Down Lists Input'!C21</f>
+        <f>'Drop-Down Lists Input'!C20</f>
         <v>0</v>
       </c>
       <c r="E20" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C20,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G20" s="296">
         <f>'Drop-Down Lists Input'!G20</f>
         <v>0</v>
       </c>
       <c r="H20" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G20,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I20" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G20,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J20" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L20" s="296">
         <f>'Drop-Down Lists Input'!I20</f>
         <v>0</v>
       </c>
       <c r="M20" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I20,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N20" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I20,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O20" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" s="296">
         <f>'Drop-Down Lists Input'!A21</f>
         <v>0</v>
       </c>
       <c r="B21" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A21,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C21" s="303"/>
       <c r="D21" s="296">
         <f>'Drop-Down Lists Input'!C21</f>
         <v>0</v>
       </c>
       <c r="E21" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C21,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G21" s="296">
         <f>'Drop-Down Lists Input'!G21</f>
         <v>0</v>
       </c>
       <c r="H21" s="304">
         <f>SUMIF('Farm Receipts'!$F$4:$F$51,'Drop-Down Lists Input'!$G21,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="I21" s="304">
         <f>SUMIF('Farm Expenditures'!$H$4:$H$51,'Drop-Down Lists Input'!$G21,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="J21" s="304">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L21" s="296">
         <f>'Drop-Down Lists Input'!I21</f>
         <v>0</v>
       </c>
       <c r="M21" s="304">
         <f>SUMIF('Farm Receipts'!$G$4:$G$51,'Drop-Down Lists Input'!$I21,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="N21" s="304">
         <f>SUMIF('Farm Expenditures'!$I$4:$I$51,'Drop-Down Lists Input'!$I21,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="O21" s="304">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A22" s="296">
         <f>'Drop-Down Lists Input'!A22</f>
         <v>0</v>
       </c>
       <c r="B22" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A22,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
       <c r="C22" s="303"/>
       <c r="D22" s="296">
-        <f>'Drop-Down Lists Input'!C23</f>
+        <f>'Drop-Down Lists Input'!C22</f>
         <v>0</v>
       </c>
       <c r="E22" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C22,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G22" s="305"/>
       <c r="H22" s="305"/>
       <c r="I22" s="305"/>
       <c r="J22" s="305"/>
       <c r="L22" s="305"/>
       <c r="M22" s="305"/>
       <c r="N22" s="305"/>
       <c r="O22" s="305"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" s="296">
         <f>'Drop-Down Lists Input'!A23</f>
         <v>0</v>
       </c>
       <c r="B23" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A23,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C23" s="303"/>
       <c r="D23" s="296">
         <f>'Drop-Down Lists Input'!C23</f>
         <v>0</v>
       </c>
       <c r="E23" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C23,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G23" s="305"/>
       <c r="H23" s="305"/>
       <c r="I23" s="305"/>
       <c r="J23" s="305"/>
       <c r="L23" s="305"/>
       <c r="M23" s="305"/>
       <c r="N23" s="305"/>
       <c r="O23" s="305"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A24" s="296">
         <f>'Drop-Down Lists Input'!A24</f>
         <v>0</v>
       </c>
       <c r="B24" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A24,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C24" s="303"/>
       <c r="D24" s="296">
-        <f>'Drop-Down Lists Input'!C25</f>
+        <f>'Drop-Down Lists Input'!C24</f>
         <v>0</v>
       </c>
       <c r="E24" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C24,'Farm Expenditures'!$M$4:$M$51)</f>
-[...7 lines deleted...]
-      <c r="J24" s="434"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G24" s="435" t="s">
+        <v>297</v>
+      </c>
+      <c r="H24" s="435"/>
+      <c r="I24" s="435"/>
+      <c r="J24" s="435"/>
       <c r="L24" s="305"/>
       <c r="M24" s="305"/>
       <c r="N24" s="305"/>
       <c r="O24" s="305"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A25" s="296">
         <f>'Drop-Down Lists Input'!A25</f>
         <v>0</v>
       </c>
       <c r="B25" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A25,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C25" s="303"/>
       <c r="D25" s="296">
         <f>'Drop-Down Lists Input'!C25</f>
         <v>0</v>
       </c>
       <c r="E25" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C25,'Farm Expenditures'!$M$4:$M$51)</f>
-[...5 lines deleted...]
-      <c r="J25" s="434"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G25" s="435"/>
+      <c r="H25" s="435"/>
+      <c r="I25" s="435"/>
+      <c r="J25" s="435"/>
       <c r="L25" s="305"/>
       <c r="M25" s="305"/>
       <c r="N25" s="305"/>
       <c r="O25" s="305"/>
     </row>
     <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="296">
         <f>'Drop-Down Lists Input'!A26</f>
         <v>0</v>
       </c>
       <c r="B26" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A26,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C26" s="303"/>
       <c r="D26" s="296">
-        <f>'Drop-Down Lists Input'!C27</f>
+        <f>'Drop-Down Lists Input'!C26</f>
         <v>0</v>
       </c>
       <c r="E26" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C26,'Farm Expenditures'!$M$4:$M$51)</f>
-[...7 lines deleted...]
-      <c r="J26" s="433"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G26" s="434" t="s">
+        <v>296</v>
+      </c>
+      <c r="H26" s="434"/>
+      <c r="I26" s="434"/>
+      <c r="J26" s="434"/>
       <c r="L26" s="305"/>
       <c r="M26" s="305"/>
       <c r="N26" s="305"/>
       <c r="O26" s="305"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" s="296">
         <f>'Drop-Down Lists Input'!A27</f>
         <v>0</v>
       </c>
       <c r="B27" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A27,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C27" s="303"/>
       <c r="D27" s="296">
         <f>'Drop-Down Lists Input'!C27</f>
         <v>0</v>
       </c>
       <c r="E27" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C27,'Farm Expenditures'!$M$4:$M$51)</f>
-[...5 lines deleted...]
-      <c r="J27" s="433"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G27" s="434"/>
+      <c r="H27" s="434"/>
+      <c r="I27" s="434"/>
+      <c r="J27" s="434"/>
       <c r="L27" s="305"/>
       <c r="M27" s="305"/>
       <c r="N27" s="305"/>
       <c r="O27" s="305"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" s="296">
         <f>'Drop-Down Lists Input'!A28</f>
         <v>0</v>
       </c>
       <c r="B28" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A28,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C28" s="303"/>
       <c r="D28" s="296">
-        <f>'Drop-Down Lists Input'!C29</f>
+        <f>'Drop-Down Lists Input'!C28</f>
         <v>0</v>
       </c>
       <c r="E28" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C28,'Farm Expenditures'!$M$4:$M$51)</f>
-[...5 lines deleted...]
-      <c r="J28" s="433"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G28" s="434"/>
+      <c r="H28" s="434"/>
+      <c r="I28" s="434"/>
+      <c r="J28" s="434"/>
       <c r="L28" s="305"/>
       <c r="M28" s="305"/>
       <c r="N28" s="305"/>
       <c r="O28" s="305"/>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" s="296">
         <f>'Drop-Down Lists Input'!A29</f>
         <v>0</v>
       </c>
       <c r="B29" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A29,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C29" s="303"/>
       <c r="D29" s="296">
         <f>'Drop-Down Lists Input'!C29</f>
         <v>0</v>
       </c>
       <c r="E29" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C29,'Farm Expenditures'!$M$4:$M$51)</f>
-[...5 lines deleted...]
-      <c r="J29" s="433"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G29" s="434"/>
+      <c r="H29" s="434"/>
+      <c r="I29" s="434"/>
+      <c r="J29" s="434"/>
       <c r="L29" s="305"/>
       <c r="M29" s="305"/>
       <c r="N29" s="305"/>
       <c r="O29" s="305"/>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" s="296">
         <f>'Drop-Down Lists Input'!A30</f>
         <v>0</v>
       </c>
       <c r="B30" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A30,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C30" s="303"/>
       <c r="D30" s="296">
-        <f>'Drop-Down Lists Input'!C31</f>
+        <f>'Drop-Down Lists Input'!C30</f>
         <v>0</v>
       </c>
       <c r="E30" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C30,'Farm Expenditures'!$M$4:$M$51)</f>
-[...5 lines deleted...]
-      <c r="J30" s="433"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G30" s="434"/>
+      <c r="H30" s="434"/>
+      <c r="I30" s="434"/>
+      <c r="J30" s="434"/>
       <c r="L30" s="305"/>
       <c r="M30" s="305"/>
       <c r="N30" s="305"/>
       <c r="O30" s="305"/>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" s="296">
         <f>'Drop-Down Lists Input'!A31</f>
         <v>0</v>
       </c>
       <c r="B31" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A31,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C31" s="303"/>
       <c r="D31" s="296">
         <f>'Drop-Down Lists Input'!C31</f>
         <v>0</v>
       </c>
       <c r="E31" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C31,'Farm Expenditures'!$M$4:$M$51)</f>
-[...5 lines deleted...]
-      <c r="J31" s="433"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G31" s="434"/>
+      <c r="H31" s="434"/>
+      <c r="I31" s="434"/>
+      <c r="J31" s="434"/>
       <c r="L31" s="305"/>
       <c r="M31" s="305"/>
       <c r="N31" s="305"/>
       <c r="O31" s="305"/>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" s="296">
         <f>'Drop-Down Lists Input'!A32</f>
         <v>0</v>
       </c>
       <c r="B32" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A32,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C32" s="303"/>
       <c r="D32" s="296">
-        <f>'Drop-Down Lists Input'!C33</f>
+        <f>'Drop-Down Lists Input'!C32</f>
         <v>0</v>
       </c>
       <c r="E32" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C32,'Farm Expenditures'!$M$4:$M$51)</f>
-[...5 lines deleted...]
-      <c r="J32" s="433"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G32" s="434"/>
+      <c r="H32" s="434"/>
+      <c r="I32" s="434"/>
+      <c r="J32" s="434"/>
       <c r="L32" s="305"/>
       <c r="M32" s="305"/>
       <c r="N32" s="305"/>
       <c r="O32" s="305"/>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A33" s="296">
         <f>'Drop-Down Lists Input'!A33</f>
         <v>0</v>
       </c>
       <c r="B33" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A33,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C33" s="303"/>
       <c r="D33" s="296">
         <f>'Drop-Down Lists Input'!C33</f>
         <v>0</v>
       </c>
       <c r="E33" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C33,'Farm Expenditures'!$M$4:$M$51)</f>
-[...5 lines deleted...]
-      <c r="J33" s="433"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G33" s="434"/>
+      <c r="H33" s="434"/>
+      <c r="I33" s="434"/>
+      <c r="J33" s="434"/>
       <c r="L33" s="305"/>
       <c r="M33" s="305"/>
       <c r="N33" s="305"/>
       <c r="O33" s="305"/>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A34" s="296">
         <f>'Drop-Down Lists Input'!A34</f>
         <v>0</v>
       </c>
       <c r="B34" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A34,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C34" s="303"/>
       <c r="D34" s="296">
-        <f>'Drop-Down Lists Input'!C35</f>
+        <f>'Drop-Down Lists Input'!C34</f>
         <v>0</v>
       </c>
       <c r="E34" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C34,'Farm Expenditures'!$M$4:$M$51)</f>
-[...5 lines deleted...]
-      <c r="J34" s="433"/>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G34" s="434"/>
+      <c r="H34" s="434"/>
+      <c r="I34" s="434"/>
+      <c r="J34" s="434"/>
       <c r="L34" s="305"/>
       <c r="M34" s="305"/>
       <c r="N34" s="305"/>
       <c r="O34" s="305"/>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A35" s="296">
-        <f>'Drop-Down Lists Input'!A69</f>
+        <f>'Drop-Down Lists Input'!A35</f>
         <v>0</v>
       </c>
       <c r="B35" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A35,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C35" s="303"/>
       <c r="D35" s="296">
         <f>'Drop-Down Lists Input'!C35</f>
         <v>0</v>
       </c>
       <c r="E35" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C69,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G35" s="305"/>
       <c r="H35" s="305"/>
       <c r="I35" s="305"/>
       <c r="J35" s="305"/>
       <c r="L35" s="305"/>
       <c r="M35" s="305"/>
       <c r="N35" s="305"/>
       <c r="O35" s="305"/>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A36" s="296">
-        <f>'Drop-Down Lists Input'!A70</f>
+        <f>'Drop-Down Lists Input'!A36</f>
         <v>0</v>
       </c>
       <c r="B36" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A36,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C36" s="303"/>
       <c r="D36" s="296">
-        <f>'Drop-Down Lists Input'!C37</f>
+        <f>'Drop-Down Lists Input'!C36</f>
         <v>0</v>
       </c>
       <c r="E36" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C70,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G36" s="305"/>
       <c r="H36" s="305"/>
       <c r="I36" s="305"/>
       <c r="J36" s="305"/>
       <c r="L36" s="305"/>
       <c r="M36" s="305"/>
       <c r="N36" s="305"/>
       <c r="O36" s="305"/>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A37" s="296">
-        <f>'Drop-Down Lists Input'!A71</f>
+        <f>'Drop-Down Lists Input'!A37</f>
         <v>0</v>
       </c>
       <c r="B37" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A37,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C37" s="303"/>
       <c r="D37" s="296">
         <f>'Drop-Down Lists Input'!C37</f>
         <v>0</v>
       </c>
       <c r="E37" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C71,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G37" s="305"/>
       <c r="H37" s="305"/>
       <c r="I37" s="305"/>
       <c r="J37" s="305"/>
       <c r="L37" s="305"/>
       <c r="M37" s="305"/>
       <c r="N37" s="305"/>
       <c r="O37" s="305"/>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A38" s="296">
-        <f>'Drop-Down Lists Input'!A72</f>
+        <f>'Drop-Down Lists Input'!A38</f>
         <v>0</v>
       </c>
       <c r="B38" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A38,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C38" s="303"/>
       <c r="D38" s="296">
-        <f>'Drop-Down Lists Input'!C39</f>
+        <f>'Drop-Down Lists Input'!C38</f>
         <v>0</v>
       </c>
       <c r="E38" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C72,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G38" s="305"/>
       <c r="H38" s="305"/>
       <c r="I38" s="305"/>
       <c r="J38" s="305"/>
       <c r="L38" s="305"/>
       <c r="M38" s="305"/>
       <c r="N38" s="305"/>
       <c r="O38" s="305"/>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A39" s="296">
-        <f>'Drop-Down Lists Input'!A73</f>
+        <f>'Drop-Down Lists Input'!A39</f>
         <v>0</v>
       </c>
       <c r="B39" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A39,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C39" s="303"/>
       <c r="D39" s="296">
         <f>'Drop-Down Lists Input'!C39</f>
         <v>0</v>
       </c>
       <c r="E39" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C73,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G39" s="305"/>
       <c r="H39" s="305"/>
       <c r="I39" s="305"/>
       <c r="J39" s="305"/>
       <c r="L39" s="305"/>
       <c r="M39" s="305"/>
       <c r="N39" s="305"/>
       <c r="O39" s="305"/>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A40" s="296">
-        <f>'Drop-Down Lists Input'!A82</f>
+        <f>'Drop-Down Lists Input'!A40</f>
         <v>0</v>
       </c>
       <c r="B40" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A40,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
+      <c r="C40" s="303"/>
       <c r="D40" s="296">
-        <f>'Drop-Down Lists Input'!C41</f>
+        <f>'Drop-Down Lists Input'!C40</f>
         <v>0</v>
       </c>
       <c r="E40" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C82,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G40" s="305"/>
       <c r="H40" s="305"/>
       <c r="I40" s="305"/>
       <c r="J40" s="305"/>
       <c r="L40" s="305"/>
       <c r="M40" s="305"/>
       <c r="N40" s="305"/>
       <c r="O40" s="305"/>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A41" s="296">
-        <f>'Drop-Down Lists Input'!A86</f>
+        <f>'Drop-Down Lists Input'!A41</f>
         <v>0</v>
       </c>
       <c r="B41" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A41,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C41" s="307"/>
+      <c r="C41" s="303"/>
       <c r="D41" s="296">
         <f>'Drop-Down Lists Input'!C41</f>
         <v>0</v>
       </c>
       <c r="E41" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C86,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G41" s="305"/>
       <c r="H41" s="305"/>
       <c r="I41" s="305"/>
       <c r="J41" s="305"/>
       <c r="L41" s="305"/>
       <c r="M41" s="305"/>
       <c r="N41" s="305"/>
       <c r="O41" s="305"/>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A42" s="296">
-        <f>'Drop-Down Lists Input'!A87</f>
+        <f>'Drop-Down Lists Input'!A42</f>
         <v>0</v>
       </c>
       <c r="B42" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A42,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C42" s="307"/>
+      <c r="C42" s="303"/>
       <c r="D42" s="296">
-        <f>'Drop-Down Lists Input'!C43</f>
+        <f>'Drop-Down Lists Input'!C42</f>
         <v>0</v>
       </c>
       <c r="E42" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C87,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G42" s="305"/>
       <c r="H42" s="305"/>
       <c r="I42" s="305"/>
       <c r="J42" s="305"/>
       <c r="L42" s="305"/>
       <c r="M42" s="305"/>
       <c r="N42" s="305"/>
       <c r="O42" s="305"/>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A43" s="296">
-        <f>'Drop-Down Lists Input'!A88</f>
+        <f>'Drop-Down Lists Input'!A43</f>
         <v>0</v>
       </c>
       <c r="B43" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A43,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C43" s="307"/>
+      <c r="C43" s="303"/>
       <c r="D43" s="296">
         <f>'Drop-Down Lists Input'!C43</f>
         <v>0</v>
       </c>
       <c r="E43" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C88,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G43" s="305"/>
       <c r="H43" s="305"/>
       <c r="I43" s="305"/>
       <c r="J43" s="305"/>
       <c r="L43" s="305"/>
       <c r="M43" s="305"/>
       <c r="N43" s="305"/>
       <c r="O43" s="305"/>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A44" s="296">
-        <f>'Drop-Down Lists Input'!A89</f>
+        <f>'Drop-Down Lists Input'!A44</f>
         <v>0</v>
       </c>
       <c r="B44" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A44,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C44" s="307"/>
+      <c r="C44" s="303"/>
       <c r="D44" s="296">
-        <f>'Drop-Down Lists Input'!C45</f>
+        <f>'Drop-Down Lists Input'!C44</f>
         <v>0</v>
       </c>
       <c r="E44" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C89,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G44" s="305"/>
       <c r="H44" s="305"/>
       <c r="I44" s="305"/>
       <c r="J44" s="305"/>
       <c r="L44" s="305"/>
       <c r="M44" s="305"/>
       <c r="N44" s="305"/>
       <c r="O44" s="305"/>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A45" s="296">
-        <f>'Drop-Down Lists Input'!A90</f>
+        <f>'Drop-Down Lists Input'!A45</f>
         <v>0</v>
       </c>
       <c r="B45" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A45,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C45" s="307"/>
+      <c r="C45" s="303"/>
       <c r="D45" s="296">
         <f>'Drop-Down Lists Input'!C45</f>
         <v>0</v>
       </c>
       <c r="E45" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C90,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G45" s="305"/>
       <c r="H45" s="305"/>
       <c r="I45" s="305"/>
       <c r="J45" s="305"/>
       <c r="L45" s="305"/>
       <c r="M45" s="305"/>
       <c r="N45" s="305"/>
       <c r="O45" s="305"/>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A46" s="296">
-        <f>'Drop-Down Lists Input'!A91</f>
+        <f>'Drop-Down Lists Input'!A46</f>
         <v>0</v>
       </c>
       <c r="B46" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A46,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C46" s="307"/>
+      <c r="C46" s="303"/>
       <c r="D46" s="296">
-        <f>'Drop-Down Lists Input'!C47</f>
+        <f>'Drop-Down Lists Input'!C46</f>
         <v>0</v>
       </c>
       <c r="E46" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C91,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G46" s="305"/>
       <c r="H46" s="305"/>
       <c r="I46" s="305"/>
       <c r="J46" s="305"/>
       <c r="L46" s="305"/>
       <c r="M46" s="305"/>
       <c r="N46" s="305"/>
       <c r="O46" s="305"/>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A47" s="296">
-        <f>'Drop-Down Lists Input'!A92</f>
+        <f>'Drop-Down Lists Input'!A47</f>
         <v>0</v>
       </c>
       <c r="B47" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A47,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C47" s="307"/>
+      <c r="C47" s="303"/>
       <c r="D47" s="296">
         <f>'Drop-Down Lists Input'!C47</f>
         <v>0</v>
       </c>
       <c r="E47" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C92,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G47" s="305"/>
       <c r="H47" s="305"/>
       <c r="I47" s="305"/>
       <c r="J47" s="305"/>
       <c r="L47" s="305"/>
       <c r="M47" s="305"/>
       <c r="N47" s="305"/>
       <c r="O47" s="305"/>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A48" s="296">
-        <f>'Drop-Down Lists Input'!A93</f>
+        <f>'Drop-Down Lists Input'!A48</f>
         <v>0</v>
       </c>
       <c r="B48" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A48,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C48" s="307"/>
+      <c r="C48" s="303"/>
       <c r="D48" s="296">
-        <f>'Drop-Down Lists Input'!C49</f>
+        <f>'Drop-Down Lists Input'!C48</f>
         <v>0</v>
       </c>
       <c r="E48" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C93,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G48" s="305"/>
       <c r="H48" s="305"/>
       <c r="I48" s="305"/>
       <c r="J48" s="305"/>
       <c r="L48" s="305"/>
       <c r="M48" s="305"/>
       <c r="N48" s="305"/>
       <c r="O48" s="305"/>
     </row>
-    <row r="49" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A49" s="296">
-        <f>'Drop-Down Lists Input'!A99</f>
+        <f>'Drop-Down Lists Input'!A49</f>
         <v>0</v>
       </c>
       <c r="B49" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A49,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C49" s="307"/>
+      <c r="C49" s="303"/>
       <c r="D49" s="296">
         <f>'Drop-Down Lists Input'!C49</f>
         <v>0</v>
       </c>
       <c r="E49" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C99,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G49" s="305"/>
       <c r="H49" s="305"/>
       <c r="I49" s="305"/>
       <c r="J49" s="305"/>
       <c r="L49" s="305"/>
       <c r="M49" s="305"/>
       <c r="N49" s="305"/>
       <c r="O49" s="305"/>
     </row>
-    <row r="50" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A50" s="296">
-        <f>'Drop-Down Lists Input'!A100</f>
+        <f>'Drop-Down Lists Input'!A50</f>
         <v>0</v>
       </c>
       <c r="B50" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A50,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C50" s="307"/>
+      <c r="C50" s="303"/>
       <c r="D50" s="296">
-        <f>'Drop-Down Lists Input'!C51</f>
+        <f>'Drop-Down Lists Input'!C50</f>
         <v>0</v>
       </c>
       <c r="E50" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C100,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G50" s="305"/>
       <c r="H50" s="305"/>
       <c r="I50" s="305"/>
       <c r="J50" s="305"/>
       <c r="L50" s="305"/>
       <c r="M50" s="305"/>
       <c r="N50" s="305"/>
       <c r="O50" s="305"/>
     </row>
-    <row r="51" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A51" s="296">
-        <f>'Drop-Down Lists Input'!A101</f>
+        <f>'Drop-Down Lists Input'!A51</f>
         <v>0</v>
       </c>
       <c r="B51" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A51,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C51" s="307"/>
+      <c r="C51" s="303"/>
       <c r="D51" s="296">
         <f>'Drop-Down Lists Input'!C51</f>
         <v>0</v>
       </c>
       <c r="E51" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C101,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G51" s="305"/>
       <c r="H51" s="305"/>
       <c r="I51" s="305"/>
       <c r="J51" s="305"/>
       <c r="L51" s="305"/>
       <c r="M51" s="305"/>
       <c r="N51" s="305"/>
       <c r="O51" s="305"/>
     </row>
-    <row r="52" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A52" s="296">
-        <f>'Drop-Down Lists Input'!A102</f>
+        <f>'Drop-Down Lists Input'!A52</f>
         <v>0</v>
       </c>
       <c r="B52" s="302">
         <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A52,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="C52" s="307"/>
+      <c r="C52" s="303"/>
       <c r="D52" s="296">
-        <f>'Drop-Down Lists Input'!C53</f>
+        <f>'Drop-Down Lists Input'!C52</f>
         <v>0</v>
       </c>
       <c r="E52" s="304">
-        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!$C102,'Farm Expenditures'!$M$4:$M$51)</f>
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
       <c r="G52" s="305"/>
       <c r="H52" s="305"/>
       <c r="I52" s="305"/>
       <c r="J52" s="305"/>
       <c r="L52" s="305"/>
       <c r="M52" s="305"/>
       <c r="N52" s="305"/>
       <c r="O52" s="305"/>
     </row>
-    <row r="53" spans="1:16" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E53" s="305"/>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A53" s="296">
+        <f>'Drop-Down Lists Input'!A53</f>
+        <v>0</v>
+      </c>
+      <c r="B53" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A53,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C53" s="303"/>
+      <c r="D53" s="296">
+        <f>'Drop-Down Lists Input'!C53</f>
+        <v>0</v>
+      </c>
+      <c r="E53" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
       <c r="G53" s="305"/>
       <c r="H53" s="305"/>
       <c r="I53" s="305"/>
       <c r="J53" s="305"/>
       <c r="L53" s="305"/>
       <c r="M53" s="305"/>
       <c r="N53" s="305"/>
       <c r="O53" s="305"/>
     </row>
-    <row r="54" spans="1:16" hidden="1" x14ac:dyDescent="0.25">
-[...185 lines deleted...]
-    <row r="93" spans="1:3" s="306" customFormat="1" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A54" s="296">
+        <f>'Drop-Down Lists Input'!A54</f>
+        <v>0</v>
+      </c>
+      <c r="B54" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A54,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C54" s="303"/>
+      <c r="D54" s="296">
+        <f>'Drop-Down Lists Input'!C54</f>
+        <v>0</v>
+      </c>
+      <c r="E54" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G54" s="305"/>
+      <c r="H54" s="305"/>
+      <c r="I54" s="305"/>
+      <c r="J54" s="305"/>
+      <c r="L54" s="305"/>
+      <c r="M54" s="305"/>
+      <c r="N54" s="305"/>
+      <c r="O54" s="305"/>
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A55" s="296">
+        <f>'Drop-Down Lists Input'!A55</f>
+        <v>0</v>
+      </c>
+      <c r="B55" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A55,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C55" s="303"/>
+      <c r="D55" s="296">
+        <f>'Drop-Down Lists Input'!C55</f>
+        <v>0</v>
+      </c>
+      <c r="E55" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G55" s="305"/>
+      <c r="H55" s="305"/>
+      <c r="I55" s="305"/>
+      <c r="J55" s="305"/>
+      <c r="L55" s="305"/>
+      <c r="M55" s="305"/>
+      <c r="N55" s="305"/>
+      <c r="O55" s="305"/>
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A56" s="296">
+        <f>'Drop-Down Lists Input'!A56</f>
+        <v>0</v>
+      </c>
+      <c r="B56" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A56,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C56" s="303"/>
+      <c r="D56" s="296">
+        <f>'Drop-Down Lists Input'!C56</f>
+        <v>0</v>
+      </c>
+      <c r="E56" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G56" s="305"/>
+      <c r="H56" s="305"/>
+      <c r="I56" s="305"/>
+      <c r="J56" s="305"/>
+      <c r="L56" s="305"/>
+      <c r="M56" s="305"/>
+      <c r="N56" s="305"/>
+      <c r="O56" s="305"/>
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A57" s="296">
+        <f>'Drop-Down Lists Input'!A57</f>
+        <v>0</v>
+      </c>
+      <c r="B57" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A57,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C57" s="303"/>
+      <c r="D57" s="296">
+        <f>'Drop-Down Lists Input'!C57</f>
+        <v>0</v>
+      </c>
+      <c r="E57" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G57" s="305"/>
+      <c r="H57" s="305"/>
+      <c r="I57" s="305"/>
+      <c r="J57" s="305"/>
+      <c r="L57" s="305"/>
+      <c r="M57" s="305"/>
+      <c r="N57" s="305"/>
+      <c r="O57" s="305"/>
+    </row>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A58" s="296">
+        <f>'Drop-Down Lists Input'!A58</f>
+        <v>0</v>
+      </c>
+      <c r="B58" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A58,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C58" s="303"/>
+      <c r="D58" s="296">
+        <f>'Drop-Down Lists Input'!C58</f>
+        <v>0</v>
+      </c>
+      <c r="E58" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G58" s="305"/>
+      <c r="H58" s="305"/>
+      <c r="I58" s="305"/>
+      <c r="J58" s="305"/>
+      <c r="L58" s="305"/>
+      <c r="M58" s="305"/>
+      <c r="N58" s="305"/>
+      <c r="O58" s="305"/>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A59" s="296">
+        <f>'Drop-Down Lists Input'!A59</f>
+        <v>0</v>
+      </c>
+      <c r="B59" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A59,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C59" s="303"/>
+      <c r="D59" s="296">
+        <f>'Drop-Down Lists Input'!C59</f>
+        <v>0</v>
+      </c>
+      <c r="E59" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G59" s="305"/>
+      <c r="H59" s="305"/>
+      <c r="I59" s="305"/>
+      <c r="J59" s="305"/>
+      <c r="L59" s="305"/>
+      <c r="M59" s="305"/>
+      <c r="N59" s="305"/>
+      <c r="O59" s="305"/>
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A60" s="296">
+        <f>'Drop-Down Lists Input'!A60</f>
+        <v>0</v>
+      </c>
+      <c r="B60" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A60,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C60" s="303"/>
+      <c r="D60" s="296">
+        <f>'Drop-Down Lists Input'!C60</f>
+        <v>0</v>
+      </c>
+      <c r="E60" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G60" s="305"/>
+      <c r="H60" s="305"/>
+      <c r="I60" s="305"/>
+      <c r="J60" s="305"/>
+      <c r="L60" s="305"/>
+      <c r="M60" s="305"/>
+      <c r="N60" s="305"/>
+      <c r="O60" s="305"/>
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A61" s="296">
+        <f>'Drop-Down Lists Input'!A61</f>
+        <v>0</v>
+      </c>
+      <c r="B61" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A61,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C61" s="303"/>
+      <c r="D61" s="296">
+        <f>'Drop-Down Lists Input'!C61</f>
+        <v>0</v>
+      </c>
+      <c r="E61" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G61" s="305"/>
+      <c r="H61" s="305"/>
+      <c r="I61" s="305"/>
+      <c r="J61" s="305"/>
+      <c r="L61" s="305"/>
+      <c r="M61" s="305"/>
+      <c r="N61" s="305"/>
+      <c r="O61" s="305"/>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A62" s="296">
+        <f>'Drop-Down Lists Input'!A62</f>
+        <v>0</v>
+      </c>
+      <c r="B62" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A62,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C62" s="303"/>
+      <c r="D62" s="296">
+        <f>'Drop-Down Lists Input'!C62</f>
+        <v>0</v>
+      </c>
+      <c r="E62" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G62" s="305"/>
+      <c r="H62" s="305"/>
+      <c r="I62" s="305"/>
+      <c r="J62" s="305"/>
+      <c r="L62" s="305"/>
+      <c r="M62" s="305"/>
+      <c r="N62" s="305"/>
+      <c r="O62" s="305"/>
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A63" s="296">
+        <f>'Drop-Down Lists Input'!A63</f>
+        <v>0</v>
+      </c>
+      <c r="B63" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A63,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C63" s="303"/>
+      <c r="D63" s="296">
+        <f>'Drop-Down Lists Input'!C63</f>
+        <v>0</v>
+      </c>
+      <c r="E63" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G63" s="305"/>
+      <c r="H63" s="305"/>
+      <c r="I63" s="305"/>
+      <c r="J63" s="305"/>
+      <c r="L63" s="305"/>
+      <c r="M63" s="305"/>
+      <c r="N63" s="305"/>
+      <c r="O63" s="305"/>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A64" s="296">
+        <f>'Drop-Down Lists Input'!A64</f>
+        <v>0</v>
+      </c>
+      <c r="B64" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A64,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C64" s="303"/>
+      <c r="D64" s="296">
+        <f>'Drop-Down Lists Input'!C64</f>
+        <v>0</v>
+      </c>
+      <c r="E64" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G64" s="305"/>
+      <c r="H64" s="305"/>
+      <c r="I64" s="305"/>
+      <c r="J64" s="305"/>
+      <c r="L64" s="305"/>
+      <c r="M64" s="305"/>
+      <c r="N64" s="305"/>
+      <c r="O64" s="305"/>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A65" s="296">
+        <f>'Drop-Down Lists Input'!A65</f>
+        <v>0</v>
+      </c>
+      <c r="B65" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A65,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C65" s="303"/>
+      <c r="D65" s="296">
+        <f>'Drop-Down Lists Input'!C65</f>
+        <v>0</v>
+      </c>
+      <c r="E65" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G65" s="305"/>
+      <c r="H65" s="305"/>
+      <c r="I65" s="305"/>
+      <c r="J65" s="305"/>
+      <c r="L65" s="305"/>
+      <c r="M65" s="305"/>
+      <c r="N65" s="305"/>
+      <c r="O65" s="305"/>
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A66" s="296">
+        <f>'Drop-Down Lists Input'!A66</f>
+        <v>0</v>
+      </c>
+      <c r="B66" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A66,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C66" s="303"/>
+      <c r="D66" s="296">
+        <f>'Drop-Down Lists Input'!C66</f>
+        <v>0</v>
+      </c>
+      <c r="E66" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G66" s="305"/>
+      <c r="H66" s="305"/>
+      <c r="I66" s="305"/>
+      <c r="J66" s="305"/>
+      <c r="L66" s="305"/>
+      <c r="M66" s="305"/>
+      <c r="N66" s="305"/>
+      <c r="O66" s="305"/>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A67" s="296">
+        <f>'Drop-Down Lists Input'!A67</f>
+        <v>0</v>
+      </c>
+      <c r="B67" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A67,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C67" s="303"/>
+      <c r="D67" s="296">
+        <f>'Drop-Down Lists Input'!C67</f>
+        <v>0</v>
+      </c>
+      <c r="E67" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G67" s="305"/>
+      <c r="H67" s="305"/>
+      <c r="I67" s="305"/>
+      <c r="J67" s="305"/>
+      <c r="L67" s="305"/>
+      <c r="M67" s="305"/>
+      <c r="N67" s="305"/>
+      <c r="O67" s="305"/>
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A68" s="296">
+        <f>'Drop-Down Lists Input'!A68</f>
+        <v>0</v>
+      </c>
+      <c r="B68" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A68,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C68" s="303"/>
+      <c r="D68" s="296">
+        <f>'Drop-Down Lists Input'!C68</f>
+        <v>0</v>
+      </c>
+      <c r="E68" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G68" s="305"/>
+      <c r="H68" s="305"/>
+      <c r="I68" s="305"/>
+      <c r="J68" s="305"/>
+      <c r="L68" s="305"/>
+      <c r="M68" s="305"/>
+      <c r="N68" s="305"/>
+      <c r="O68" s="305"/>
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A69" s="296">
+        <f>'Drop-Down Lists Input'!A69</f>
+        <v>0</v>
+      </c>
+      <c r="B69" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A69,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C69" s="303"/>
+      <c r="D69" s="296">
+        <f>'Drop-Down Lists Input'!C69</f>
+        <v>0</v>
+      </c>
+      <c r="E69" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G69" s="305"/>
+      <c r="H69" s="305"/>
+      <c r="I69" s="305"/>
+      <c r="J69" s="305"/>
+      <c r="L69" s="305"/>
+      <c r="M69" s="305"/>
+      <c r="N69" s="305"/>
+      <c r="O69" s="305"/>
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A70" s="296">
+        <f>'Drop-Down Lists Input'!A70</f>
+        <v>0</v>
+      </c>
+      <c r="B70" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A70,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C70" s="303"/>
+      <c r="D70" s="296">
+        <f>'Drop-Down Lists Input'!C70</f>
+        <v>0</v>
+      </c>
+      <c r="E70" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G70" s="305"/>
+      <c r="H70" s="305"/>
+      <c r="I70" s="305"/>
+      <c r="J70" s="305"/>
+      <c r="L70" s="305"/>
+      <c r="M70" s="305"/>
+      <c r="N70" s="305"/>
+      <c r="O70" s="305"/>
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A71" s="296">
+        <f>'Drop-Down Lists Input'!A71</f>
+        <v>0</v>
+      </c>
+      <c r="B71" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A71,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C71" s="303"/>
+      <c r="D71" s="296">
+        <f>'Drop-Down Lists Input'!C71</f>
+        <v>0</v>
+      </c>
+      <c r="E71" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G71" s="305"/>
+      <c r="H71" s="305"/>
+      <c r="I71" s="305"/>
+      <c r="J71" s="305"/>
+      <c r="L71" s="305"/>
+      <c r="M71" s="305"/>
+      <c r="N71" s="305"/>
+      <c r="O71" s="305"/>
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A72" s="296">
+        <f>'Drop-Down Lists Input'!A72</f>
+        <v>0</v>
+      </c>
+      <c r="B72" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A72,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C72" s="303"/>
+      <c r="D72" s="296">
+        <f>'Drop-Down Lists Input'!C72</f>
+        <v>0</v>
+      </c>
+      <c r="E72" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G72" s="305"/>
+      <c r="H72" s="305"/>
+      <c r="I72" s="305"/>
+      <c r="J72" s="305"/>
+      <c r="L72" s="305"/>
+      <c r="M72" s="305"/>
+      <c r="N72" s="305"/>
+      <c r="O72" s="305"/>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A73" s="296">
+        <f>'Drop-Down Lists Input'!A73</f>
+        <v>0</v>
+      </c>
+      <c r="B73" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A73,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C73" s="303"/>
+      <c r="D73" s="296">
+        <f>'Drop-Down Lists Input'!C73</f>
+        <v>0</v>
+      </c>
+      <c r="E73" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G73" s="305"/>
+      <c r="H73" s="305"/>
+      <c r="I73" s="305"/>
+      <c r="J73" s="305"/>
+      <c r="L73" s="305"/>
+      <c r="M73" s="305"/>
+      <c r="N73" s="305"/>
+      <c r="O73" s="305"/>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A74" s="296">
+        <f>'Drop-Down Lists Input'!A74</f>
+        <v>0</v>
+      </c>
+      <c r="B74" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A74,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C74" s="303"/>
+      <c r="D74" s="296">
+        <f>'Drop-Down Lists Input'!C74</f>
+        <v>0</v>
+      </c>
+      <c r="E74" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G74" s="305"/>
+      <c r="H74" s="305"/>
+      <c r="I74" s="305"/>
+      <c r="J74" s="305"/>
+      <c r="L74" s="305"/>
+      <c r="M74" s="305"/>
+      <c r="N74" s="305"/>
+      <c r="O74" s="305"/>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A75" s="296">
+        <f>'Drop-Down Lists Input'!A75</f>
+        <v>0</v>
+      </c>
+      <c r="B75" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A75,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C75" s="303"/>
+      <c r="D75" s="296">
+        <f>'Drop-Down Lists Input'!C75</f>
+        <v>0</v>
+      </c>
+      <c r="E75" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G75" s="305"/>
+      <c r="H75" s="305"/>
+      <c r="I75" s="305"/>
+      <c r="J75" s="305"/>
+      <c r="L75" s="305"/>
+      <c r="M75" s="305"/>
+      <c r="N75" s="305"/>
+      <c r="O75" s="305"/>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A76" s="296">
+        <f>'Drop-Down Lists Input'!A76</f>
+        <v>0</v>
+      </c>
+      <c r="B76" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A76,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C76" s="303"/>
+      <c r="D76" s="296">
+        <f>'Drop-Down Lists Input'!C76</f>
+        <v>0</v>
+      </c>
+      <c r="E76" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G76" s="305"/>
+      <c r="H76" s="305"/>
+      <c r="I76" s="305"/>
+      <c r="J76" s="305"/>
+      <c r="L76" s="305"/>
+      <c r="M76" s="305"/>
+      <c r="N76" s="305"/>
+      <c r="O76" s="305"/>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A77" s="296">
+        <f>'Drop-Down Lists Input'!A77</f>
+        <v>0</v>
+      </c>
+      <c r="B77" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A77,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C77" s="303"/>
+      <c r="D77" s="296">
+        <f>'Drop-Down Lists Input'!C77</f>
+        <v>0</v>
+      </c>
+      <c r="E77" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G77" s="305"/>
+      <c r="H77" s="305"/>
+      <c r="I77" s="305"/>
+      <c r="J77" s="305"/>
+      <c r="L77" s="305"/>
+      <c r="M77" s="305"/>
+      <c r="N77" s="305"/>
+      <c r="O77" s="305"/>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A78" s="296">
+        <f>'Drop-Down Lists Input'!A78</f>
+        <v>0</v>
+      </c>
+      <c r="B78" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A78,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C78" s="303"/>
+      <c r="D78" s="296">
+        <f>'Drop-Down Lists Input'!C78</f>
+        <v>0</v>
+      </c>
+      <c r="E78" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G78" s="305"/>
+      <c r="H78" s="305"/>
+      <c r="I78" s="305"/>
+      <c r="J78" s="305"/>
+      <c r="L78" s="305"/>
+      <c r="M78" s="305"/>
+      <c r="N78" s="305"/>
+      <c r="O78" s="305"/>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A79" s="296">
+        <f>'Drop-Down Lists Input'!A79</f>
+        <v>0</v>
+      </c>
+      <c r="B79" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A79,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C79" s="303"/>
+      <c r="D79" s="296">
+        <f>'Drop-Down Lists Input'!C79</f>
+        <v>0</v>
+      </c>
+      <c r="E79" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G79" s="305"/>
+      <c r="H79" s="305"/>
+      <c r="I79" s="305"/>
+      <c r="J79" s="305"/>
+      <c r="L79" s="305"/>
+      <c r="M79" s="305"/>
+      <c r="N79" s="305"/>
+      <c r="O79" s="305"/>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A80" s="296">
+        <f>'Drop-Down Lists Input'!A80</f>
+        <v>0</v>
+      </c>
+      <c r="B80" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A80,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C80" s="303"/>
+      <c r="D80" s="296">
+        <f>'Drop-Down Lists Input'!C80</f>
+        <v>0</v>
+      </c>
+      <c r="E80" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G80" s="305"/>
+      <c r="H80" s="305"/>
+      <c r="I80" s="305"/>
+      <c r="J80" s="305"/>
+      <c r="L80" s="305"/>
+      <c r="M80" s="305"/>
+      <c r="N80" s="305"/>
+      <c r="O80" s="305"/>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A81" s="296">
+        <f>'Drop-Down Lists Input'!A81</f>
+        <v>0</v>
+      </c>
+      <c r="B81" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A81,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C81" s="303"/>
+      <c r="D81" s="296">
+        <f>'Drop-Down Lists Input'!C81</f>
+        <v>0</v>
+      </c>
+      <c r="E81" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G81" s="305"/>
+      <c r="H81" s="305"/>
+      <c r="I81" s="305"/>
+      <c r="J81" s="305"/>
+      <c r="L81" s="305"/>
+      <c r="M81" s="305"/>
+      <c r="N81" s="305"/>
+      <c r="O81" s="305"/>
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A82" s="296">
+        <f>'Drop-Down Lists Input'!A82</f>
+        <v>0</v>
+      </c>
+      <c r="B82" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A82,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C82" s="303"/>
+      <c r="D82" s="296">
+        <f>'Drop-Down Lists Input'!C82</f>
+        <v>0</v>
+      </c>
+      <c r="E82" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G82" s="305"/>
+      <c r="H82" s="305"/>
+      <c r="I82" s="305"/>
+      <c r="J82" s="305"/>
+      <c r="L82" s="305"/>
+      <c r="M82" s="305"/>
+      <c r="N82" s="305"/>
+      <c r="O82" s="305"/>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A83" s="296">
+        <f>'Drop-Down Lists Input'!A83</f>
+        <v>0</v>
+      </c>
+      <c r="B83" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A83,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C83" s="303"/>
+      <c r="D83" s="296">
+        <f>'Drop-Down Lists Input'!C83</f>
+        <v>0</v>
+      </c>
+      <c r="E83" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G83" s="305"/>
+      <c r="H83" s="305"/>
+      <c r="I83" s="305"/>
+      <c r="J83" s="305"/>
+      <c r="L83" s="305"/>
+      <c r="M83" s="305"/>
+      <c r="N83" s="305"/>
+      <c r="O83" s="305"/>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A84" s="296">
+        <f>'Drop-Down Lists Input'!A84</f>
+        <v>0</v>
+      </c>
+      <c r="B84" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A84,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C84" s="303"/>
+      <c r="D84" s="296">
+        <f>'Drop-Down Lists Input'!C84</f>
+        <v>0</v>
+      </c>
+      <c r="E84" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G84" s="305"/>
+      <c r="H84" s="305"/>
+      <c r="I84" s="305"/>
+      <c r="J84" s="305"/>
+      <c r="L84" s="305"/>
+      <c r="M84" s="305"/>
+      <c r="N84" s="305"/>
+      <c r="O84" s="305"/>
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A85" s="296">
+        <f>'Drop-Down Lists Input'!A85</f>
+        <v>0</v>
+      </c>
+      <c r="B85" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A85,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C85" s="303"/>
+      <c r="D85" s="296">
+        <f>'Drop-Down Lists Input'!C85</f>
+        <v>0</v>
+      </c>
+      <c r="E85" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G85" s="305"/>
+      <c r="H85" s="305"/>
+      <c r="I85" s="305"/>
+      <c r="J85" s="305"/>
+      <c r="L85" s="305"/>
+      <c r="M85" s="305"/>
+      <c r="N85" s="305"/>
+      <c r="O85" s="305"/>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A86" s="296">
+        <f>'Drop-Down Lists Input'!A86</f>
+        <v>0</v>
+      </c>
+      <c r="B86" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A86,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C86" s="303"/>
+      <c r="D86" s="296">
+        <f>'Drop-Down Lists Input'!C86</f>
+        <v>0</v>
+      </c>
+      <c r="E86" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G86" s="305"/>
+      <c r="H86" s="305"/>
+      <c r="I86" s="305"/>
+      <c r="J86" s="305"/>
+      <c r="L86" s="305"/>
+      <c r="M86" s="305"/>
+      <c r="N86" s="305"/>
+      <c r="O86" s="305"/>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A87" s="296">
+        <f>'Drop-Down Lists Input'!A87</f>
+        <v>0</v>
+      </c>
+      <c r="B87" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A87,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C87" s="303"/>
+      <c r="D87" s="296">
+        <f>'Drop-Down Lists Input'!C87</f>
+        <v>0</v>
+      </c>
+      <c r="E87" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G87" s="305"/>
+      <c r="H87" s="305"/>
+      <c r="I87" s="305"/>
+      <c r="J87" s="305"/>
+      <c r="L87" s="305"/>
+      <c r="M87" s="305"/>
+      <c r="N87" s="305"/>
+      <c r="O87" s="305"/>
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A88" s="296">
+        <f>'Drop-Down Lists Input'!A88</f>
+        <v>0</v>
+      </c>
+      <c r="B88" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A88,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C88" s="303"/>
+      <c r="D88" s="296">
+        <f>'Drop-Down Lists Input'!C88</f>
+        <v>0</v>
+      </c>
+      <c r="E88" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G88" s="305"/>
+      <c r="H88" s="305"/>
+      <c r="I88" s="305"/>
+      <c r="J88" s="305"/>
+      <c r="L88" s="305"/>
+      <c r="M88" s="305"/>
+      <c r="N88" s="305"/>
+      <c r="O88" s="305"/>
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A89" s="296">
+        <f>'Drop-Down Lists Input'!A89</f>
+        <v>0</v>
+      </c>
+      <c r="B89" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A89,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C89" s="303"/>
+      <c r="D89" s="296">
+        <f>'Drop-Down Lists Input'!C89</f>
+        <v>0</v>
+      </c>
+      <c r="E89" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G89" s="305"/>
+      <c r="H89" s="305"/>
+      <c r="I89" s="305"/>
+      <c r="J89" s="305"/>
+      <c r="L89" s="305"/>
+      <c r="M89" s="305"/>
+      <c r="N89" s="305"/>
+      <c r="O89" s="305"/>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A90" s="296">
+        <f>'Drop-Down Lists Input'!A90</f>
+        <v>0</v>
+      </c>
+      <c r="B90" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A90,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C90" s="303"/>
+      <c r="D90" s="296">
+        <f>'Drop-Down Lists Input'!C90</f>
+        <v>0</v>
+      </c>
+      <c r="E90" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G90" s="305"/>
+      <c r="H90" s="305"/>
+      <c r="I90" s="305"/>
+      <c r="J90" s="305"/>
+      <c r="L90" s="305"/>
+      <c r="M90" s="305"/>
+      <c r="N90" s="305"/>
+      <c r="O90" s="305"/>
+    </row>
+    <row r="91" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A91" s="296">
+        <f>'Drop-Down Lists Input'!A91</f>
+        <v>0</v>
+      </c>
+      <c r="B91" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A91,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C91" s="303"/>
+      <c r="D91" s="296">
+        <f>'Drop-Down Lists Input'!C91</f>
+        <v>0</v>
+      </c>
+      <c r="E91" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G91" s="305"/>
+      <c r="H91" s="305"/>
+      <c r="I91" s="305"/>
+      <c r="J91" s="305"/>
+      <c r="L91" s="305"/>
+      <c r="M91" s="305"/>
+      <c r="N91" s="305"/>
+      <c r="O91" s="305"/>
+    </row>
+    <row r="92" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A92" s="296">
+        <f>'Drop-Down Lists Input'!A92</f>
+        <v>0</v>
+      </c>
+      <c r="B92" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A92,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C92" s="303"/>
+      <c r="D92" s="296">
+        <f>'Drop-Down Lists Input'!C92</f>
+        <v>0</v>
+      </c>
+      <c r="E92" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G92" s="305"/>
+      <c r="H92" s="305"/>
+      <c r="I92" s="305"/>
+      <c r="J92" s="305"/>
+      <c r="L92" s="305"/>
+      <c r="M92" s="305"/>
+      <c r="N92" s="305"/>
+      <c r="O92" s="305"/>
+    </row>
+    <row r="93" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A93" s="296">
+        <f>'Drop-Down Lists Input'!A93</f>
+        <v>0</v>
+      </c>
+      <c r="B93" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A93,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C93" s="303"/>
+      <c r="D93" s="296">
+        <f>'Drop-Down Lists Input'!C93</f>
+        <v>0</v>
+      </c>
+      <c r="E93" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G93" s="305"/>
+      <c r="H93" s="305"/>
+      <c r="I93" s="305"/>
+      <c r="J93" s="305"/>
+      <c r="L93" s="305"/>
+      <c r="M93" s="305"/>
+      <c r="N93" s="305"/>
+      <c r="O93" s="305"/>
+    </row>
+    <row r="94" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A94" s="296">
+        <f>'Drop-Down Lists Input'!A94</f>
+        <v>0</v>
+      </c>
+      <c r="B94" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A94,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C94" s="303"/>
+      <c r="D94" s="296">
+        <f>'Drop-Down Lists Input'!C94</f>
+        <v>0</v>
+      </c>
+      <c r="E94" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G94" s="305"/>
+      <c r="H94" s="305"/>
+      <c r="I94" s="305"/>
+      <c r="J94" s="305"/>
+      <c r="L94" s="305"/>
+      <c r="M94" s="305"/>
+      <c r="N94" s="305"/>
+      <c r="O94" s="305"/>
+    </row>
+    <row r="95" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A95" s="296">
+        <f>'Drop-Down Lists Input'!A95</f>
+        <v>0</v>
+      </c>
+      <c r="B95" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A95,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C95" s="303"/>
+      <c r="D95" s="296">
+        <f>'Drop-Down Lists Input'!C95</f>
+        <v>0</v>
+      </c>
+      <c r="E95" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G95" s="305"/>
+      <c r="H95" s="305"/>
+      <c r="I95" s="305"/>
+      <c r="J95" s="305"/>
+      <c r="L95" s="305"/>
+      <c r="M95" s="305"/>
+      <c r="N95" s="305"/>
+      <c r="O95" s="305"/>
+    </row>
+    <row r="96" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A96" s="296">
+        <f>'Drop-Down Lists Input'!A96</f>
+        <v>0</v>
+      </c>
+      <c r="B96" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A96,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C96" s="303"/>
+      <c r="D96" s="296">
+        <f>'Drop-Down Lists Input'!C96</f>
+        <v>0</v>
+      </c>
+      <c r="E96" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G96" s="305"/>
+      <c r="H96" s="305"/>
+      <c r="I96" s="305"/>
+      <c r="J96" s="305"/>
+      <c r="L96" s="305"/>
+      <c r="M96" s="305"/>
+      <c r="N96" s="305"/>
+      <c r="O96" s="305"/>
+    </row>
+    <row r="97" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A97" s="296">
+        <f>'Drop-Down Lists Input'!A97</f>
+        <v>0</v>
+      </c>
+      <c r="B97" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A97,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C97" s="303"/>
+      <c r="D97" s="296">
+        <f>'Drop-Down Lists Input'!C97</f>
+        <v>0</v>
+      </c>
+      <c r="E97" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G97" s="305"/>
+      <c r="H97" s="305"/>
+      <c r="I97" s="305"/>
+      <c r="J97" s="305"/>
+      <c r="L97" s="305"/>
+      <c r="M97" s="305"/>
+      <c r="N97" s="305"/>
+      <c r="O97" s="305"/>
+    </row>
+    <row r="98" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A98" s="296">
+        <f>'Drop-Down Lists Input'!A98</f>
+        <v>0</v>
+      </c>
+      <c r="B98" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A98,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C98" s="303"/>
+      <c r="D98" s="296">
+        <f>'Drop-Down Lists Input'!C98</f>
+        <v>0</v>
+      </c>
+      <c r="E98" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G98" s="305"/>
+      <c r="H98" s="305"/>
+      <c r="I98" s="305"/>
+      <c r="J98" s="305"/>
+      <c r="L98" s="305"/>
+      <c r="M98" s="305"/>
+      <c r="N98" s="305"/>
+      <c r="O98" s="305"/>
+    </row>
+    <row r="99" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A99" s="296">
+        <f>'Drop-Down Lists Input'!A99</f>
+        <v>0</v>
+      </c>
+      <c r="B99" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A99,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C99" s="303"/>
+      <c r="D99" s="296">
+        <f>'Drop-Down Lists Input'!C99</f>
+        <v>0</v>
+      </c>
+      <c r="E99" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G99" s="305"/>
+      <c r="H99" s="305"/>
+      <c r="I99" s="305"/>
+      <c r="J99" s="305"/>
+      <c r="L99" s="305"/>
+      <c r="M99" s="305"/>
+      <c r="N99" s="305"/>
+      <c r="O99" s="305"/>
+    </row>
+    <row r="100" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A100" s="296">
+        <f>'Drop-Down Lists Input'!A100</f>
+        <v>0</v>
+      </c>
+      <c r="B100" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A100,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C100" s="303"/>
+      <c r="D100" s="296">
+        <f>'Drop-Down Lists Input'!C100</f>
+        <v>0</v>
+      </c>
+      <c r="E100" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G100" s="305"/>
+      <c r="H100" s="305"/>
+      <c r="I100" s="305"/>
+      <c r="J100" s="305"/>
+      <c r="L100" s="305"/>
+      <c r="M100" s="305"/>
+      <c r="N100" s="305"/>
+      <c r="O100" s="305"/>
+    </row>
+    <row r="101" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A101" s="296">
+        <f>'Drop-Down Lists Input'!A101</f>
+        <v>0</v>
+      </c>
+      <c r="B101" s="302">
+        <f>SUMIF('Farm Receipts'!$D$4:$D$51,'Drop-Down Lists Input'!$A101,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="C101" s="303"/>
+      <c r="D101" s="296">
+        <f>'Drop-Down Lists Input'!C101</f>
+        <v>0</v>
+      </c>
+      <c r="E101" s="304">
+        <f>SUMIF('Farm Expenditures'!$F$4:$F$51,'Drop-Down Lists Input'!#REF!,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="G101" s="305"/>
+      <c r="H101" s="305"/>
+      <c r="I101" s="305"/>
+      <c r="J101" s="305"/>
+      <c r="L101" s="305"/>
+      <c r="M101" s="305"/>
+      <c r="N101" s="305"/>
+      <c r="O101" s="305"/>
+    </row>
+    <row r="102" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A102" s="307"/>
+      <c r="B102" s="307"/>
+      <c r="C102" s="308"/>
+      <c r="D102" s="309"/>
+      <c r="E102" s="305"/>
+      <c r="G102" s="305"/>
+      <c r="H102" s="305"/>
+      <c r="I102" s="305"/>
+      <c r="J102" s="305"/>
+      <c r="L102" s="305"/>
+      <c r="M102" s="305"/>
+      <c r="N102" s="305"/>
+      <c r="O102" s="305"/>
+    </row>
+    <row r="103" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="310"/>
+      <c r="C103" s="311"/>
+    </row>
+    <row r="104" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="312"/>
+      <c r="C104" s="313"/>
+    </row>
+    <row r="105" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="312"/>
+      <c r="C105" s="313"/>
+    </row>
+    <row r="106" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="312"/>
+      <c r="C106" s="313"/>
+    </row>
+    <row r="107" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="312"/>
+      <c r="C107" s="313"/>
+    </row>
+    <row r="108" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="312"/>
+      <c r="C108" s="313"/>
+    </row>
+    <row r="109" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="312"/>
+      <c r="C109" s="313"/>
+    </row>
+    <row r="110" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="312"/>
+      <c r="C110" s="313"/>
+    </row>
+    <row r="111" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="312"/>
+      <c r="C111" s="313"/>
+    </row>
+    <row r="112" spans="1:15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="312"/>
+      <c r="C112" s="313"/>
+    </row>
+    <row r="113" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="312"/>
+      <c r="C113" s="313"/>
+    </row>
+    <row r="114" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="312"/>
+      <c r="C114" s="313"/>
+    </row>
+    <row r="115" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="312"/>
+      <c r="C115" s="313"/>
+    </row>
+    <row r="116" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="312"/>
+      <c r="C116" s="313"/>
+    </row>
+    <row r="117" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="312"/>
+      <c r="C117" s="313"/>
+    </row>
+    <row r="118" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="312"/>
+      <c r="C118" s="313"/>
+    </row>
+    <row r="119" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="312"/>
+      <c r="C119" s="313"/>
+    </row>
+    <row r="120" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="312"/>
+      <c r="C120" s="313"/>
+    </row>
+    <row r="121" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="312"/>
+      <c r="C121" s="313"/>
+    </row>
+    <row r="122" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="312"/>
+      <c r="C122" s="313"/>
+    </row>
+    <row r="123" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="312"/>
+      <c r="C123" s="313"/>
+    </row>
+    <row r="124" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="312"/>
+      <c r="C124" s="313"/>
+    </row>
+    <row r="125" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="312"/>
+      <c r="C125" s="313"/>
+    </row>
+    <row r="126" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="312"/>
+      <c r="C126" s="313"/>
+    </row>
+    <row r="127" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="312"/>
+      <c r="C127" s="313"/>
+    </row>
+    <row r="128" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="312"/>
+      <c r="C128" s="313"/>
+    </row>
+    <row r="129" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="312"/>
+      <c r="C129" s="313"/>
+    </row>
+    <row r="130" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="312"/>
+      <c r="C130" s="313"/>
+    </row>
+    <row r="131" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="312"/>
+      <c r="C131" s="313"/>
+    </row>
+    <row r="132" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="312"/>
+      <c r="C132" s="313"/>
+    </row>
+    <row r="133" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="312"/>
+      <c r="C133" s="313"/>
+    </row>
+    <row r="134" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="312"/>
+      <c r="C134" s="313"/>
+    </row>
+    <row r="135" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="312"/>
+      <c r="C135" s="313"/>
+    </row>
+    <row r="136" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="312"/>
+      <c r="C136" s="313"/>
+    </row>
+    <row r="137" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="312"/>
+      <c r="C137" s="313"/>
+    </row>
+    <row r="138" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="312"/>
+      <c r="C138" s="313"/>
+    </row>
+    <row r="139" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="312"/>
+      <c r="C139" s="313"/>
+    </row>
+    <row r="140" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="312"/>
+      <c r="C140" s="313"/>
+    </row>
+    <row r="141" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="C141" s="306"/>
+    </row>
+    <row r="142" spans="1:3" hidden="1" x14ac:dyDescent="0.25">
+      <c r="C142" s="306"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="G26:J34"/>
     <mergeCell ref="G24:J25"/>
   </mergeCells>
   <conditionalFormatting sqref="J2:J21 O2:O21">
-    <cfRule type="cellIs" dxfId="3" priority="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="4" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="2" priority="2" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="3" priority="2" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="G24:J25" location="Directions!A332" display="Directions for this sheet:" xr:uid="{6B7C533A-6667-4868-AD10-BB7D54E8E27B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet9"/>
   <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.28515625" style="306" customWidth="1"/>
     <col min="2" max="5" width="20.7109375" style="306" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="305" customWidth="1"/>
     <col min="7" max="7" width="45.5703125" style="305" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="306" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="319" t="s">
+      <c r="A1" s="318" t="s">
         <v>76</v>
       </c>
-      <c r="B1" s="319" t="s">
+      <c r="B1" s="318" t="s">
         <v>80</v>
       </c>
-      <c r="C1" s="319" t="s">
+      <c r="C1" s="318" t="s">
         <v>77</v>
       </c>
-      <c r="D1" s="319" t="s">
+      <c r="D1" s="318" t="s">
         <v>78</v>
       </c>
-      <c r="E1" s="319" t="s">
+      <c r="E1" s="318" t="s">
         <v>79</v>
       </c>
-      <c r="F1" s="331"/>
-      <c r="G1" s="315"/>
+      <c r="F1" s="330"/>
+      <c r="G1" s="314"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A2" s="316" t="str">
+      <c r="A2" s="315" t="str">
         <f>'Drop-Down Lists Input'!E2</f>
         <v>List accounts used for farm</v>
       </c>
-      <c r="B2" s="317"/>
-      <c r="C2" s="318">
+      <c r="B2" s="316"/>
+      <c r="C2" s="317">
         <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E2,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="D2" s="318">
+      <c r="D2" s="317">
         <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E2,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
-      <c r="E2" s="318">
+      <c r="E2" s="317">
         <f>B2+C2-D2</f>
         <v>0</v>
       </c>
-      <c r="F2" s="332"/>
+      <c r="F2" s="331"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="316">
+      <c r="A3" s="315">
         <f>'Drop-Down Lists Input'!E3</f>
         <v>0</v>
       </c>
-      <c r="B3" s="317"/>
-      <c r="C3" s="318">
+      <c r="B3" s="316"/>
+      <c r="C3" s="317">
         <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E3,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="D3" s="318">
+      <c r="D3" s="317">
         <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E3,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
-      <c r="E3" s="318">
+      <c r="E3" s="317">
         <f t="shared" ref="E3:E21" si="0">B3+C3-D3</f>
         <v>0</v>
       </c>
-      <c r="F3" s="332"/>
+      <c r="F3" s="331"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4" s="316">
+      <c r="A4" s="315">
         <f>'Drop-Down Lists Input'!E4</f>
         <v>0</v>
       </c>
-      <c r="B4" s="317"/>
-      <c r="C4" s="318">
+      <c r="B4" s="316"/>
+      <c r="C4" s="317">
         <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E4,'Farm Receipts'!$U$4:$U$51)</f>
         <v>0</v>
       </c>
-      <c r="D4" s="318">
+      <c r="D4" s="317">
         <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E4,'Farm Expenditures'!$M$4:$M$51)</f>
         <v>0</v>
       </c>
-      <c r="E4" s="318">
+      <c r="E4" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F4" s="332"/>
-      <c r="G4" s="434" t="s">
+      <c r="F4" s="331"/>
+      <c r="G4" s="435" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="315">
+        <f>'Drop-Down Lists Input'!E5</f>
+        <v>0</v>
+      </c>
+      <c r="B5" s="316"/>
+      <c r="C5" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E5,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D5" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E5,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E5" s="317">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F5" s="331"/>
+      <c r="G5" s="435"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="315">
+        <f>'Drop-Down Lists Input'!E6</f>
+        <v>0</v>
+      </c>
+      <c r="B6" s="316"/>
+      <c r="C6" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E6,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D6" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E6,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E6" s="317">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F6" s="331"/>
+      <c r="G6" s="436" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="E5" s="318">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="315">
+        <f>'Drop-Down Lists Input'!E7</f>
+        <v>0</v>
+      </c>
+      <c r="B7" s="316"/>
+      <c r="C7" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E7,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D7" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E7,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E7" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F5" s="332"/>
-[...16 lines deleted...]
-      <c r="E6" s="318">
+      <c r="F7" s="331"/>
+      <c r="G7" s="437"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="315">
+        <f>'Drop-Down Lists Input'!E8</f>
+        <v>0</v>
+      </c>
+      <c r="B8" s="316"/>
+      <c r="C8" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E8,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D8" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E8,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E8" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F6" s="332"/>
-[...18 lines deleted...]
-      <c r="E7" s="318">
+      <c r="F8" s="331"/>
+      <c r="G8" s="437"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="315">
+        <f>'Drop-Down Lists Input'!E9</f>
+        <v>0</v>
+      </c>
+      <c r="B9" s="316"/>
+      <c r="C9" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E9,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D9" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E9,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E9" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F7" s="332"/>
-[...16 lines deleted...]
-      <c r="E8" s="318">
+      <c r="F9" s="331"/>
+      <c r="G9" s="437"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="315">
+        <f>'Drop-Down Lists Input'!E10</f>
+        <v>0</v>
+      </c>
+      <c r="B10" s="316"/>
+      <c r="C10" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E10,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D10" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E10,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E10" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F8" s="332"/>
-[...16 lines deleted...]
-      <c r="E9" s="318">
+      <c r="F10" s="331"/>
+      <c r="G10" s="437"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="315">
+        <f>'Drop-Down Lists Input'!E11</f>
+        <v>0</v>
+      </c>
+      <c r="B11" s="316"/>
+      <c r="C11" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E11,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D11" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E11,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E11" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F9" s="332"/>
-[...16 lines deleted...]
-      <c r="E10" s="318">
+      <c r="F11" s="331"/>
+      <c r="G11" s="437"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="315">
+        <f>'Drop-Down Lists Input'!E12</f>
+        <v>0</v>
+      </c>
+      <c r="B12" s="316"/>
+      <c r="C12" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E12,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D12" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E12,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E12" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F10" s="332"/>
-[...16 lines deleted...]
-      <c r="E11" s="318">
+      <c r="F12" s="331"/>
+      <c r="G12" s="437"/>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="315">
+        <f>'Drop-Down Lists Input'!E13</f>
+        <v>0</v>
+      </c>
+      <c r="B13" s="316"/>
+      <c r="C13" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E13,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D13" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E13,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E13" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F11" s="332"/>
-[...16 lines deleted...]
-      <c r="E12" s="318">
+      <c r="F13" s="331"/>
+      <c r="G13" s="437"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="315">
+        <f>'Drop-Down Lists Input'!E14</f>
+        <v>0</v>
+      </c>
+      <c r="B14" s="316"/>
+      <c r="C14" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E14,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D14" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E14,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E14" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F12" s="332"/>
-[...16 lines deleted...]
-      <c r="E13" s="318">
+      <c r="F14" s="331"/>
+      <c r="G14" s="437"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="315">
+        <f>'Drop-Down Lists Input'!E15</f>
+        <v>0</v>
+      </c>
+      <c r="B15" s="316"/>
+      <c r="C15" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E15,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D15" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E15,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E15" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F13" s="332"/>
-[...16 lines deleted...]
-      <c r="E14" s="318">
+      <c r="F15" s="331"/>
+      <c r="G15" s="437"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="315">
+        <f>'Drop-Down Lists Input'!E16</f>
+        <v>0</v>
+      </c>
+      <c r="B16" s="316"/>
+      <c r="C16" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E16,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D16" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E16,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E16" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F14" s="332"/>
-[...16 lines deleted...]
-      <c r="E15" s="318">
+      <c r="F16" s="331"/>
+      <c r="G16" s="437"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="315">
+        <f>'Drop-Down Lists Input'!E17</f>
+        <v>0</v>
+      </c>
+      <c r="B17" s="316"/>
+      <c r="C17" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E17,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D17" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E17,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E17" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F15" s="332"/>
-[...16 lines deleted...]
-      <c r="E16" s="318">
+      <c r="F17" s="331"/>
+      <c r="G17" s="437"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="315">
+        <f>'Drop-Down Lists Input'!E18</f>
+        <v>0</v>
+      </c>
+      <c r="B18" s="316"/>
+      <c r="C18" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E18,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D18" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E18,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E18" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F16" s="332"/>
-[...16 lines deleted...]
-      <c r="E17" s="318">
+      <c r="F18" s="331"/>
+      <c r="G18" s="437"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A19" s="315">
+        <f>'Drop-Down Lists Input'!E19</f>
+        <v>0</v>
+      </c>
+      <c r="B19" s="316"/>
+      <c r="C19" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E19,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D19" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E19,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E19" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F17" s="332"/>
-[...16 lines deleted...]
-      <c r="E18" s="318">
+      <c r="F19" s="331"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="315">
+        <f>'Drop-Down Lists Input'!E20</f>
+        <v>0</v>
+      </c>
+      <c r="B20" s="316"/>
+      <c r="C20" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E20,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D20" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E20,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E20" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F18" s="332"/>
-[...16 lines deleted...]
-      <c r="E19" s="318">
+      <c r="F20" s="331"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="315">
+        <f>'Drop-Down Lists Input'!E21</f>
+        <v>0</v>
+      </c>
+      <c r="B21" s="316"/>
+      <c r="C21" s="317">
+        <f>SUMIF('Farm Receipts'!$E$4:$E$51,'Drop-Down Lists Input'!$E21,'Farm Receipts'!$U$4:$U$51)</f>
+        <v>0</v>
+      </c>
+      <c r="D21" s="317">
+        <f>SUMIF('Farm Expenditures'!$G$4:$G$51,'Drop-Down Lists Input'!$E21,'Farm Expenditures'!$M$4:$M$51)</f>
+        <v>0</v>
+      </c>
+      <c r="E21" s="317">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F19" s="332"/>
-[...39 lines deleted...]
-      <c r="F21" s="332"/>
+      <c r="F21" s="331"/>
     </row>
     <row r="22" spans="1:7" s="305" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="B2:B21" name="Edit cells"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="G6:G18"/>
   </mergeCells>
   <conditionalFormatting sqref="E2:F21">
-    <cfRule type="cellIs" dxfId="1" priority="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="2" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="0" priority="2" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="1" priority="2" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="G4:G5" location="Directions!A383" display="Directions for this sheet:" xr:uid="{086893BE-B427-4727-9430-52C14875697B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
+    <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Drop-Down Lists Input</vt:lpstr>
       <vt:lpstr>Farm Receipts</vt:lpstr>
       <vt:lpstr>Farm Expenditures</vt:lpstr>
       <vt:lpstr>Cash Flow Summary</vt:lpstr>
       <vt:lpstr>Inventory</vt:lpstr>
       <vt:lpstr>Schedule F</vt:lpstr>
       <vt:lpstr> Drop-Down Lists Summary</vt:lpstr>
       <vt:lpstr>Checking Account Balances</vt:lpstr>
       <vt:lpstr>Directions</vt:lpstr>
+      <vt:lpstr>Checks</vt:lpstr>
       <vt:lpstr>'Farm Expenditures'!Print_Area</vt:lpstr>
       <vt:lpstr>'Farm Receipts'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Missouri Farm Record Book</dc:title>
   <dc:creator>Neuner, Catherine</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>